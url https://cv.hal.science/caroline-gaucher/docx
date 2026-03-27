--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -199,637 +199,637 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micropatterning of Glass Substrates Using Electron‐Beam Lithography for Morphological Analysis of Human Umbilical Vein Endothelial Cells</w:t>
+                <w:t xml:space="preserve">Heparinized collagen-based hydrogels for tissue engineering: physical, mechanical and biological properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniele Pedroni</w:t>
+                <w:t xml:space="preserve">Meiling Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Gaucher</w:t>
+                <w:t xml:space="preserve">Anne Sapin-Minet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demba Ba</w:t>
+                <w:t xml:space="preserve">Loïc Stefan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Badie</w:t>
+                <w:t xml:space="preserve">Julien Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Raeth-Fries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 27 (21), pp.2500862. </w:t>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 670, pp.125126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adem.202500862⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2024.125126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05268929v1</w:t>
+                <w:t xml:space="preserve">hal-04871835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single-Cell Confinement on Micropatterned Glass Substrates: An AFM Analysis of Cell Height and Topography</w:t>
+                <w:t xml:space="preserve">Heparin, an active excipient to carry biosignal molecules: Applications in tissue engineering - A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniele Pedroni</w:t>
+                <w:t xml:space="preserve">Meiling Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Anne Sapin-Minet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Halima Alem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 41 (35), pp.23547-23557. </w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 312, pp.143959. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.5c02609⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2025.143959⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05268931v1</w:t>
+                <w:t xml:space="preserve">hal-05064346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heparin, an active excipient to carry biosignal molecules: Applications in tissue engineering - A review</w:t>
+                <w:t xml:space="preserve">Single-Cell Confinement on Micropatterned Glass Substrates: An AFM Analysis of Cell Height and Topography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meiling Wu</w:t>
+                <w:t xml:space="preserve">Daniele Pedroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Sapin-Minet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Caroline Gaucher</w:t>
+                <w:t xml:space="preserve">Halima Alem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 312, pp.143959. </w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 41 (35), pp.23547-23557. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2025.143959⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.5c02609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05064346v1</w:t>
+                <w:t xml:space="preserve">hal-05268931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Chalcogen Exchange: The Replacement of Oxygen with Sulfur and Selenium to Boost the Activity of Natural Products</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Micropatterning of Glass Substrates Using Electron‐Beam Lithography for Morphological Analysis of Human Umbilical Vein Endothelial Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Pedroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gaucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muhammad Jawad Nasim</w:t>
+                <w:t xml:space="preserve">Demba Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wesam Ali</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Caroline Gaucher</w:t>
+                <w:t xml:space="preserve">Laurent Badie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Raeth-Fries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sci</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/sci7020074⟩</w:t>
+              <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (21), pp.2500862. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adem.202500862⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05101761v1</w:t>
+                <w:t xml:space="preserve">hal-05268929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heparinized collagen-based hydrogels for tissue engineering: physical, mechanical and biological properties</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Sapin-Minet</w:t>
+                <w:t xml:space="preserve">The Chalcogen Exchange: The Replacement of Oxygen with Sulfur and Selenium to Boost the Activity of Natural Products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Jawad Nasim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wesam Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Stefan</w:t>
+                <w:t xml:space="preserve">Eufrânio N da Silva Júnior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Perrin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Raeth-Fries</w:t>
+                <w:t xml:space="preserve">Rahman Shah Zaib Saleem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 670, pp.125126. </w:t>
+              <w:t xml:space="preserve">Sci</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (2), pp.74. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2024.125126⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/sci7020074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04871835v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05101761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Smooth Muscle Cell-Based Ferroptosis Model to Evaluate Iron-Chelating Molecules for Cardiovascular Disease Treatment</w:t>
               </w:r>
@@ -854,51 +854,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Canabady-Rochelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fries-Raeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Issues in Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 46 (2), pp.1348-1359. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -958,51 +958,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah El Hajj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Canabady-Rochelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 28 (2), pp.2636. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1079,51 +1079,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilherme M Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro P de Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rahman Shah Zaib Saleem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Zaiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1306,957 +1306,957 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04249612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrically switchable nanolever technology for the screening of metal-chelating peptides in hydrolysates</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phenotypic Modulation of Macrophages and Vascular Smooth Muscle Cells in Atherosclerosis—Nitro-Redox Interconnections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cindy Tatiana Sepúlveda Rincón</w:t>
+                <w:t xml:space="preserve">Justine Bonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Girardet</w:t>
+                <w:t xml:space="preserve">Alessandro Corti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Cakir-Kiefer</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lucie Lerouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfonso Pompella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gaucher</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.1c02199⟩</w:t>
+              <w:t xml:space="preserve">Antioxidants </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (4), pp.516. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antiox10040516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03447722v1</w:t>
+                <w:t xml:space="preserve">hal-03182782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical methods for the quantification of selenium species in biological matrix: Where are we?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Caroline Perrin</w:t>
+                <w:t xml:space="preserve">Electrically switchable nanolever technology for the screening of metal-chelating peptides in hydrolysates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah El Hajj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claus Jacob</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cindy Tatiana Sepúlveda Rincón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Girardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Cakir-Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Stefan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Nutraceuticals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2174/2665978602666211117154655⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 69 (31), pp.8819-8827. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.1c02199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03544453v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotypic Modulation of Macrophages and Vascular Smooth Muscle Cells in Atherosclerosis—Nitro-Redox Interconnections</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Corti</w:t>
+                <w:t xml:space="preserve">Analytical methods for the quantification of selenium species in biological matrix: Where are we?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rama Alhasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Lerouge</w:t>
+                <w:t xml:space="preserve">Caroline Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alfonso Pompella</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Claus Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antioxidants </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10 (4), pp.516. </w:t>
+              <w:t xml:space="preserve">Current Nutraceuticals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 02, pp.e171121198032. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/antiox10040516⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2174/2665978602666211117154655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03182782v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03544453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dextran-covered pH-sensitive oily core nanocapsules produced by interfacial Reversible Addition-Fragmentation chain transfer miniemulsion polymerization</w:t>
+                <w:t xml:space="preserve">S-Nitrosothiols as potential therapeutics to induce a mobilizable vascular store of nitric oxide to counteract endothelial dysfunction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Marcela Forero Ramirez</w:t>
+                <w:t xml:space="preserve">Caroline Perrin-Sarrado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariane Boudier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Caroline Gaucher</w:t>
+                <w:t xml:space="preserve">Yi Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Babin</w:t>
+                <w:t xml:space="preserve">Valérie Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Durand</w:t>
+                <w:t xml:space="preserve">Marianne Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Giummelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2020.02.066⟩</w:t>
+              <w:t xml:space="preserve">Biochemical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 173, pp.113686. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bcp.2019.113686⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02651686v1</w:t>
+                <w:t xml:space="preserve">hal-02493406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Targeting Monocytes/Macrophages to Treat Atherosclerotic Inflammation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Dextran-covered pH-sensitive oily core nanocapsules produced by interfacial Reversible Addition-Fragmentation chain transfer miniemulsion polymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Marcela Forero Ramirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Boudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Babin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Pharmacology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 569, pp.57-67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2020.02.066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphar.2020.00086⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02922592v1</w:t>
+                <w:t xml:space="preserve">hal-02651686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ROS and GSH-responsive S-nitrosoglutathione functionalized polymeric nanoparticles to overcome multidrug resistance in cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wen Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tingrong Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinqiang Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Biomaterialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 103, pp.259-271. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.actbio.2019.12.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02501406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S-Nitrosothiols as potential therapeutics to induce a mobilizable vascular store of nitric oxide to counteract endothelial dysfunction</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Editorial: Targeting Monocytes/Macrophages to Treat Atherosclerotic Inflammation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Corti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gaucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfonso Pompella</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical Pharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 173, pp.113686. </w:t>
+              <w:t xml:space="preserve">Frontiers in Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.86. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bcp.2019.113686⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphar.2020.00086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02493406v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02922592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Challenging development of storable particles for oral delivery of a physiological nitric oxide donor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yi Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2327,204 +2327,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02922699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edaravone-Loaded Alginate-Based Nanocomposite Hydrogel Accelerated Chronic Wound Healing in Diabetic Mice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ying Fan</w:t>
+                <w:t xml:space="preserve">First multi-reactive polysaccharide-based transurf to produce potentially biocompatible dextran-covered nanocapsules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Marcela Forero Ramirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Babin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wen Wu</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Ariane Boudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shuchen Pei</w:t>
+                <w:t xml:space="preserve">Marc Schmutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 17 (5), pp.285. </w:t>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 224, pp.115153. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/md17050285⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2019.115153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02501407v1</w:t>
+                <w:t xml:space="preserve">hal-02267696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Personalized nutrition in aging society: redox control of major-age related diseases through the NutRedOx Network (COST Action CA16112)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josep Tur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claus Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chaimbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2595,161 +2595,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02044918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First multi-reactive polysaccharide-based transurf to produce potentially biocompatible dextran-covered nanocapsules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laura Marcela Forero Ramirez</w:t>
+                <w:t xml:space="preserve">Edaravone-Loaded Alginate-Based Nanocomposite Hydrogel Accelerated Chronic Wound Healing in Diabetic Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ying Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wen Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Babin</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Yu Lei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Schmutz</w:t>
+                <w:t xml:space="preserve">Shuchen Pei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 224, pp.115153. </w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 17 (5), pp.285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2019.115153⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/md17050285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02267696v1</w:t>
+                <w:t xml:space="preserve">hal-02501407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S‐nitrosoglutathione inhibits cerebrovascular angiotensin II‐dependent and ‐independent AT1 receptor responses : A possible role of S‐nitrosation</w:t>
               </w:r>
@@ -2774,64 +2774,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Lecat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Perrin-Sarrado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Journal of Pharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 176 (12), pp.2049-2062. </w:t>
@@ -2882,77 +2882,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selenoneine: a Unique Reactive Selenium Species From the Blood of Tuna With Implications for Human Diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rama Alhasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Jawad Nasim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claus Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Pharmacology Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 5, pp.163-173. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3025,64 +3025,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammar Kharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claus Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Pharmaceutical Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 25 (15), pp.1707-1716. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3122,338 +3122,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02493415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intestinal absorption of S -nitrosothiols: permeability and transport mechanisms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Glutathione: Antioxidant Properties Dedicated to Nanotechnologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gaucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Boudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Bonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Clarot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Haiyan Yu</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bcp.2018.06.018⟩</w:t>
+              <w:t xml:space="preserve">Antioxidants </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7 (5), pp.62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antiox7050062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01824879v1</w:t>
+                <w:t xml:space="preserve">hal-01823460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glutathione: Antioxidant Properties Dedicated to Nanotechnologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Gaucher</w:t>
+                <w:t xml:space="preserve">Intestinal absorption of S -nitrosothiols: permeability and transport mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Bonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariane Boudier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Justine Bonetti</w:t>
+                <w:t xml:space="preserve">Yi Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Clarot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Leroy</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haiyan Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antioxidants </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 7 (5), pp.62. </w:t>
+              <w:t xml:space="preserve">Biochemical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 155, pp.21-31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/antiox7050062⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bcp.2018.06.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01823460v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01824879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymeric Nanoparticles for Increasing Oral Bioavailability of Curcumin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anita Umerska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Oyarzun-Ampuero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3543,64 +3543,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of novel mono and bis nitric oxide donors with high cytocompatibility and release activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanya Sahyoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yi Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naïm Ouaïni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3670,667 +3670,667 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01896757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Higher‐energy collision‐induced dissociation for the quantification by liquid chromatography/tandem ion trap mass spectrometry of nitric oxide metabolites coming from S ‐nitroso‐glutathione in an in vitro model of the intestinal barrier</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Flush with a flash: natural three-component antimicrobial combinations based on S-nitrosothiols, controlled superoxide formation and “domino” reactions leading to peroxynitrite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rama Alhasan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammar Kharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Jawad Nasim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Yaman Abdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Bonetti</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lionel Vernex-Loset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 33 (1), pp.1-11. </w:t>
+              <w:t xml:space="preserve">MedChemComm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (12), pp.1994-1999. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/rcm.8287⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C8MD00414E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02044975v1</w:t>
+                <w:t xml:space="preserve">hal-02044926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flush with a flash: natural three-component antimicrobial combinations based on S-nitrosothiols, controlled superoxide formation and “domino” reactions leading to peroxynitrite</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Muhammad Jawad Nasim</w:t>
+                <w:t xml:space="preserve">Higher‐energy collision‐induced dissociation for the quantification by liquid chromatography/tandem ion trap mass spectrometry of nitric oxide metabolites coming from S ‐nitroso‐glutathione in an in vitro model of the intestinal barrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haiyan Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Bonetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gaucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmad Yaman Abdin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Justine Bonetti</w:t>
+                <w:t xml:space="preserve">Lionel Vernex-Loset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MedChemComm</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9 (12), pp.1994-1999. </w:t>
+              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 33 (1), pp.1-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C8MD00414E⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/rcm.8287⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02044926v1</w:t>
+                <w:t xml:space="preserve">hal-02044975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidative stress enhances and modulates protein S -nitrosation in smooth muscle cells exposed to S -nitrosoglutathione</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relationship between Antioxidant Capacity and Food Chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gaucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Boudier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nitric Oxide: Biology and Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.niox.2017.07.004⟩</w:t>
+              <w:t xml:space="preserve">World Journal of Chemical Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5 (2), pp.78-85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.12691/wjce-5-2-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01593873v1</w:t>
+                <w:t xml:space="preserve">hal-01686111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Upregulation of endothelial gene markers in Wharton's jelly mesenchymal stem cells cultured on polyelectrolyte multilayers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fouzia Boulmedais</w:t>
+                <w:t xml:space="preserve">Oxidative stress enhances and modulates protein S -nitrosation in smooth muscle cells exposed to S -nitrosoglutathione</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Belcastro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Fries-Raeth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Corti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pompella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomedical Materials Research Part A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jbm.a.35868⟩</w:t>
+              <w:t xml:space="preserve">Nitric Oxide: Biology and Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 69, pp.10-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.niox.2017.07.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01712202v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01593873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between Antioxidant Capacity and Food Chemistry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Upregulation of endothelial gene markers in Wharton's jelly mesenchymal stem cells cultured on polyelectrolyte multilayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Rammal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaza Harmouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Maerten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouzia Boulmedais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Journal of Chemical Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 5 (2), pp.78-85. </w:t>
+              <w:t xml:space="preserve">Journal of Biomedical Materials Research Part A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 105 (1), pp.292-300. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.12691/wjce-5-2-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jbm.a.35868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01686111v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01712202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encapsulation and release of hydrophobic molecules from particles of gelled triglyceride with aminoacid-based low-molecular weight gelators</w:t>
               </w:r>
@@ -4355,51 +4355,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Chebil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pickaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Jamart-Gregoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4444,364 +4444,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02055143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conformational studies of new pseudotripeptide with pyrazine amidoxime motif and simplified analogs using IR, NMR spectroscopy, and molecular dynamic simulations</w:t>
+                <w:t xml:space="preserve">Regulation of protein function by S-nitrosation and S-glutathionylation: processes and targets in cardiovascular pathophysiology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olga Ovdiichuk</w:t>
+                <w:t xml:space="preserve">Eugenia Belcastro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gaucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Corti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olga Hordiyenko</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Axelle Arrault</w:t>
+                <w:t xml:space="preserve">Isabelle Lartaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structural Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11224-016-0870-2⟩</w:t>
+              <w:t xml:space="preserve">Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 398 (12), pp.1267-1293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/hsz-2017-0150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01627739v1</w:t>
+                <w:t xml:space="preserve">hal-01593870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of protein function by S-nitrosation and S-glutathionylation: processes and targets in cardiovascular pathophysiology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conformational studies of new pseudotripeptide with pyrazine amidoxime motif and simplified analogs using IR, NMR spectroscopy, and molecular dynamic simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Ovdiichuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Hordiyenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eugenia Belcastro</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Evgenia Fotou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Lartaud</w:t>
+                <w:t xml:space="preserve">Axelle Arrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 398 (12), pp.1267-1293. </w:t>
+              <w:t xml:space="preserve">Structural Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 28 (3), pp.813-822. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/hsz-2017-0150⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11224-016-0870-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01593870v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01627739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymer nanocomposites enhance S-nitrosoglutathione intestinal absorption and promote the formation of releasable nitric oxide stores in rat aorta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wen Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Perrin-Sarrado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hui Ming</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lartaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Maincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4865,64 +4865,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S -Nitrosothiols—NO donors regulating cardiovascular cell proliferation: Insight into intracellular pathway alterations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Rychter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Boudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4982,51 +4982,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interaction of recombinant octameric hemoglobin with endothelial cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élisa Domingues-Hamdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5112,64 +5112,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitric oxide-eluting scaffolds and their interaction with smooth muscle cells in vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Boudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5258,64 +5258,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time lasting S-nitrosoglutathione polymeric nanoparticles delay cellular protein S-nitrosation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wen Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roudayna Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5392,64 +5392,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymer nanocomposite particles of S-nitrosoglutathione: A suitable formulation for protection and sustained oral delivery.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wen Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5526,90 +5526,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S-nitrosation/Denitrosation in Cardiovascular Pathologies: Facts and Concepts for the Rational Design of S-nitrosothiols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Boudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Dahboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5695,64 +5695,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Maguin Gate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Boudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 7 (9), pp.e43190. </w:t>
@@ -6076,333 +6076,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01824915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyelectrolyte Films Boost Progenitor Cell Differentiation into Endothelium-like Monolayers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Review: Behaviour of endothelial cells face to hypoxia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Paternotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gaucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Berthélémy</w:t>
+                <w:t xml:space="preserve">Pierre Labrude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-François Stoltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Menu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adma.200702418⟩</w:t>
+              <w:t xml:space="preserve">Bio-Medical Materials and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 18, pp.295-309. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/BME-2008-0541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02164025v1</w:t>
+                <w:t xml:space="preserve">hal-01824927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review: Behaviour of endothelial cells face to hypoxia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Polyelectrolyte Films Boost Progenitor Cell Differentiation into Endothelium-like Monolayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Berthélémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Schaaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Stoltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bio-Medical Materials and Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 20 (14), pp.2674-2678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adma.200702418⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/BME-2008-0541⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01824927v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02164025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to Evaluate Blood Substitutes for Endothelial Cell Toxicity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Menu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6449,51 +6449,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro impact of physiological shear stress on endothelial cells gene expression profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6501,51 +6501,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Boura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Lacolley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Stoltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Hemorheology and Microcirculation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Selected Papers from 1st Meeting on “Cardiovascular Biology: Endothelial Cell in Health and Hypertension”, 30 June–1 July 2006, Prague, Czech Republic, 37, pp.99-107</w:t>
@@ -6847,51 +6847,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B0DD9948"/>
+    <w:nsid w:val="A206CC3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7078,51 +7078,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-gaucher" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0886-5522" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121549445" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05268929v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Pedroni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gaucher" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demba Ba" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Badie" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Raeth-Fries" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.202500862" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05268931v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Alem" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5c02609" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05064346v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meiling Wu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sapin-Minet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2025.143959" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05101761v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Jawad Nasim" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesam Ali" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eufr&#226;nio N da Silva J&#250;nior" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahman Shah Zaib Saleem" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sci7020074" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04871835v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Stefan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Perrin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2024.125126" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04439775v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah El Hajj" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Canabady-Rochelle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fries-Raeth" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cimb46020086" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248432v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28062636" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515451v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rama Alhasan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme M Martins" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro P de Castro" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Zaiter" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2023.117479" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249612v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Irankunda" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jairo Andr&#233;s Cama&#241;o Echavarr&#237;a" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Arnoux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Paris" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.134788" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447722v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Tatiana Sep&#250;lveda Rinc&#243;n" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Girardet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cakir-Kiefer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.1c02199" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03544453v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Perrin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus Jacob" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/2665978602666211117154655" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03182782v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bonetti" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Corti" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lerouge" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Pompella" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox10040516" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02651686v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Marcela Forero Ramirez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Boudier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Babin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Durand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.02.066" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02922592v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2020.00086" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501406v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Wu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Chen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingrong Luo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Fan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinqiang Zhang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2019.12.016" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493406v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Perrin-Sarrado" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zhou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Salgues" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Parent" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Giummelly" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2019.113686" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02922699v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fries" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet-Akif Hobekkaya" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Martin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.niox.2020.08.001" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501407v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Lei" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuchen Pei" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md17050285" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044918v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Tur" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chaimbault" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Tadayyon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Richling" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10715762.2019.1572890" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02267696v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Babin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schmutz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2019.115153" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02132085v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;lynda Bouressam" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lecat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Raoul" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.14644" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493418v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40495-019-00175-8" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493415v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Kharma" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leroy" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1381612825666190701153903" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-93X4V202-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824879v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Clarot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiyan Yu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2018.06.018" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823460v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox7050062" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01780420v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Umerska" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Oyarzun-Ampuero" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Colin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox7040046" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896757v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Sahyoun" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;m Oua&#239;ni" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Schneider" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2018.09.009" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3RWNQ52T-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044975v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Vernex-Loset" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.8287" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044926v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Yaman Abdin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8MD00414E" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01593873v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Belcastro" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Wu" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fries-Raeth" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Corti" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pompella" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.niox.2017.07.004" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712202v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Rammal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaza Harmouch" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Maerten" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Boulmedais" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.a.35868" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01686111v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12691/wjce-5-2-7" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02055143v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian-Camilo Salazar-Bautista" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Chebil" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pickaert" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Jamart-Gregoire" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2016.11.045" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627739v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Ovdiichuk" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Hordiyenko" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenia Fotou" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Arrault" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11224-016-0870-2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01593870v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Belcastro" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lartaud" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hsz-2017-0150" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01493332v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Ming" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maincent" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2016.05.006" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01686098v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Rychter" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janina Lulek" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2016.07.003" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01291903v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisa Domingues-Hamdi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Prin-Mathieu" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Menu" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baudin-Creuza" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2014.11.004" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01277820v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Gosty&#324;ska" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.a.35464" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-390ZB973-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01281136v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roudayna Diab" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Ling Xiao" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2014.11.005" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01281137v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xian-Ming Hu" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.08.074" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01273168v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Dahboul" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1381612811306030458" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01491876v2" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Maguin Gate" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0043190" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00740177v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Pernelle" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Guevel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Glaise" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gaucher-Di Stasio" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Le Charpentier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2011.04.018" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KD25VPG2-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824915v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gaucher-Di Stasio" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Paternotte" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Reeder" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Poitevin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2008.09.051" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SN7PKVFK-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164025v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Berth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Kerdjoudj" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schaaf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Stoltz" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.200702418" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CQPRXNPB-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824927v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labrude" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/BME-2008-0541" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01593881v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ars.2007.1982" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01493347v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Devaux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boura" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacolley" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03267562v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Sepulveda-Rincon" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Giraud" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gizella Csire" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/B9780128213896000169?via%3Dihub" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-821389-6.00016-9" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-gaucher" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0886-5522" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121549445" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04871835v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meiling Wu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sapin-Minet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Stefan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Perrin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Raeth-Fries" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2024.125126" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05064346v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gaucher" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2025.143959" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05268931v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Pedroni" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Alem" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5c02609" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05268929v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demba Ba" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Badie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.202500862" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05101761v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Jawad Nasim" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesam Ali" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eufr&#226;nio N da Silva J&#250;nior" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahman Shah Zaib Saleem" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sci7020074" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04439775v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah El Hajj" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Canabady-Rochelle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fries-Raeth" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cimb46020086" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248432v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28062636" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515451v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rama Alhasan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme M Martins" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro P de Castro" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Zaiter" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2023.117479" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249612v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Irankunda" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jairo Andr&#233;s Cama&#241;o Echavarr&#237;a" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Arnoux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Paris" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.134788" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03182782v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bonetti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Corti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lerouge" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Pompella" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox10040516" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447722v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Tatiana Sep&#250;lveda Rinc&#243;n" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Girardet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cakir-Kiefer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.1c02199" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03544453v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Perrin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus Jacob" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/2665978602666211117154655" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493406v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Perrin-Sarrado" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zhou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Salgues" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Parent" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Giummelly" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2019.113686" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02651686v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Marcela Forero Ramirez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Boudier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Babin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Durand" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.02.066" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501406v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Wu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Chen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingrong Luo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Fan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinqiang Zhang" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2019.12.016" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02922592v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2020.00086" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02922699v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fries" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet-Akif Hobekkaya" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Martin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.niox.2020.08.001" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02267696v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Babin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schmutz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2019.115153" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044918v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Tur" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chaimbault" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Tadayyon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Richling" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10715762.2019.1572890" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501407v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Lei" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuchen Pei" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md17050285" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02132085v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;lynda Bouressam" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lecat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Raoul" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.14644" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493418v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40495-019-00175-8" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493415v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Kharma" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leroy" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1381612825666190701153903" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-93X4V202-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823460v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Clarot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox7050062" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824879v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiyan Yu" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2018.06.018" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01780420v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Umerska" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Oyarzun-Ampuero" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Colin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox7040046" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896757v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Sahyoun" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;m Oua&#239;ni" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Schneider" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2018.09.009" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3RWNQ52T-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044926v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Yaman Abdin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8MD00414E" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044975v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Vernex-Loset" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.8287" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01686111v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12691/wjce-5-2-7" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01593873v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Belcastro" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Wu" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fries-Raeth" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Corti" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pompella" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.niox.2017.07.004" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712202v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Rammal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaza Harmouch" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Maerten" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Boulmedais" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.a.35868" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02055143v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian-Camilo Salazar-Bautista" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Chebil" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pickaert" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Jamart-Gregoire" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2016.11.045" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01593870v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Belcastro" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lartaud" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hsz-2017-0150" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627739v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Ovdiichuk" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Hordiyenko" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenia Fotou" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Arrault" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11224-016-0870-2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01493332v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Ming" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maincent" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2016.05.006" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01686098v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Rychter" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janina Lulek" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2016.07.003" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01291903v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisa Domingues-Hamdi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Prin-Mathieu" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Menu" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baudin-Creuza" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2014.11.004" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01277820v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Gosty&#324;ska" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.a.35464" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-390ZB973-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01281136v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roudayna Diab" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Ling Xiao" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2014.11.005" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01281137v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xian-Ming Hu" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.08.074" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01273168v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Dahboul" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1381612811306030458" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01491876v2" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Maguin Gate" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0043190" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00740177v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Pernelle" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Guevel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Glaise" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gaucher-Di Stasio" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Le Charpentier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2011.04.018" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KD25VPG2-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824915v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gaucher-Di Stasio" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Paternotte" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Reeder" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Poitevin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2008.09.051" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SN7PKVFK-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824927v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labrude" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Stoltz" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/BME-2008-0541" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164025v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Berth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Kerdjoudj" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schaaf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.200702418" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CQPRXNPB-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01593881v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ars.2007.1982" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01493347v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Devaux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boura" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacolley" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03267562v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Sepulveda-Rincon" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Giraud" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gizella Csire" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/B9780128213896000169?via%3Dihub" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-821389-6.00016-9" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>