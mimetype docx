--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -766,1984 +766,2088 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Purified bone xenografts: A novel and efficient animal bone substitute derived from an optimized supercritical CO2 treatment</w:t>
+                <w:t xml:space="preserve">Step-by-step clinical protocol for the fabrication and titration of a bibloc mandibular advancement device: a practical guide for sleep physicians</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solène Rota</w:t>
+                <w:t xml:space="preserve">Raphaël Wakam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Sicard</w:t>
+                <w:t xml:space="preserve">Didier Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Perarnaud</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caroline Gorin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Bio</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtbio.2025.101619⟩</w:t>
+              <w:t xml:space="preserve">Sleep and Breathing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29 (6), pp.343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11325-025-03514-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05166972v1</w:t>
+                <w:t xml:space="preserve">hal-05544967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SHEDs and BMSCs exhibit distinct lineage preferences in HUVECs dynamic spheroid co‐cultures: vascular versus osteogenic commitment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Purified bone xenografts: A novel and efficient animal bone substitute derived from an optimized supercritical CO2 treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Rota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Sicard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soukaina El Hajj</w:t>
+                <w:t xml:space="preserve">Justine Perarnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Gorin</w:t>
+                <w:t xml:space="preserve">Rémy Agniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martial Bankoué Ntaté</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Elina Casas</w:t>
+                <w:t xml:space="preserve">Raphaël Bardonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioengineering &amp; Translational Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/btm2.70091⟩</w:t>
+              <w:t xml:space="preserve">Materials Today Bio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (101619), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtbio.2025.101619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05370683v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05166972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boron substitution in silicate bioactive glass scaffolds to enhance bone differentiation and regeneration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SHEDs and BMSCs exhibit distinct lineage preferences in HUVECs dynamic spheroid co‐cultures: vascular versus osteogenic commitment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soukaina El Hajj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Bankoué Ntaté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agata Szczodra</w:t>
+                <w:t xml:space="preserve">Romane Lesieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amel Houaoui</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Susanna Miettinen</w:t>
+                <w:t xml:space="preserve">Elina Casas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actbio.2024.07.053⟩</w:t>
+              <w:t xml:space="preserve">Bioengineering &amp; Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/btm2.70091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04743105v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05370683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiscale Imaging to Monitor Functional SHED-Supported Engineered Vessels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Chatzopoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Chatzopoulou</w:t>
+                <w:t xml:space="preserve">N. Bousaidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Bousaidi</w:t>
+                <w:t xml:space="preserve">T. Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Guilbert</w:t>
+                <w:t xml:space="preserve">G. Rucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dental Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 103 (13), pp.1392-1402. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/00220345241271122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04978578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Initial retention force of three attachment systems for implant retained‐mandibular overdentures: An in vitro study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Boron substitution in silicate bioactive glass scaffolds to enhance bone differentiation and regeneration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agata Szczodra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Wakam</w:t>
+                <w:t xml:space="preserve">Amel Houaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Agniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Sicard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kwamivi Mawussi</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Susanna Miettinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Prosthodontics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jopr.13729⟩</w:t>
+              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 186, pp.489-506. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actbio.2024.07.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04600958v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04743105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retention loss and wear assessment of three attachment systems for implant retained-mandibular overdentures: An in vitro study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Wakam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Srilakshmi Ramalingam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Wakam</w:t>
+                <w:t xml:space="preserve">Kwamivi Bernardin Mawussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 150, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2023.106269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04824968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Retention, Wear, and Maintenance of Attachment Systems for Single- or Two-Implant-Retained Mandibular Overdentures: A Systematic Review</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Initial retention force of three attachment systems for implant retained‐mandibular overdentures: An in vitro study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Wakam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kwamivi Mawussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gorin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma15051933⟩</w:t>
+              <w:t xml:space="preserve">Journal of Prosthodontics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (4), pp.106286. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jopr.13729⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04600962v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04600958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid Mineral/Organic Material Induces Bone Bridging and Bone Volume Augmentation in Rat Calvarial Critical Size Defects</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluation of Retention, Wear, and Maintenance of Attachment Systems for Single- or Two-Implant-Retained Mandibular Overdentures: A Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Wakam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kwamivi Bernardin Mawussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gorin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cells11182865⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (5), pp.1933. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma15051933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03782851v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04600962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Retention, Wear, and Maintenance of Attachment Systems for Single- or Two-Implant-Retained Mandibular Overdentures: A Systematic Review</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hybrid Mineral/Organic Material Induces Bone Bridging and Bone Volume Augmentation in Rat Calvarial Critical Size Defects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dubus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Scomazzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Ledouble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Braux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelilah Beljebbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma15051933⟩</w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (18), pp.2865. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells11182865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03797616v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03782851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Potential of FGF-2 in Craniofacial Bone Tissue Engineering: A Review</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Evaluation of Retention, Wear, and Maintenance of Attachment Systems for Single- or Two-Implant-Retained Mandibular Overdentures: A Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Wakam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kwamivi Bernardin Mawussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gorin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cells10040932⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (5), pp.1933. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma15051933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03215638v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03797616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microvascular maturation by mesenchymal stem cells in vitro improves blood perfusion in implanted tissue constructs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Potential of FGF-2 in Craniofacial Bone Tissue Engineering: A Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anita Novais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirini Chatzopoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoann Atlas</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Catherine Chaussain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gorin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomaterials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biomaterials.2020.120594⟩</w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (4), pp.932. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells10040932⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03493080v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03215638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priming Dental Pulp Stem Cells from Human Exfoliated Deciduous Teeth with Fibroblast Growth Factor-2 Enhances Mineralization Within Tissue-Engineered Constructs Implanted in Craniofacial Bone Defects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Microvascular maturation by mesenchymal stem cells in vitro improves blood perfusion in implanted tissue constructs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Atlas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anita Novais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Lesieur</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Baroukh</w:t>
+                <w:t xml:space="preserve">Marion F. Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirini Chatzopoulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stem Cells Translational Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/sctm.18-0182⟩</w:t>
+              <w:t xml:space="preserve">Biomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 268, pp.120594 -. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biomaterials.2020.120594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02421621v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03493080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early angiogenesis detected by PET imaging with 64Cu-NODAGA-RGD is predictive of bone critical defect repair</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Priming Dental Pulp Stem Cells from Human Exfoliated Deciduous Teeth with Fibroblast Growth Factor-2 Enhances Mineralization Within Tissue-Engineered Constructs Implanted in Craniofacial Bone Defects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anita Novais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lesieur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Sadoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Slimani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Margaux Collignon</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Anne Poliard</w:t>
+                <w:t xml:space="preserve">Brigitte Baroukh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actbio.2018.10.008⟩</w:t>
+              <w:t xml:space="preserve">Stem Cells Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/sctm.18-0182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02476614v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02421621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priming Dental Pulp Stem Cells With Fibroblast Growth Factor-2 Increases Angiogenesis of Implanted Tissue-Engineered Constructs Through Hepatocyte Growth Factor and Vascular Endothelial Growth Factor Secretion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Gorin</w:t>
+                <w:t xml:space="preserve">Early angiogenesis detected by PET imaging with 64Cu-NODAGA-RGD is predictive of bone critical defect repair</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Margaux Collignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lesieur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Anizan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana Ben Azzouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gael Y. Rochefort</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Julie Lesieur</w:t>
+                <w:t xml:space="preserve">Anne Poliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stem Cells Translational Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5966/sctm.2015-0166⟩</w:t>
+              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 82, pp.111-121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actbio.2018.10.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01622175v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02476614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Priming Dental Pulp Stem Cells With Fibroblast Growth Factor-2 Increases Angiogenesis of Implanted Tissue-Engineered Constructs Through Hepatocyte Growth Factor and Vascular Endothelial Growth Factor Secretion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Y. Rochefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rümeyza Bascetin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanru Ying</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lesieur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stem Cells Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 5 (3), pp.392-404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5966/sctm.2015-0166⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01622175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Effect of Hypoxia on Dental Pulp Mesenchymal Stem Cells in a Purpose of Tissue Engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lesieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Berndt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Beckouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Letourneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wound Repair and Regeneration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 21 (6), pp.A66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02157693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2753,279 +2857,279 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D-PRINTED LUMINESCENT BIOACTIVE GLASS SCAFFOLDS FOR BONE BIOENGINEERING</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Houaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agata Szczodra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Agniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanna Miettinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laeticia Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Biomaterials Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Daegu (Korea), South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04743187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D-PRINTED LUMINESCENT BIOACTIVE GLASS SCAFFOLDS FOR BONE BIOENGINEERING</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Houaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agata Szczodra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Agniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanna Miettinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laeticia Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIOMATSan 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Superbesse, Puy-de-Dôme, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04442316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3035,168 +3139,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natural bioactive compounds as adjuvant therapy in oral tissue regeneration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Calderon-Jacinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Larroudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giusy Sorvillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anamar Miranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pauthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34th Annual Conference of the European Society for Biomaterials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Turin, Italy. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05354028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId95"/>
+      <w:footerReference w:type="default" r:id="rId98"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3264,51 +3368,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="34D5B234"/>
+    <w:nsid w:val="D7EBCF64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3495,51 +3599,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-gorin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2155-696X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166972v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Rota" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Sicard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Perarnaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Agniel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bardonnet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtbio.2025.101619" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370683v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukaina El Hajj" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gorin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Bankou&#233; Ntat&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Lesieur" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Casas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/btm2.70091" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743105v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Szczodra" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Houaoui" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Miettinen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2024.07.053" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978578v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chatzopoulou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bousaidi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Guilbert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rucher" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rose" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00220345241271122" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04600958v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Wakam" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwamivi Mawussi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Benoit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jopr.13729" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04824968v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Wakam" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srilakshmi Ramalingam" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwamivi Bernardin Mawussi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2023.106269" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04600962v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15051933" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782851v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dubus" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Scomazzon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Ledouble" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Braux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Beljebbar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11182865" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03797616v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03215638v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Novais" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eirini Chatzopoulou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chaussain" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10040932" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493080v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Atlas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion F. Marchand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2020.120594" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02421621v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lesieur" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Sadoine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Slimani" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Baroukh" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sctm.18-0182" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476614v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Margaux Collignon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Anizan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Ben Azzouna" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poliard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2018.10.008" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622175v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Y. Rochefort" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#252;meyza Bascetin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanru Ying" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5966/sctm.2015-0166" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157693v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Berndt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Beckouche" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Letourneur" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743187v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Petit" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442316v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354028v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Calderon-Jacinto" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Larroud&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giusy Sorvillo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamar Miranda" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pauthe" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-gorin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2155-696X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05544967v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Wakam" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Maurice" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gorin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11325-025-03514-w" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166972v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Rota" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Sicard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Perarnaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Agniel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bardonnet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtbio.2025.101619" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370683v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukaina El Hajj" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Bankou&#233; Ntat&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Lesieur" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Casas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/btm2.70091" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978578v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chatzopoulou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bousaidi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Guilbert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rucher" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rose" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00220345241271122" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743105v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Szczodra" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Houaoui" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Miettinen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2024.07.053" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04824968v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srilakshmi Ramalingam" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwamivi Bernardin Mawussi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Benoit" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2023.106269" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04600958v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Wakam" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwamivi Mawussi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jopr.13729" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04600962v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15051933" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782851v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dubus" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Scomazzon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Ledouble" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Braux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Beljebbar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11182865" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03797616v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03215638v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Novais" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eirini Chatzopoulou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chaussain" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10040932" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493080v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Atlas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion F. Marchand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2020.120594" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02421621v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lesieur" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Sadoine" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Slimani" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Baroukh" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sctm.18-0182" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476614v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Margaux Collignon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Anizan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Ben Azzouna" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poliard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2018.10.008" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622175v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Y. Rochefort" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#252;meyza Bascetin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanru Ying" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5966/sctm.2015-0166" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157693v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Berndt" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Beckouche" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Letourneur" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743187v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Petit" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442316v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354028v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Calderon-Jacinto" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Larroud&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giusy Sorvillo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamar Miranda" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pauthe" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>