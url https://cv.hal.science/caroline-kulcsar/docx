--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -368,252 +368,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04726490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controller switching with the anti-bump adapter</w:t>
+                <w:t xml:space="preserve">Numerical simulations for the SAXO+ upgrade: Performance analysis of the adaptive optics system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Charles Goulas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Galicher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Mazoyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejcon.2024.101116⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 689, pp.A199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202450215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04823070v1</w:t>
+                <w:t xml:space="preserve">hal-04749975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical simulations for the SAXO+ upgrade: Performance analysis of the adaptive optics system</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Controller switching with the anti-bump adapter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Ferreira</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Kulcsár</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 689, pp.A199. </w:t>
+              <w:t xml:space="preserve">European Journal of Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 80, pp.101116. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202450215⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejcon.2024.101116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04749975v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Binary Annular Phase Mask to Regulate Spherical Aberration and Allow Super-Localization in Single-Particle Tracking over Extended Depth-of-Focus</w:t>
               </w:r>
@@ -746,51 +746,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fractional loop delays in adaptive optics modeling and control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Marquis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Galland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -978,278 +978,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04189164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the validity domain of maximum likelihood estimators for depth-of-field extension in single-molecule localization microscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Lévêque</w:t>
+                <w:t xml:space="preserve">Cascade adaptive optics: contrast performance analysis of a two-stage controller by numerical simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Cerpa-Urra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Kasper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/JOSAA.439993⟩</w:t>
+              <w:t xml:space="preserve">Journal of Astronomical Telescopes Instruments and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (1), pp.019001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.JATIS.8.1.019001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03473290v1</w:t>
+                <w:t xml:space="preserve">hal-04511422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cascade adaptive optics: contrast performance analysis of a two-stage controller by numerical simulations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nelly Cerpa-Urra</w:t>
+                <w:t xml:space="preserve">On the validity domain of maximum likelihood estimators for depth-of-field extension in single-molecule localization microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Kulcsár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markus Kasper</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cognet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Astronomical Telescopes Instruments and Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 8 (1), pp.019001. </w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 39 (1), pp.37-43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/1.JATIS.8.1.019001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/JOSAA.439993⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04511422v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03473290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feature issue introduction: applications of adaptive optics</w:t>
               </w:r>
@@ -1684,334 +1684,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04084041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zonal-based high-performance control in adaptive optics systems with application to astronomy and satellite tracking</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Co-designed annular binary phase masks for depth-of-field extension in single-molecule localization microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Kulcsár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Sauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léonard Prengère</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Artur Aleksanyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 37 (7), pp.1083. </w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28 (22), pp.32426-32446. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/JOSAA.391484⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OE.402752⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03169469v1</w:t>
+                <w:t xml:space="preserve">hal-03025638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-designed annular binary phase masks for depth-of-field extension in single-molecule localization microscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Lévêque</w:t>
+                <w:t xml:space="preserve">Zonal-based high-performance control in adaptive optics systems with application to astronomy and satellite tracking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Prengère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 28 (22), pp.32426-32446. </w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 37 (7), pp.1083. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.402752⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/JOSAA.391484⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03025638v1</w:t>
+                <w:t xml:space="preserve">hal-03169469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On-sky results for adaptive optics control with data-driven models on low-order modes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Sinquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Prengère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gendron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2352,51 +2352,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Juvénal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2573,51 +2573,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eye-pupil displacement and prediction: effects on residual wavefront in adaptive optics retinal imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurea Garcia-Rissmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2677,51 +2677,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model order reduction of random parameter-dependent linear systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyès Nechak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2781,51 +2781,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Approximation of the Riccati Equation in Large-Scale Systems With Application to Adaptive Optics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Massioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3204,51 +3204,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gendron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3338,51 +3338,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Massioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brent Ellerbroek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3423,667 +3423,667 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00813593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minimum-Variance Control for Astronomical Adaptive Optics with Resonant Deformable Mirrors</w:t>
+                <w:t xml:space="preserve">Linear Quadratic Gaussian Control Applied to WFAO Systems: Simulation and Experimental Results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Correia</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Anne Costille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Conan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Kulcsár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 17 (3), pp.222 - 236. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/ejc.17.222-236⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 17 (3), pp.302 - 315. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/EJC.17.302–315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01590368v1</w:t>
+                <w:t xml:space="preserve">hal-01590263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minimum-variance control of astronomical adaptive optic systems with actuator dynamics under synchronous and asynchronous sampling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Minimum-Variance Control for Astronomical Adaptive Optics with Resonant Deformable Mirrors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Correia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J.-M. Conan</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 21 (7), pp.768 - 789. </w:t>
+              <w:t xml:space="preserve">European Journal of Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 17 (3), pp.222 - 236. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/rnc.1625⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3166/ejc.17.222-236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01590239v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01590368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editorial of special issue on &amp;quot;Adaptive optics for ground-based telescopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 17 (3), pp.219 - 221. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0947-3580(11)70588-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01723189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast computation of an optimal controller for large-scale adaptive optics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paolo Massioni</w:t>
+                <w:t xml:space="preserve">Minimum-variance control of astronomical adaptive optic systems with actuator dynamics under synchronous and asynchronous sampling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Correia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Conan</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Conan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/JOSAA.28.002298⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 21 (7), pp.768 - 789. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rnc.1625⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01590216v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01590239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linear Quadratic Gaussian Control Applied to WFAO Systems: Simulation and Experimental Results</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyril Petit</w:t>
+                <w:t xml:space="preserve">Fast computation of an optimal controller for large-scale adaptive optics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Massioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Kulcsár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 17 (3), pp.302 - 315. </w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 28 (11), pp. 2298-2309. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3166/EJC.17.302–315⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/JOSAA.28.002298⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01590263v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01590216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of an electromagnetic deformable mirror using high speed dynamics characterization and identification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Ödlund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4160,64 +4160,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minimum-variance control for woofer–tweeter systems in adaptive optics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Correia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4277,64 +4277,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the optimal reconstruction and control of adaptive optical systems with mirror dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Correia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4394,103 +4394,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wide field adaptive optics laboratory demonstration with closed-loop tomographic control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Costille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 27 (3), pp.469-483. </w:t>
@@ -4528,64 +4528,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minimum-variance control for woofer-tweeter systems in adaptive optics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Correia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4649,51 +4649,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tip–tilt disturbance model identification for Kalman-based control scheme: application to XAO and ELT systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Meimon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fusco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4753,90 +4753,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linear quadratic Gaussian control for adaptive optics and multiconjugate adaptive optics: experimental and numerical analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 26 (6), pp.1307-1325. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4974,51 +4974,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First laboratory validation of vibration filtering with LQG control law for Adaptive Optics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5117,64 +5117,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal control, observers and integrators in adaptive optics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5234,90 +5234,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal control for Multi-Conjugate Adaptive Optics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fusco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5419,51 +5419,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mugnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5603,290 +5603,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01592108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An actively adaptive control policy for linear models</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dual Control of Linearly Parameterised Models via Prediction of Posterior Densities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Pronzato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Walter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/9.506238⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 2 (2), pp.135 - 143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0947-3580(96)70037-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01592004v1</w:t>
+                <w:t xml:space="preserve">hal-01592816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual Control of Linearly Parameterised Models via Prediction of Posterior Densities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An actively adaptive control policy for linear models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Pronzato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Pronzato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Walter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Control</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 41 (6), pp. 855 - 858 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/9.506238⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0947-3580(96)70037-7⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01592816v1</w:t>
+                <w:t xml:space="preserve">hal-01592004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal experimental design and therapeutic drug monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Pronzato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Walter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5971,1043 +5971,1043 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of LQG control with Pyramid wavefront Sensor: preparation of PAPYRUS implementation</w:t>
+                <w:t xml:space="preserve">The MICADO first light imager for the ELT: overview and current status</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Levraud</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
+                <w:t xml:space="preserve">E Sturm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Fétick</w:t>
+                <w:t xml:space="preserve">R Davies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Dray</w:t>
+                <w:t xml:space="preserve">J Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Clénet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Kotilainen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adaptive Optics: Methods, Analysis and Applications 2024</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/AOPT.2024.OF1F.4⟩</w:t>
+              <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation 2024, Ground-based and Airborne Instrumentation for Astronomy X, Proceedings SPIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Yokohama, Japan. pp.1309611, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.3017752⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04882018v1</w:t>
+                <w:t xml:space="preserve">hal-04668436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First on-sky tests of LQG control for a 10m-class telescope: prelude on the Gran Telescopio Canarias adaptive optics system</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Simulation of LQG control with Pyramid wavefront Sensor: preparation of PAPYRUS implementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Levraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Galland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Icíar Montilla Garcia</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Fétick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Dray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adaptive Optics Systems IX</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Adaptive Optics: Methods, Analysis and Applications 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.OF1F.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/AOPT.2024.OF1F.4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.3020099⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04734161v1</w:t>
+                <w:t xml:space="preserve">hal-04882018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GTC adaptive optics integration in telescope and first commissioning results</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
+                <w:t xml:space="preserve">First on-sky tests of LQG control for a 10m-class telescope: prelude on the Gran Telescopio Canarias adaptive optics system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Marquis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Galland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Marco de la Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Icíar Montilla Garcia</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Manuel Luis Aznar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptive Optics Systems IX</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2024, Yokohama, France. pp.130970E, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.3020058⟩</w:t>
+              <w:t xml:space="preserve">, Jun 2024, Yokohama, Japan. pp.130977Y, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.3020099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04825094v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04734161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auto-tuned AO control for all: design and simulation of an unsupervised LQG regulator in ORP project</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">GTC adaptive optics integration in telescope and first commissioning results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Reyes García-Talavera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Icíar Montilla Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo González</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Luis Aznar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COAT2023</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.34693/COAT2023-009⟩</w:t>
+              <w:t xml:space="preserve">Adaptive Optics Systems IX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Yokohama, France. pp.130970E, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.3020058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04604986v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04825094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The MICADO first light imager for the ELT: overview and current status</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Y Clénet</w:t>
+                <w:t xml:space="preserve">Auto-tuned AO control for all: design and simulation of an unsupervised LQG regulator in ORP project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Galland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Marquis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Kotilainen</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">James Osborn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Kulcsár</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation 2024, Ground-based and Airborne Instrumentation for Astronomy X, Proceedings SPIE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Yokohama, Japan. pp.1309611, </w:t>
+              <w:t xml:space="preserve">COAT2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, COAT2023, Mar 2023, Durham, United Kingdom. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.3017752⟩</w:t>
+                <w:t xml:space="preserve">⟨10.34693/COAT2023-009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04668436v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04604986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An analytical approach to model the second-stage Adaptive Optics correction for SPHERE</w:t>
+                <w:t xml:space="preserve">Inverse problem approach for SPHERE+ adaptive optics control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Schreiber</w:t>
+                <w:t xml:space="preserve">Clémentine Béchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Michel Tallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Thiébaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Tallon-Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Maud Langlois</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Clémentine Béchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptive Optics for Extremely Large Telescopes 7th Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ONERA, Jun 2023, Avignon, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.13009/AO4ELT7-2023-128⟩</w:t>
+                <w:t xml:space="preserve">⟨10.13009/AO4ELT7-2023-049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04414776v1</w:t>
+                <w:t xml:space="preserve">hal-04402861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inverse problem approach for SPHERE+ adaptive optics control</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An analytical approach to model the second-stage Adaptive Optics correction for SPHERE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Schreiber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Maud Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jolissaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emiliano Diolaiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Clémentine Béchet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Maud Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptive Optics for Extremely Large Telescopes 7th Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ONERA, Jun 2023, Avignon, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.13009/AO4ELT7-2023-049⟩</w:t>
+                <w:t xml:space="preserve">⟨10.13009/AO4ELT7-2023-128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04402861v1</w:t>
+                <w:t xml:space="preserve">hal-04414776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAXO+ upgrade : second stage AO system end-to-end numerical simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Goulas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Galicher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Goulas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Vidal</w:t>
+                <w:t xml:space="preserve">Johan Mazoyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptive Optics for Extremely Large Telescopes 7th Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ONERA, Jun 2023, Avignon, France. </w:t>
@@ -7218,51 +7218,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew P Reeves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramon Mata Calvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7542,51 +7542,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antony Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cognet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7667,51 +7667,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antony Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cognet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7788,51 +7788,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Prengére</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptive Optics: Analysis, Methods &amp; Systems, OSA Technical Digest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Washington, DC, United States. pp.JW4G.5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7879,51 +7879,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ORP on-sky community access program for adaptive optics instrumentation development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim Morris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Osborn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Reyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8121,64 +8121,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Sinquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Prengère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gendron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8223,286 +8223,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03146244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation expérimentale de masques de phase binaires co-optimisés pour l'augmentation de la profondeur de champ</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hervé Sauer</w:t>
+                <w:t xml:space="preserve">Optimisation de masques de phase binaires pour l’augmentation de la profondeur de champ en imagerie de la molécule unique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Lise Coutrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Co-conception : capteurs hybrides et algorithmes pour des systèmes innovants. (Gdr-isis)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée Co-conception de systèmes hybrides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GdR-ISIS (CNRS), Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03366076v1</w:t>
+                <w:t xml:space="preserve">hal-02493818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation de masques de phase binaires pour l’augmentation de la profondeur de champ en imagerie de la molécule unique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Lévêque</w:t>
+                <w:t xml:space="preserve">Validation expérimentale de masques de phase binaires co-optimisés pour l'augmentation de la profondeur de champ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Fontbonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Sauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Coutrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Co-conception de systèmes hybrides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GdR-ISIS (CNRS), Oct 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée Co-conception : capteurs hybrides et algorithmes pour des systèmes innovants. (Gdr-isis)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02493818v1</w:t>
+                <w:t xml:space="preserve">hal-03366076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive optics control in retinal imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AOIM XI - Adaptive Optics in Industry and Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Murcia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8540,51 +8540,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intrusive Galerkin Projection for Model Order Reduction of Uncertain Linear Dynamic Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyès Nechak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8625,2321 +8625,2321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01714314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution imaging of retinal vascular deformations in synchrony with the cardiac cycle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fine Estimation of Retinal Vascular Motions in Images Sequences Acquired by an Adaptive Optics Retinal Camera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Kulcsár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Benesty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Le Besnerais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard Koch</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Riadh Fezzani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Paques</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ARVO Annual Meeting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Adaptive Optics: Analysis, Methods &amp; Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Heidelberg, Germany. pp.AOM3C.3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/AOMS.2016.AOM3C.3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01722312v1</w:t>
+                <w:t xml:space="preserve">hal-01722325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reshaping and polishing the GeMS MCAO system</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How Many Rings for Binary Phase Masks Co-optimized for Depth of Field Extension?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Falcón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Kulcsár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Goudail</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation, Adaptive Optics Systems V</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2233747⟩</w:t>
+              <w:t xml:space="preserve">Computational Optical Sensing and Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Heidelberg, Germany. pp.CTh1D.5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/COSI.2016.CTh1D.5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01722322v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01714164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Many Rings for Binary Phase Masks Co-optimized for Depth of Field Extension?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Parallelization of an LQG TT controller for the GeMS RTC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Juvénal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Gigoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetano Sivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Marin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Optical Sensing and Imaging</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Workshop on real-time control for adaptive optics (RTC4AO4)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01714164v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01759700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallelization of an LQG TT controller for the GeMS RTC</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pedro Gigoux</w:t>
+                <w:t xml:space="preserve">Reshaping and polishing the GeMS MCAO system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Garrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Sivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Marin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleazar Carrasco Damele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Montes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on real-time control for adaptive optics (RTC4AO4)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation, Adaptive Optics Systems V</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Edimbourg, United Kingdom. pp.99092F, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2233747⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01759700v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01722322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LQG adaptive optics control with wind-dependent turbulent models</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">High resolution imaging of retinal vascular deformations in synchrony with the cardiac cycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Benesty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Rosenbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Girerd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José-Alain Sahel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation, Adaptive Optics Systems V</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ARVO Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Seattle, United States. pp.5912-5912</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01722318v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01722312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time implementation of an LQG tip-tilt controller for regular science observation on GeMS</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">LQG adaptive optics control with wind-dependent turbulent models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Juvénal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Conan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation, Adaptive Optics Systems V</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, SPIE, Oct 2016, Edimbourg, United Kingdom. pp.99094Y, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Jul 2016, Edimbourg, United Kingdom. pp.99090M, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2234443⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2233191⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01722330v1</w:t>
+                <w:t xml:space="preserve">hal-01722318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The control switching adapter: a practical way to ensure bumpless switching between controllers while AO loop is engaged</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
+                <w:t xml:space="preserve">Real-time implementation of an LQG tip-tilt controller for regular science observation on GeMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetano Sivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Juvénal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Garrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Gigoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation, Adaptive Optics Systems V</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2016, Edimbourg, United Kingdom. pp.99094K, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, SPIE, Oct 2016, Edimbourg, United Kingdom. pp.99094Y, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2233191⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2234266⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01722326v1</w:t>
+                <w:t xml:space="preserve">hal-01722330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine Estimation of Retinal Vascular Motions in Images Sequences Acquired by an Adaptive Optics Retinal Camera</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The control switching adapter: a practical way to ensure bumpless switching between controllers while AO loop is engaged</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Michel Paques</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Juvénal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adaptive Optics: Analysis, Methods &amp; Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Heidelberg, Germany. pp.AOM3C.3, </w:t>
+              <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation, Adaptive Optics Systems V</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Edimbourg, United Kingdom. pp.99094K, </w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/AOMS.2016.AOM3C.3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.2234266⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01722325v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01722326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of GeMS tip-tilt on-sky data: LQG implementation for vibration rejections</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On-sky validation of an optimal LQG control with vibration mitigation: from the CANARY Multi-Object Adaptive Optics demonstrator to the Gemini Multi-Conjugated Adaptive Optics facility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Sivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Garrel</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Conan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gendron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adaptive Optics for Extremely Large Telescopes IV (AO4ELT4)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">American Astronomical Society Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Seattle, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04023215v1</w:t>
+                <w:t xml:space="preserve">hal-01722357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive optics as a tool for the in vivo exploration of photoreceptor substructures</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Mugnier</w:t>
+                <w:t xml:space="preserve">Analysis of GeMS tip-tilt on-sky data: LQG implementation for vibration rejections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Leboulleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetano Sivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Juvenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Kulcsár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Garrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adaptive Optics and Wavefront Control in Microscopy and Ophthalmology (AOMICRO)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Adaptive Optics for Extremely Large Telescopes IV (AO4ELT4)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Los Angeles, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20353/K3T4CP1131621⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01740413v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04023215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of GeMS tip-tilt on-sky data: LQG implementation for vibration rejections</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rémy Juvénal</w:t>
+                <w:t xml:space="preserve">Tip-tilt modelling and control for GeMS: a performance comparison of identification techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Juvénal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Garrel</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Conan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptive Optics for Extremely Large Telescopes 4</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, Lake Arrowhead, United States</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2015, Lake Arrowhead, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20353/K3T4CP1131628⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01722345v1</w:t>
+                <w:t xml:space="preserve">hal-01722362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emulating Deformable Mirrors’ Dynamics with the MINOA Bench</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Westphal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptive Optics: Analysis, Methods &amp; Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Arlington, United States. pp.JT5A.32, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/AOMS.2015.JT5A.32⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01722372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tip-tilt modelling and control for GeMS: a performance comparison of identification techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Remy Juvénal</w:t>
+                <w:t xml:space="preserve">On-sky validation of an optimal LQG control with vibration mitigation: from the CANARY Multi-Object Adaptive Optics demonstrator to the Gemini Multi-Conjugated Adaptive Optics facility.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetano Sivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Conan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cyril Petit</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Gendron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adaptive Optics for Extremely Large Telescopes 4</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">American Astronomical Society Meeting Abstracts #225</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Seattle, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20353/K3T4CP1131628⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01722362v1</w:t>
+                <w:t xml:space="preserve">hal-03735046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance assessment for the linear control of adaptive optics systems: noise propagation and temporal errors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Juvénal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Sivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptive Optics for Extremely Large Telescopes 4</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Lake Arrowhead, United States. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20353/K3T4CP1131623⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01722367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-sky validation of an optimal LQG control with vibration mitigation: from the CANARY Multi-Object Adaptive Optics demonstrator to the Gemini Multi-Conjugated Adaptive Optics facility.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of GeMS tip-tilt on-sky data: LQG implementation for vibration rejections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Leboulleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Sivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Juvénal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Éric Gendron</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Garrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Astronomical Society Meeting Abstracts #225</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2015, Seattle, United States</w:t>
+              <w:t xml:space="preserve">Adaptive Optics for Extremely Large Telescopes 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Lake Arrowhead, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03735046v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01722345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification et commande pour la boucle tip/tilt de l’instrument d’optique adaptative multi-conjuguée GeMS</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Conan</w:t>
+                <w:t xml:space="preserve">Adaptive optics as a tool for the in vivo exploration of photoreceptor substructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Paques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chahira Miloudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Benesty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mugnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Recherche et Industrie en Optique Adaptative (JRIOA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Rennes, France</w:t>
+              <w:t xml:space="preserve">Adaptive Optics and Wavefront Control in Microscopy and Ophthalmology (AOMICRO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01740414v1</w:t>
+                <w:t xml:space="preserve">hal-01740413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simple control of an adaptive optics retinal imaging system using pupil tracker measurements without pupil stabilization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification et commande pour la boucle tip/tilt de l’instrument d’optique adaptative multi-conjuguée GeMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Juvénal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Leboulleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetano Sivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Conan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adaptive Optics and Wavefront Control in Microscopy and Ophthalmology (AOMICRO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées Recherche et Industrie en Optique Adaptative (JRIOA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01740412v1</w:t>
+                <w:t xml:space="preserve">hal-01740414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-sky validation of an optimal LQG control with vibration mitigation: from the CANARY Multi-Object Adaptive Optics demonstrator to the Gemini Multi-Conjugated Adaptive Optics facility</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simple control of an adaptive optics retinal imaging system using pupil tracker measurements without pupil stabilization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladyslav Potapchuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Astronomical Society Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Seattle, United States</w:t>
+              <w:t xml:space="preserve">Adaptive Optics and Wavefront Control in Microscopy and Ophthalmology (AOMICRO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01722357v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01740412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kalman filter design for atmospheric tip/tilt, tip/tilt anisoplanatism and focus filtering on extremely large telescopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Correia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10997,459 +10997,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01722377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast and robust image registration with local motion estimation for image enhancement and activity detection in retinal imaging</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sphere extreme AO control scheme: final performance assessment and on sky validation of the first auto-tuned LQG based operational system (Orale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Plyer</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.F. Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Fusco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Suarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 International Workshop on Computational Intelligence for Multimedia Understanding (IWCIM)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IWCIM.2014.7008811⟩</w:t>
+              <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation, Adaptive Optics Systems IV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Montréal, Canada. pp.91480O, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2052847⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01722748v1</w:t>
+                <w:t xml:space="preserve">hal-01069649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsupervised registration of Adaptive Optics retinal images in SLO fundus images</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId284" w:history="1">
+                <w:t xml:space="preserve">Fast and robust image registration with local motion estimation for image enhancement and activity detection in retinal imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Kulcsár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riadh Fezzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Le Besnerais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Plyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Levecq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ARVO Annual Meeting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2014 International Workshop on Computational Intelligence for Multimedia Understanding (IWCIM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IWCIM.2014.7008811⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01722737v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01722748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sphere extreme AO control scheme: final performance assessment and on sky validation of the first auto-tuned LQG based operational system (Orale)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">T. Fusco</w:t>
+                <w:t xml:space="preserve">Unsupervised registration of Adaptive Optics retinal images in SLO fundus images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riadh Fezzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Sevin</w:t>
+                <w:t xml:space="preserve">Philippe Cornic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Suarez</w:t>
+                <w:t xml:space="preserve">Erika Boyenga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Plyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Le Besnerais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation, Adaptive Optics Systems IV</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ARVO Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Seattle, United States. pp.4814-4814</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01069649v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01722737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirrors' dynamics: A plague for adaptive optics systems performance?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyes Nechak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11522,90 +11522,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Some investigations on wind profile in modeling for wide-field adaptive optics control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Sivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Osborn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE Telescope + Astronomical Instrumentation, Adaptive Optics Systems IV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Montréal, Canada</w:t>
@@ -11628,342 +11628,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01740415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CANARY phase B: on-sky open-loop tomographic LGS AO results</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Gendron</w:t>
+                <w:t xml:space="preserve">Adaptive optics imaging of retinal microstructures: image processing for medical applications (Orale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Paques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alastair Basden</w:t>
+                <w:t xml:space="preserve">Florence Rossant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">James Osborn</w:t>
+                <w:t xml:space="preserve">Nicolas Lermé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chahira Miloudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation, Adaptive Optics Systems IV</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Workshop on Computational Intelligence for Multimedia Understanding - IWCIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01722375v1</w:t>
+                <w:t xml:space="preserve">hal-01075302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive optics imaging of retinal microstructures: image processing for medical applications (Orale)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Paques</w:t>
+                <w:t xml:space="preserve">CANARY phase B: on-sky open-loop tomographic LGS AO results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim Morris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gendron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alastair Basden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Rossant</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Caroline Kulcsár</w:t>
+                <w:t xml:space="preserve">Olivier Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Osborn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Computational Intelligence for Multimedia Understanding - IWCIM</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation, Adaptive Optics Systems IV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Montréal, Canada. pp.91481I, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2056279⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01075302v1</w:t>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01722375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive optics imaging of retinal microstructures: Image processing for medical applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Paques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Rossant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lermé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chahira Miloudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12021,347 +12021,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01722761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model Reduction of Linear Systems with Random Parameters</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">H.-F. Raynaud</w:t>
+                <w:t xml:space="preserve">Modèle de performance en super-résolution et applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Champagnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cornic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Le Besnerais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th IFAC Workshop on Adaptation and Learning in Control and Signal Processing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journée "Co-conception", GDR ISIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01722803v1</w:t>
+                <w:t xml:space="preserve">hal-01783554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réduction de systèmes linéaires à paramètres incertains</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
+                <w:t xml:space="preserve">Model Reduction of Linear Systems with Random Parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Nechak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.-F. Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gdr MOSAR</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11th IFAC Workshop on Adaptation and Learning in Control and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Caen, France. pp.512 - 517, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3182/20130703-3-FR-4038.00057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01740416v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01722803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification des modes de basculement (tip/tilt) pour la commande des systèmes d'optique adaptative en astronomie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Réduction de systèmes linéaires à paramètres incertains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyes Nechak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GT Identification et MOSAR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">Gdr MOSAR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01740418v1</w:t>
+                <w:t xml:space="preserve">hal-01740416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First on-sky validation of full LQG control with vibration mitigation on the CANARY MOAO pathfinder</w:t>
               </w:r>
@@ -12386,51 +12373,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gendron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12611,51 +12598,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation, prédiction et analyse de comportements dynamiques de systèmes à paramètres aléatoires par les techniques du chaos polynomial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyes Nechak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12687,1047 +12674,1060 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01740417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First on-sky validation of full LQG control with vibration mitigation on the CANARY MOAO pathfinder</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification des modes de basculement (tip/tilt) pour la commande des systèmes d'optique adaptative en astronomie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Kulcsár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Massioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Sivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OA for ELT 3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Florence, Italy. pp.127</w:t>
+              <w:t xml:space="preserve">GT Identification et MOSAR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03802316v1</w:t>
+                <w:t xml:space="preserve">hal-01740418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full LQG control with vibration mitigation: from theory to first on-sky validation on the CANARY MOAO demonstrator</w:t>
+                <w:t xml:space="preserve">First on-sky validation of full LQG control with vibration mitigation on the CANARY MOAO pathfinder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Sivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Gendron</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Gendron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adaptive Optics: Methods, Analysis and Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">OA for ELT 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Florence, Italy. pp.127</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01722813v1</w:t>
+                <w:t xml:space="preserve">hal-03802316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple Object Adaptive Optics: Mixed NGS/LGS tomography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tim Morris</w:t>
+                <w:t xml:space="preserve">Full LQG control with vibration mitigation: from theory to first on-sky validation on the CANARY MOAO demonstrator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetano Sivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Kulcsár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Conan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gendron</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">James Osborn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Third International Conf. on Adaptive Optics for Extremely Large Telescopes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.12839/AO4ELT3.15023⟩</w:t>
+              <w:t xml:space="preserve">Adaptive Optics: Methods, Analysis and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Arlington, United States. pp.OTu2A.2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/AOPT.2013.OTu2A.2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01722864v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01722813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèle de performance en super-résolution et applications</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Multiple Object Adaptive Optics: Mixed NGS/LGS tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim Morris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gendron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alastair Basden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Osborn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée "Co-conception", GDR ISIS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Third International Conf. on Adaptive Optics for Extremely Large Telescopes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Florence, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.12839/AO4ELT3.15023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01783554v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01722864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibration mitigation in adaptive optics control</w:t>
+                <w:t xml:space="preserve">Vibrations in AO control: a short analysis of on-sky data around the world</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Sivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Brent Ellerbroek</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Neichel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franҫois Rigaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation, Adaptive Optics Systems III</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2012, Amsterdam, Netherlands. pp.84470Z </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.926050⟩</w:t>
+              <w:t xml:space="preserve">, Sep 2012, Amsterdam, Netherlands. pp.84471C, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.925984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01723093v1</w:t>
+                <w:t xml:space="preserve">hal-01722880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First laboratory validation of LQG control with the CANARY MOAO pathfinder</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vibration mitigation in adaptive optics control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Kulcsár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Massioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Sivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eric Gendron</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brent Ellerbroek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomical Telescopes+ Instrumentation, Adaptive Optics Systems III</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.926257⟩</w:t>
+              <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation, Adaptive Optics Systems III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Amsterdam, Netherlands. pp.84470Z </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.926050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01395579v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01723093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approximating the Riccati Equation solution for optimal estimation in large-scale Adaptive Optics systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paolo Massioni</w:t>
+                <w:t xml:space="preserve">First laboratory validation of LQG control with the CANARY MOAO pathfinder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetano Sivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gendron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2012 American Control Conference - ACC 2012</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACC.2012.6314826⟩</w:t>
+              <w:t xml:space="preserve">Astronomical Telescopes+ Instrumentation, Adaptive Optics Systems III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brent L. Ellerbroek; Enrico Marchetti; Jean-Pierre Véran, 2012, Amsterdam, Netherlands. pp.84472Y, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.926257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01723015v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01395579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibrations in AO control: a short analysis of on-sky data around the world</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Approximating the Riccati Equation solution for optimal estimation in large-scale Adaptive Optics systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Massioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Conan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation, Adaptive Optics Systems III</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Amsterdam, Netherlands. pp.84471C, </w:t>
+              <w:t xml:space="preserve">2012 American Control Conference - ACC 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Montréal, Canada. </w:t>
             </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.925984⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ACC.2012.6314826⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01722880v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01723015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The use of LQ control to optimize the dynamic behavior of an electromagnetic deformable mirror for ophthalmic applications</w:t>
               </w:r>
@@ -13739,51 +13739,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Ödlund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Levecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13860,51 +13860,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Sivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13972,51 +13972,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are integral controllers adapted to the new era of ELT adaptive optics?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14093,51 +14093,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Massioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Conan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14210,51 +14210,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurea Garcia-Rissmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yamina El Mrabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14370,51 +14370,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ELECTROMOTION 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2009, Lille, France</w:t>
@@ -15085,51 +15085,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delay-Based Non-linear Observers for Congestion Control in Communication Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15192,51 +15192,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">State-Space Models for Control and Identification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Kulcsár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15344,51 +15344,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PCS -- A Roadmap for Exoearth Imaging with the ELT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Kasper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Cerpa Urra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15764,51 +15764,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-05239297v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cheneau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Journet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boffety" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Goudail" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Kulcs&#225;r" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/ymkm-frhw" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726490v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Gomes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos M. Correia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Bardou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cetre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Kolb" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348486" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823070v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Fran&#231;ois Raynaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejcon.2024.101116" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749975v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Goulas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Galicher" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vidal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Mazoyer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ferreira" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450215" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998890v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gresil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Lee" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Caicedo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Mart&#237;n Mu&#241;oz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2023.129699" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04525715v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Marquis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Galland" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Marco de la Rosa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ic&#237;ar Montilla" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.502531" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189164v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cognet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Goudail" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/josaa.492654" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03473290v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.439993" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511422v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Cerpa-Urra" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Kasper" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JATIS.8.1.019001" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03376293v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Christou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Girkin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Young" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.418282" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128047v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OSAC.415925" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331525v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Duverger" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sauer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.432696" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084041v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyes Nechak" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Francois Raynaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.5339" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03169469v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Preng&#232;re" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.391484" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025638v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Aleksanyan" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.402752" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03169410v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Sinquin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gendron" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa2562" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255185v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiaan Haffert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Harris" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Zanutta" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fraser Pike" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bianco" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JATIS.6.4.045007" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453831v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fontbonne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Coutrot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.58.11.113107" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386525v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Juv&#233;nal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Conan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.35.001465" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01682896v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Falc&#243;n" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.56.6.065104" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511204v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurea Garcia-Rissmann" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.7.001051" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511189v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ly&#232;s Nechak" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2015.02.027" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075192v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Massioni" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2014.2336591" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723772v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Paques" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahira Miloudi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leseigneur" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chaumette" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/IAE.0000000000000269" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723770v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jacob" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Krivosic" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Dupas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Couturier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajo.2014.09.043" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LQSQGCG8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01739389v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Sivo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.023565" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813593v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Gilles" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Ellerbroek" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.30.000898" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590368v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Correia" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejc.17.222-236" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590239v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Correia" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Conan" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.1625" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/254402EB26835C68B70E14C709AA6FA004D4AE13/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723189v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0947-3580(11)70588-X" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590216v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.28.002298" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590263v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Costille" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Petit" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/EJC.17.302&#8211;315" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590428v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika &#214;dlund" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Harms" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Levecq" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.49.00G120" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590453v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.27.00A133" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511071v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.27.000333" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511082v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.27.000469" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511099v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590439v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Meimon" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fusco" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.27.00A122" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590494v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.26.001307" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590483v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Champagnat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Le Besnerais" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.26.001730" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511060v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.16.000087" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590519v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Viaris De Lesegno" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.14.007464" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591553v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2005.10.013" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0KQVFKNZ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591598v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Le Roux" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mugnier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.21.001261" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592108v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pronzato" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Walter" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592004v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/9.506238" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592816v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pronzato" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0947-3580(96)70037-7" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C44G67H2-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592828v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0020-7101(94)90099-X" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/905ECCC2B57778C4B1257DD50530AB8089923F01/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882018v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Levraud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain F&#233;tick" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Dray" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOPT.2024.OF1F.4" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04734161v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ic&#237;ar Montilla Garcia" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3020099" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825094v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Reyes Garc&#237;a-Talavera" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto L&#243;pez" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Luis Aznar" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3020058" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604986v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Osborn" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34693/COAT2023-009" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668436v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Sturm" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Davies" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Alves" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Cl&#233;net" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Kotilainen" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3017752" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414776v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schreiber" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Langlois" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jolissaint" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Diolaiti" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine B&#233;chet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-128" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402861v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Tallon" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thi&#233;baut" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Tallon-Bosc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-049" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419706v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-033" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809993v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Boccaletti" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Chauvin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Wildi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Milli" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Stadler" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2630154" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04545753v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana S Torres" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew P Reeves" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Mata Calvo" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOA.2022.OF2B.2" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188330v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331684v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331689v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417511v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/COSI.2021.CF4B.5" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04545680v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Preng&#233;re" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOMS.2020.JW4G.5" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224500v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Morris" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Reyes" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iciar Montilla" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Rousset" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2562805" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505647v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146244v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34693/COAT2019-S3-002" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366076v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493818v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01739412v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714314v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.580" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722312v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Benesty" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Koch" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rosenbaum" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Girerd" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Alain Sahel" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722322v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garrel" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Marin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleazar Carrasco Damele" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Montes" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2233747" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714164v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/COSI.2016.CTh1D.5" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01759700v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Gigoux" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722318v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2234443" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722330v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2233191" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722326v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2234266" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722325v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Fezzani" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOMS.2016.AOM3C.3" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023215v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Leboulleux" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Juvenal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20353/K3T4CP1131621" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01740413v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722345v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722372v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Westphal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Charton" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOMS.2015.JT5A.32" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722362v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Juv&#233;nal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20353/K3T4CP1131628" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722367v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20353/K3T4CP1131623" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735046v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gendron" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01740414v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01740412v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladyslav Potapchuk" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722357v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722377v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wang" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ellerbroek" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2057400" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722748v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Plyer" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCIM.2014.7008811" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722737v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cornic" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Boyenga" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Plyer" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01069649v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Petit" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Sauvage" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fusco" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sevin" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Suarez" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2052847" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722744v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2014.6862339" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01740415v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722375v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alastair Basden" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2056279" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075302v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rossant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lerm&#233;" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722761v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCIM.2014.7008813" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722803v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nechak" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.-F. Raynaud" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130703-3-FR-4038.00057" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01740416v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01740418v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722833v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12839/AO4ELT3.13353" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722775v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOPT.2013.OW3A.3" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01740417v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802316v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722813v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOPT.2013.OTu2A.2" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722864v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12839/AO4ELT3.15023" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01783554v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723093v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.926050" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01395579v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.926257" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723015v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.2012.6314826" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722880v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Neichel" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#1195;ois Rigaut" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.925984" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723071v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Gh. Podoleanu" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723038v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723103v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723044v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOPT.2011.AMB3" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723085v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamina El Mrabet" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betul Sahin" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.875809" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447332v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Ojeda" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mininger" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gabsi" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04784666v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanghyeop Lee" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Faisant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04305376v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Molineri" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Briosne Frejaville" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04305281v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722298v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118827253.ch5" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01739411v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Champagnat" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01613190v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-49556-7_1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/64E4A2866F548D785764E02D94D88BFF062BCC3A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01613283v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Hammi" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-31597-1_9" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5D9E93BDF4E2A8B1887DA0B48E539A8B7CA47273/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445145v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Cerpa Urra" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prashant Pathak" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Bonse" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalo Nousiainen" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5221" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783536v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783531v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-05239297v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cheneau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Journet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boffety" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Goudail" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Kulcs&#225;r" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/ymkm-frhw" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726490v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Gomes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos M. Correia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Bardou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cetre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Kolb" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348486" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749975v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Goulas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Galicher" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vidal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Mazoyer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ferreira" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450215" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823070v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Fran&#231;ois Raynaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejcon.2024.101116" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998890v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gresil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Lee" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Caicedo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Mart&#237;n Mu&#241;oz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2023.129699" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04525715v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Marquis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Galland" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Marco de la Rosa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ic&#237;ar Montilla" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.502531" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189164v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cognet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Goudail" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/josaa.492654" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511422v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Cerpa-Urra" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Kasper" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JATIS.8.1.019001" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03473290v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.439993" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03376293v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Christou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Girkin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Young" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.418282" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128047v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OSAC.415925" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331525v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Duverger" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sauer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.432696" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084041v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyes Nechak" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Francois Raynaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.5339" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025638v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Aleksanyan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.402752" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03169469v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Preng&#232;re" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.391484" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03169410v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Sinquin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gendron" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa2562" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255185v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiaan Haffert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Harris" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Zanutta" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fraser Pike" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bianco" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JATIS.6.4.045007" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453831v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fontbonne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Coutrot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.58.11.113107" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386525v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Juv&#233;nal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Conan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.35.001465" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01682896v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Falc&#243;n" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.56.6.065104" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511204v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurea Garcia-Rissmann" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.7.001051" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511189v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ly&#232;s Nechak" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2015.02.027" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075192v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Massioni" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2014.2336591" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723772v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Paques" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahira Miloudi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leseigneur" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chaumette" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/IAE.0000000000000269" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723770v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jacob" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Krivosic" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Dupas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Couturier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajo.2014.09.043" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LQSQGCG8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01739389v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Sivo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.023565" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813593v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Gilles" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Ellerbroek" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.30.000898" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590263v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Costille" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Petit" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/EJC.17.302&#8211;315" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590368v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Correia" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejc.17.222-236" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723189v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0947-3580(11)70588-X" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590239v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Correia" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Conan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.1625" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/254402EB26835C68B70E14C709AA6FA004D4AE13/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590216v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.28.002298" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590428v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika &#214;dlund" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Harms" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Levecq" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.49.00G120" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590453v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.27.00A133" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511071v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.27.000333" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511082v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.27.000469" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511099v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590439v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Meimon" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fusco" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.27.00A122" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590494v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.26.001307" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590483v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Champagnat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Le Besnerais" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.26.001730" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511060v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.16.000087" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590519v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Viaris De Lesegno" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.14.007464" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591553v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2005.10.013" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0KQVFKNZ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591598v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Le Roux" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mugnier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.21.001261" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592108v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pronzato" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Walter" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592816v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pronzato" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0947-3580(96)70037-7" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C44G67H2-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592004v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/9.506238" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592828v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0020-7101(94)90099-X" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/905ECCC2B57778C4B1257DD50530AB8089923F01/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668436v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Sturm" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Davies" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Alves" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Cl&#233;net" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Kotilainen" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3017752" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882018v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Levraud" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain F&#233;tick" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Dray" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOPT.2024.OF1F.4" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04734161v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ic&#237;ar Montilla Garcia" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3020099" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825094v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Reyes Garc&#237;a-Talavera" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto L&#243;pez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Luis Aznar" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3020058" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604986v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Osborn" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34693/COAT2023-009" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402861v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine B&#233;chet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Tallon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thi&#233;baut" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Tallon-Bosc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Langlois" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-049" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414776v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schreiber" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jolissaint" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Diolaiti" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-128" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419706v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-033" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809993v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Boccaletti" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Chauvin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Wildi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Milli" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Stadler" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2630154" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04545753v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana S Torres" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew P Reeves" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Mata Calvo" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOA.2022.OF2B.2" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188330v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331684v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331689v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417511v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/COSI.2021.CF4B.5" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04545680v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Preng&#233;re" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOMS.2020.JW4G.5" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224500v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Morris" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Reyes" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iciar Montilla" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Rousset" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2562805" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505647v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146244v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34693/COAT2019-S3-002" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493818v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366076v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01739412v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714314v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.580" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722325v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Benesty" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Fezzani" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOMS.2016.AOM3C.3" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714164v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/COSI.2016.CTh1D.5" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01759700v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Gigoux" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Marin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722322v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garrel" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleazar Carrasco Damele" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Montes" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2233747" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722312v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Koch" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rosenbaum" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Girerd" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Alain Sahel" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722318v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2234443" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722330v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2233191" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722326v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2234266" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722357v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023215v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Leboulleux" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Juvenal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20353/K3T4CP1131621" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722362v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Juv&#233;nal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20353/K3T4CP1131628" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722372v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Westphal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Charton" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOMS.2015.JT5A.32" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735046v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gendron" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722367v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20353/K3T4CP1131623" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722345v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01740413v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01740414v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01740412v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladyslav Potapchuk" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722377v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wang" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ellerbroek" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2057400" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01069649v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Petit" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Sauvage" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fusco" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sevin" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Suarez" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2052847" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722748v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Plyer" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCIM.2014.7008811" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722737v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cornic" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Boyenga" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Plyer" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722744v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2014.6862339" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01740415v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075302v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rossant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lerm&#233;" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722375v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alastair Basden" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2056279" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722761v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCIM.2014.7008813" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01783554v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722803v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nechak" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.-F. Raynaud" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130703-3-FR-4038.00057" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01740416v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722833v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12839/AO4ELT3.13353" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722775v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOPT.2013.OW3A.3" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01740417v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01740418v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802316v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722813v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOPT.2013.OTu2A.2" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722864v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12839/AO4ELT3.15023" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722880v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Neichel" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#1195;ois Rigaut" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.925984" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723093v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.926050" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01395579v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.926257" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723015v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.2012.6314826" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723071v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Gh. Podoleanu" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723038v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723103v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723044v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOPT.2011.AMB3" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01723085v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamina El Mrabet" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betul Sahin" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.875809" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447332v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Ojeda" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mininger" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gabsi" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04784666v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanghyeop Lee" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Faisant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04305376v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Molineri" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Briosne Frejaville" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04305281v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722298v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118827253.ch5" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01739411v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Champagnat" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01613190v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-49556-7_1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/64E4A2866F548D785764E02D94D88BFF062BCC3A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01613283v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Hammi" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-31597-1_9" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5D9E93BDF4E2A8B1887DA0B48E539A8B7CA47273/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445145v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Cerpa Urra" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prashant Pathak" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Bonse" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalo Nousiainen" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5221" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783536v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783531v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>