--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -652,165 +652,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03708887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metavers, Web3 : la révolution juridique en trompe-l'oeil</w:t>
+                <w:t xml:space="preserve">Fiscalité des NFTs et du Metaverse - Une introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Lequesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recueil Dalloz</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 34, pp.1714-1715</w:t>
+              <w:t xml:space="preserve">Revue de droit fiscal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 36, pp.303</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03914915v1</w:t>
+                <w:t xml:space="preserve">hal-03914922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiscalité des NFTs et du Metaverse - Une introduction</w:t>
+                <w:t xml:space="preserve">Metavers, Web3 : la révolution juridique en trompe-l'oeil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Lequesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de droit fiscal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 36, pp.303</w:t>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34, pp.1714-1715</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03914922v1</w:t>
+                <w:t xml:space="preserve">hal-03914915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discrimination et biais genrés</w:t>
               </w:r>
@@ -1005,260 +1005,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Encadrement des technologies de surveillance : les enseignements de l’expérimentation des JO 2024</w:t>
+                <w:t xml:space="preserve">Direction colloque Surveillance (35 intervenants), L. Laref, M. Laref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brunessen Bertrand</w:t>
+                <w:t xml:space="preserve">Michaël Laref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Caroline Lequesne</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Laref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Le Hénanff</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aïm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Bigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">L. Laref, M. Laref (dir.), Surveillance, Colloque des 6 et 7 avril 2023, organisé à la Faculté de droit de l'UCLille. Colloque organisé dans le cadre d’un projet de recherche INES, en partenariat avec les éditions Dalloz, les revues AJ Pénal Dalloz et Dalloz iP/iT, le Ministère de la Justice-Ecole Nationale d’Administration Pénitentiaire, le Centre Interdisciplinaire de Recherche Appliquée au champ Pénitentiaire (CIRAP), l’Institut des Hautes Etudes du Ministère de l’Intérieur (IHEMI) et avec le soutien du Centre de Recherche sur les Relations entre les Risques et le Droit (C3RD), l'UCLille, la Fondation de la catho, la région Haut-de-France. 35 intervenants.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04135761v1</w:t>
+                <w:t xml:space="preserve">hal-04349488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direction colloque Surveillance (35 intervenants), L. Laref, M. Laref</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michaël Laref</w:t>
+                <w:t xml:space="preserve">Encadrement des technologies de surveillance : les enseignements de l’expérimentation des JO 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brunessen Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laure Laref</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Lequesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Aïm</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Le Hénanff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Bigo</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jérôme Tré-Hardy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L. Laref, M. Laref (dir.), Surveillance, Colloque des 6 et 7 avril 2023, organisé à la Faculté de droit de l'UCLille. Colloque organisé dans le cadre d’un projet de recherche INES, en partenariat avec les éditions Dalloz, les revues AJ Pénal Dalloz et Dalloz iP/iT, le Ministère de la Justice-Ecole Nationale d’Administration Pénitentiaire, le Centre Interdisciplinaire de Recherche Appliquée au champ Pénitentiaire (CIRAP), l’Institut des Hautes Etudes du Ministère de l’Intérieur (IHEMI) et avec le soutien du Centre de Recherche sur les Relations entre les Risques et le Droit (C3RD), l'UCLille, la Fondation de la catho, la région Haut-de-France. 35 intervenants.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Lille, France</w:t>
+              <w:t xml:space="preserve">Conférence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04349488v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04135761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId33"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1334,51 +1334,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C011B4C8"/>
+    <w:nsid w:val="4E122260"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1565,51 +1565,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-lequesne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/19348210X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04977921v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lequesne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978556v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04561495v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571659v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571660v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914921v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708887v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914915v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914922v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487306v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Charpenet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571658v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04135761v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunessen Bertrand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le H&#233;nanff" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Tr&#233;-Hardy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349488v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Laref" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Laref" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier A&#239;m" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Forest" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bigo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-lequesne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/19348210X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04977921v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lequesne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978556v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04561495v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571659v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571660v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914921v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708887v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914922v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914915v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487306v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Charpenet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571658v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349488v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Laref" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Laref" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier A&#239;m" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Forest" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bigo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04135761v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunessen Bertrand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le H&#233;nanff" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Tr&#233;-Hardy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>