--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -66,2883 +66,3017 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addressing spatial confounding in geostatistical regression models: An R‐ INLA approach</w:t>
+                <w:t xml:space="preserve">Towards a New Interpretative Framework for Air Quality and Climate Biomonitoring With Lichens: A Meta‐Analysis of Surveys Using the European Protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Lamouroux</w:t>
+                <w:t xml:space="preserve">Hugo Counoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alizée Geffroy</w:t>
+                <w:t xml:space="preserve">Laure Turcati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Leblond</w:t>
+                <w:t xml:space="preserve">Patrick Bogaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Meyer</w:t>
+                <w:t xml:space="preserve">Gregory Agnello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Albert</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Annabelle Austruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (9), pp.2082-2097. </w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (12), </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/2041-210X.70106⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/gcb.70632⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05230005v1</w:t>
+                <w:t xml:space="preserve">mnhn-05551370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial extrapolation of cadmium concentration in terrestrial mosses using multiple linear regression model predictions across French biogeographical regions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Addressing spatial confounding in geostatistical regression models: An R‐ INLA approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Lamouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizée Geffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Albert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-025-35985-5⟩</w:t>
+              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (9), pp.2082-2097. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/2041-210X.70106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04932902v1</w:t>
+                <w:t xml:space="preserve">hal-05230005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal and spatial distribution of Platinum Group Elements in rural French metropolitan territory using forest mosses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Spatial extrapolation of cadmium concentration in terrestrial mosses using multiple linear regression model predictions across French biogeographical regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Lamouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Albert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2025.144717⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-025-35985-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-05304505v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04932902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing and sourcing metal air contamination coupling concentrations and lead isotopes from moss biomonitoring in urban cemeteries</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Temporal and spatial distribution of Platinum Group Elements in rural French metropolitan territory using forest mosses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leblond</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discover Atmosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s44292-024-00022-6⟩</w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 390, pp.144717. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2025.144717⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-05185076v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-05304505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les teneurs en platinoïdes dans les mousses terrestres</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Characterizing and sourcing metal air contamination coupling concentrations and lead isotopes from moss biomonitoring in urban cemeteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Widory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edson Plasencia Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Lequy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les cahiers de la Recherche : Santé, Environnement, Travail</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Discover Atmosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2 (1), pp.20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s44292-024-00022-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04230538v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-05185076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term exposure to airborne metals and risk of cancer in the French cohort Gazel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Lequy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Siemiatycki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Vienneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environment International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 177, pp.107999. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.envint.2023.107999⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04116986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling exposure to airborne metals using moss biomonitoring in cemeteries in two urban areas around Paris and Lyon in France</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Les teneurs en platinoïdes dans les mousses terrestres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les cahiers de la Recherche : Santé, Environnement, Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 21, pp.23-25</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03610840v2</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04230538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are Grimmia Mosses Good Biomonitors for Urban Atmospheric Metallic Pollution? Preliminary Evidence from a French Case Study on Cadmium</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Éric É. Parent</w:t>
+                <w:t xml:space="preserve">Modeling exposure to airborne metals using moss biomonitoring in cemeteries in two urban areas around Paris and Lyon in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Lequy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Vienneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Berr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Goldberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/atmos12040491⟩</w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 303, pp.119097. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2022.119097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03202170v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03610840v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inventaire des lichens corticoles dans trois sites parisiens et dans l'arboretum de Chèvreloup (Yvelines)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Are Grimmia Mosses Good Biomonitors for Urban Atmospheric Metallic Pollution? Preliminary Evidence from a French Case Study on Cadmium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bartholomé Vieille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Couvidat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric É. Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Naturae</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5852/naturae2021a23⟩</w:t>
+              <w:t xml:space="preserve">Atmosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.491. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/atmos12040491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-04157508v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03202170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Métaux, pollution de l'air et santé : Les mousses, des alliées originales en épidémiologie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Inventaire des lichens corticoles dans trois sites parisiens et dans l'arboretum de Chèvreloup (Yvelines)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Rivart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emeline Lequy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/medsci/2020062⟩</w:t>
+              <w:t xml:space="preserve">Naturae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23, pp.321-332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5852/naturae2021a23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02565725v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-04157508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term exposure to atmospheric metals assessed by mosses and mortality in France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Métaux, pollution de l'air et santé : Les mousses, des alliées originales en épidémiologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Lequy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environment International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envint.2019.05.004⟩</w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 36 (4), pp.376-381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2020062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02153618v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02565725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term exposure to atmospheric metals assessed by mosses and mortality in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Lequy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Siemiatycki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Zhivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environment International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 129, pp.145-153. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.envint.2019.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-04266052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The coastal environment affects lead and sodium uptake by the moss Hypnum cupressiforme used as an air pollution biomonitor</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Long-term exposure to atmospheric metals assessed by mosses and mortality in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Lequy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack Siemiatycki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Zhivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2017.11.045⟩</w:t>
+              <w:t xml:space="preserve">Environment International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 129, pp.145-153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envint.2019.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01780804v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02153618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Air pollution below WHO levels decreases by 40 % the links of terrestrial microbial networks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The coastal environment affects lead and sodium uptake by the moss Hypnum cupressiforme used as an air pollution biomonitor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Renaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nadine Bernard</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Lequy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10311-016-0589-8⟩</w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 193, pp.506-513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2017.11.045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01516963v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01780804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation and distribution of deposited trace elements transported over long and intermediate distances in north-eastern France using Sphagnum peatlands as a sentinel ecosystem</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Air pollution below WHO levels decreases by 40 % the links of terrestrial microbial networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Battle Karimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Laure Toussaint</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Daniel Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2014.11.041⟩</w:t>
+              <w:t xml:space="preserve">Environmental Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 14 (4), pp.467 - 475. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10311-016-0589-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01114347v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01516963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using testate amoeba as potential biointegrators of atmospheric deposition of phenanthrene (polycyclic aromatic hydrocarbon) on &amp;quot;moss/soil interface-testate amoeba community&amp;quot; microecosystems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Characterisation and distribution of deposited trace elements transported over long and intermediate distances in north-eastern France using Sphagnum peatlands as a sentinel ecosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorine Desalme</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nadine Bernard</w:t>
+                <w:t xml:space="preserve">Maria Diaz-De-Quijano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Binet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+                <w:t xml:space="preserve">Fabrice Monna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Franchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecotoxicology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 101, pp.286-293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2014.11.041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01061490v1</w:t>
+                <w:t xml:space="preserve">hal-01114347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">To What Extent Do Food Preferences Explain the Trophic Position of Heterotrophic and Mixotrophic Microbial Consumers in a Sphagnum Peatland?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent P Jassey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edward Ad Mitchell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbial ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 66 (3), pp.571 - 580. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00248-013-0262-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01420339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using &amp;quot;bryophytes and their associated testate amoeba&amp;quot; microsystems as indicators of atmospheric pollution</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Using testate amoeba as potential biointegrators of atmospheric deposition of phenanthrene (polycyclic aromatic hydrocarbon) on &amp;quot;moss/soil interface-testate amoeba community&amp;quot; microecosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">M. Franchi</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorine Desalme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Binet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Indicators</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecotoxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 22 (2), pp 287-294</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2011.05.020⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00654500v1</w:t>
+                <w:t xml:space="preserve">hal-01061490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of urban particulate deposition on microbial communities living in bryophytes: An experimental study</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Using &amp;quot;bryophytes and their associated testate amoeba&amp;quot; microsystems as indicators of atmospheric pollution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Moskura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">F. Denayer</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Franchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2010.07.012⟩</w:t>
+              <w:t xml:space="preserve">Ecological Indicators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13 (1), pp.144-151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2011.05.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01114330v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00654500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accumulation Capacities of Particulate Matter in an Acrocarpous and a Pleurocarpous Moss Exposed at Three Differently Polluted Sites (Industrial, Urban and Rural)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Relationship of Atmospheric Pollution Characterized by gas (NO2) and particles (PM10) to Microbial Communities Living in Bryophytes at Three Differently Polluted Sites (Rural, Urban and Industrial).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Fabure</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Caroline Meyer</w:t>
+                <w:t xml:space="preserve">André Gaudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Franchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F.-O. Denayer</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Daniel Gilbert</w:t>
+                <w:t xml:space="preserve">Hung Nguyen-Viet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water, Air, and Soil Pollution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11270-010-0333-0⟩</w:t>
+              <w:t xml:space="preserve">Microbial ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 59 (2), pp.324-334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00248-009-9580-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00451897v1</w:t>
+                <w:t xml:space="preserve">hal-00413828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship of Atmospheric Pollution Characterized by gas (NO2) and particles (PM10) to Microbial Communities Living in Bryophytes at Three Differently Polluted Sites (Rural, Urban and Industrial).</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marielle Franchi</w:t>
+                <w:t xml:space="preserve">Effects of urban particulate deposition on microbial communities living in bryophytes: An experimental study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Moskura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hung Nguyen-Viet</w:t>
+                <w:t xml:space="preserve">M.L. Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Denayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00248-009-9580-2⟩</w:t>
+              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 73 (7), pp.1776-1784. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2010.07.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00413828v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01114330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Accumulation Capacities of Particulate Matter in an Acrocarpous and a Pleurocarpous Moss Exposed at Three Differently Polluted Sites (Industrial, Urban and Rural)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Fabure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.-O. Denayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Gaudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Water, Air, and Soil Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 212, pp.205-217. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11270-010-0333-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00451897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Responses of Arvicola terrestris scherman populations to agricultural practices, and to Talpa europaea abundance in eastern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Morilhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Bournais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lamboley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 122 (3), pp.392-398. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.agee.2007.02.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00342526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2952,547 +3086,547 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exposure to airborne cadmium and lead and cognitive performance among Lyon residents within the French CONSTANCES cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lafontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kees de Hoogh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Goldberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th ISEE Europe Young and Early Career Researchers Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Rennes, France. pp.e327, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1097/EE9.0000000000000327⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04691985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moss Biomonitoring as an Alternative to Assess Exposure to Atmospheric Metals in Environmental Epidemiology: The Example of the Bramm Network and the Constances Cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Lequy-Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Siemiatycki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Zhivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISES-ISEE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Ottawa (Ontario), France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1289/isesisee.2018.O04.01.33⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04575210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Atmospheric Particulate Pollution (PM10) and Nitrogen Dioxide (NO2) on Testate Amoebae Communities Living in Microsystems &amp;quot;Bryophytes-Microorganisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Gaudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Franchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Denayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Symposium on Testate Amoebae ISTA-5</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Montbéliard, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00413823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions between particulate air pollution and environmental variables on microbial communities living in bryophytes: in situ and experimental studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Franchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Gaudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Denayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 18th</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00413817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3502,285 +3636,480 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of contextual elements on the spatial modelling of atmospheric cadmium accumulated by mosses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Lamouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Albert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spatial Statistics 2023: Climate and the Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Boulder (Colorado), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04241412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exposure to airborne cadmium and lead and cognitive function in an adult population in rural France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Lequy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lafontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Javad Zare Sakhvidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISEE 2021: 33rd Annual Conference of the International Society of Environmental Epidemiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, New york, France. 2021 (1), 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1289/isee.2021.P-237⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04604658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Projet BIPlate - Développement d’indicateurs de biosurveillance des teneurs en platinoïdes dans l’écosystème forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Museum National d'Histoire Naturelle (MNHN). 2025, pp.84</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-05549719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surveillance des retombées atmosphériques par analyse de mousses en France - Campagne 2021 du dispositif BRAMM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Museum National d'Histoire Naturelle (MNHN). 2024, pp.90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-05549759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId116"/>
+      <w:footerReference w:type="default" r:id="rId126"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3927,51 +4256,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05230005v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lamouroux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Geffroy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leblond" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Meyer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Albert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.70106" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932902v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-025-35985-5" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05304505v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2025.144717" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05185076v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Widory" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edson Plasencia S&#225;nchez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lequy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44292-024-00022-6" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04230538v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leblond" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116986v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Siemiatycki" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Vienneau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2023.107999" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610840v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Berr" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Goldberg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2022.119097" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202170v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartholom&#233; Vieille" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Couvidat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric &#201;. Parent" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12040491" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04157508v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Lebreton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rivart" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2021a23" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02565725v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Jacquemin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2020062" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02153618v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Zhivin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2019.05.004" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04266052v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780804v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Renaudin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rose" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2017.11.045" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516963v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Battle Karimi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gilbert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Bernard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-016-0589-8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114347v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Diaz-De-Quijano" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Monna" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Franchi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Toussaint" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2014.11.041" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D0JVTJDT-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061490v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine Desalme" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Binet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420339v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent P Jassey" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dupuy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Ad Mitchell" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-013-0262-8" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0SNC5GMB-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654500v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gillet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moskura" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Franchi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2011.05.020" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114330v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meyer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bernard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Toussaint" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Denayer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2010.07.012" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7L2WB9W3-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451897v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fabure" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-O. Denayer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gaudry" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11270-010-0333-0" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D3F905A90F6003952954A6F32A39930569BBDDA8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413828v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Nguyen-Viet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-009-9580-2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342526v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Morilhat" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Bournais" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lamboley" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2007.02.005" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NTHZMPCH-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691985v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lafontaine" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kees de Hoogh" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/EE9.0000000000000327" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575210v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lequy-Flahault" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1289/isesisee.2018.O04.01.33" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413823v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Denayer" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413817v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241412v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604658v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Javad Zare Sakhvidi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Yang" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1289/isee.2021.P-237" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05551370v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Counoy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Turcati" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bogaert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Agnello" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Austruy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70632" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05230005v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lamouroux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Geffroy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leblond" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Meyer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Albert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.70106" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932902v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-025-35985-5" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05304505v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2025.144717" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05185076v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Widory" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edson Plasencia S&#225;nchez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lequy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44292-024-00022-6" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116986v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Siemiatycki" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Vienneau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2023.107999" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04230538v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leblond" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610840v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Berr" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Goldberg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2022.119097" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202170v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartholom&#233; Vieille" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Couvidat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric &#201;. Parent" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12040491" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04157508v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Lebreton" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rivart" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2021a23" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02565725v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Jacquemin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2020062" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04266052v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Zhivin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2019.05.004" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02153618v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780804v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Renaudin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rose" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2017.11.045" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516963v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Battle Karimi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gilbert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Bernard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-016-0589-8" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114347v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Diaz-De-Quijano" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Monna" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Franchi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Toussaint" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2014.11.041" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D0JVTJDT-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420339v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent P Jassey" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dupuy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Ad Mitchell" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-013-0262-8" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0SNC5GMB-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061490v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine Desalme" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Binet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654500v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gillet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moskura" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Franchi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2011.05.020" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413828v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gaudry" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Nguyen-Viet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-009-9580-2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114330v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meyer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bernard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Toussaint" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Denayer" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2010.07.012" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7L2WB9W3-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451897v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fabure" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-O. Denayer" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11270-010-0333-0" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D3F905A90F6003952954A6F32A39930569BBDDA8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342526v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Morilhat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Bournais" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lamboley" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2007.02.005" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NTHZMPCH-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691985v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lafontaine" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kees de Hoogh" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/EE9.0000000000000327" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575210v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lequy-Flahault" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1289/isesisee.2018.O04.01.33" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413823v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Denayer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413817v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241412v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604658v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Javad Zare Sakhvidi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Yang" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1289/isee.2021.P-237" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05549719v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Paris" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05549759v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>