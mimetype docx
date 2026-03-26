--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -100,325 +100,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new face for the Gravettian. Exceptionnal discovery of a female statuette at Amiens-Renancourt 1 (France)</w:t>
+                <w:t xml:space="preserve">Stone disc production at Pincevent (France) reveals versatile uses of colouring materials in the Late Magdalenian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Paris</w:t>
+                <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émeline Deneuve</w:t>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Brière</w:t>
+                <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Hérisson</w:t>
+                <w:t xml:space="preserve">Mickaël Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Antoine</w:t>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 66, pp.105285. </w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 175, pp.106152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2025.105285⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jas.2025.106152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05404580v1</w:t>
+                <w:t xml:space="preserve">hal-04965996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stone disc production at Pincevent (France) reveals versatile uses of colouring materials in the Late Magdalenian</w:t>
+                <w:t xml:space="preserve">A new face for the Gravettian. Exceptionnal discovery of a female statuette at Amiens-Renancourt 1 (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Peschaux</w:t>
+                <w:t xml:space="preserve">Clément Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Salomon</w:t>
+                <w:t xml:space="preserve">Émeline Deneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
+                <w:t xml:space="preserve">Claire Brière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Baillet</w:t>
+                <w:t xml:space="preserve">David Hérisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+                <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 175, pp.106152. </w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 66, pp.105285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jas.2025.106152⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2025.105285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04965996v1</w:t>
+                <w:t xml:space="preserve">hal-05404580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From the Jura Arc to the Paris Basin: exploitation of jet as black raw material for making ornamental objects during the Magdalenian in the northwest Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Ligouis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -465,51 +465,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les coquilles de mollusques des fouilles Émile Rivière aux Balzi Rossi (Vintimille, Italie) : apport des collections Goury (Musée Lorrain, Nancy, France) et Moll (Laténium, Hauterive, Suisse)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Chauvière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -569,51 +569,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le mont Saint-Aubin à Oisy (Nièvre, France) : un lieu de production d’objets de parure sur coquilles du Badegoulien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bodu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -698,51 +698,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le mont Saint-Aubin à Oisy (Nièvre, France) : un lieu de production d’objets de parure sur coquilles du Badegoulien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bodu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -827,77 +827,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des parures hautes en couleurs ! Les disques perforés en roches du site magdalénien de Pincevent (La Grande-Paroisse, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élisa Caron-Laviolette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -951,277 +951,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04114502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le « Colombier » à Chézy-sur-Marne (Aisne, France) : analyses préliminaires d'un site inédit du Dernier Maximum Glaciaire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mesolithic settlement on la Haute-Île in Neuilly-sur-Marne (Seine-Saint-Denis, France): between funerary and domestic functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Peschaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Montoya</w:t>
+                <w:t xml:space="preserve">Alexandre Deseine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Averbouh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+                <w:t xml:space="preserve">Charlotte Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Dumarcay</w:t>
+                <w:t xml:space="preserve">Yann Le Jeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nejma Goutas</w:t>
+                <w:t xml:space="preserve">Benjamin Marquebielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mémoires de la Société préhistorique française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Préhistoire de l'Europe du Nord-Ouest : mobilités, climats et entités culturelles, Supplément du Bulletin de la Société Préhistorique Française (Les Mémoires de la SPF, pp.141-163</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 117 (4), pp.547-581</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02398481v1</w:t>
+                <w:t xml:space="preserve">hal-03222586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesolithic settlement on la Haute-Île in Neuilly-sur-Marne (Seine-Saint-Denis, France): between funerary and domestic functions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le « Colombier » à Chézy-sur-Marne (Aisne, France) : analyses préliminaires d'un site inédit du Dernier Maximum Glaciaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Deseine</w:t>
+                <w:t xml:space="preserve">Cyril Montoya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Leduc</w:t>
+                <w:t xml:space="preserve">Aline Averbouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Le Jeune</w:t>
+                <w:t xml:space="preserve">Gaëlle Dumarcay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Marquebielle</w:t>
+                <w:t xml:space="preserve">Nejma Goutas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 117 (4), pp.547-581</w:t>
+              <w:t xml:space="preserve">Mémoires de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Préhistoire de l'Europe du Nord-Ouest : mobilités, climats et entités culturelles, Supplément du Bulletin de la Société Préhistorique Française (Les Mémoires de la SPF, pp.141-163</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03222586v1</w:t>
+                <w:t xml:space="preserve">halshs-02398481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une nouvelle archéo-séquence pour le Magdalénien en Corrèze. Focus sur le Magdalénien moyen ancien de la grotte Bouyssonie (Brive-la-Gaillarde, Corrèze, France)</w:t>
               </w:r>
@@ -1341,103 +1341,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Premières observations sur le gisement gravettien à statuettes féminines d'Amiens-Renancourt 1 (Somme)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émeline Deneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Fagnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paule Coudret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 114 (3), pp.423-444. </w:t>
@@ -1469,260 +1469,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02056808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une sépulture assise et sous dalle, dans la boucle colmatée de la Marne à Meaux (77).</w:t>
+                <w:t xml:space="preserve">Retour à Solutré Route de la Roche : fouille préventive d'un gisement de plein air magdalénien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Durand</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Lajoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paulette Lawrence-Dubovac</w:t>
+                <w:t xml:space="preserve">Romain Malgarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Monchablon</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Céline Bemilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Alix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique d'Île-de-France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 113 (4), pp.824-828</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03867939v1</w:t>
+                <w:t xml:space="preserve">hal-02997020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retour à Solutré Route de la Roche : fouille préventive d'un gisement de plein air magdalénien</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Une sépulture assise et sous dalle, dans la boucle colmatée de la Marne à Meaux (77).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Bemilli</w:t>
+                <w:t xml:space="preserve">Juliette Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Bayle</w:t>
+                <w:t xml:space="preserve">Paulette Lawrence-Dubovac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Alix</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cécile Monchablon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Peschaux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 113 (4), pp.824-828</w:t>
+              <w:t xml:space="preserve">Revue archéologique d'Île-de-France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02997020v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03867939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Roc de Marcamps 2 (Prignac-et-Marcamps, Gironde) : nouvelles données sur la subsistance et les traditions techniques au début du Magdalénien moyen</w:t>
               </w:r>
@@ -1894,51 +1894,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Dumarçay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nejma Goutas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 359-360, pp.520 - 534. </w:t>
@@ -2027,51 +2027,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Portier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Rigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaëlle Jaouen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2109,51 +2109,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Los adornos Solutrenses : Identificación de un nuevo procedimiento de perforación de las conchas en Lachaud (Terrasson, Dordona, Francia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espacio, tiempo y forma. Serie I : Prehistoria y arqueología</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, pp.333-349. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2200,77 +2200,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La découverte du gisement de la Haye aux Mureaux (Yvelines) et ses implications sur la connaissance du peuplement magdalénien d'Île-de-France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Debout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Jeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Djema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charier Marie-Aline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2344,103 +2344,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An exploration of reds and yellows in the Paris basin: sourcing strategies during the upper Paleolithic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAA 2024 - Persisting with change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t>
@@ -2469,64 +2469,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amiens-Renancourt 1: An Exception in the Northwest European Gravettian?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paule Coudret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2594,77 +2594,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La variabilité des roches rouges et jaunes collectées au Magdalénien à Pincevent : genèse, sélection et altération</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2713,402 +2713,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03588026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Route de la Roche » : un nouveau gisement magdalénien à Solutré (Saône-et-Loire, France)</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les gisements gravettiens d’Amiens-Renancourt 1 et 2 (Somme, France) : premières données palethnologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Peschaux</w:t>
+                <w:t xml:space="preserve">Clément Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Auguste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Claud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Coutard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Préhistoire de l'Europe du Nord-Ouest : mobilité, climats et identités culturelles. 28e congrès préhistorique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Cyril Montoya; Jean-Pierre Fagnart; Jean‑luc Locht, May 2016, Amiens, France. pp.281-300</w:t>
+              <w:t xml:space="preserve">, Cyril Montoya; Jean-Pierre Fagnart; Jean‑luc Locht, May 2016, Amiens, France. pp.97-115</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02876595v1</w:t>
+                <w:t xml:space="preserve">hal-02500072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Solutrean-to-Magdalenian transition (ca. 23 cal. ka BP): what place for the Badegoulian in the evolving trajectory of hunter-gatherers societies in Southwestern Europe?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Ducasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Chauvière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Pétillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Castel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Last Glacial Maximum in Europe. State of knowledge in Geosciences and Archaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mayr C.; Maier A., Mar 2019, Erlangen-Nürnberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02132953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les gisements gravettiens d’Amiens-Renancourt 1 et 2 (Somme, France) : premières données palethnologiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">« Route de la Roche » : un nouveau gisement magdalénien à Solutré (Saône-et-Loire, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Lajoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bemilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Malgarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Paris</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Coutard</w:t>
+                <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Préhistoire de l'Europe du Nord-Ouest : mobilité, climats et identités culturelles. 28e congrès préhistorique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Cyril Montoya; Jean-Pierre Fagnart; Jean‑luc Locht, May 2016, Amiens, France. pp.97-115</w:t>
+              <w:t xml:space="preserve">, Cyril Montoya; Jean-Pierre Fagnart; Jean‑luc Locht, May 2016, Amiens, France. pp.281-300</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02500072v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02876595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le gisement paléolithique multistratifié d'Ormesson (Seine-et-Marne) : Palethnologie ou pâle ethnologie ?</w:t>
               </w:r>
@@ -3133,51 +3133,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Ballinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Dumarçay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nejma Goutas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lacarrière Julien Marie-Anne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3482,51 +3482,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retour sur les collections gravettiennes de Maisières « Canal » : réévaluation du potentiel du site via les premiers regards croisés sur l'exploitation alimentaire et technique des ressources animales fossiles et non fossiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Lacarrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Goutas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3719,103 +3719,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retour sur la transition Solutréo-Badegoulienne. Mise en perspective interdisciplinaire des données du sud-ouest français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Ducasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malvina Baumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bourdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Castel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du XVIIème Congrès de l'IUSPP, session A9c</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Burgos, Espagne</w:t>
@@ -3844,51 +3844,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La parure de La Garenne (Saint-Marcel, Indre) et les traditions de l’ornementation corporelle du début du Magdalénien moyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Chauvière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3971,51 +3971,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La question des associations entre restes humains, mobilier et art au Paléolithique : un axe de recherche majeur pour Dominique Henry-Gambier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Averbouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Chauvière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4023,51 +4023,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dachary Morgane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Feruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nejma Goutas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Boulestin Bruno; Averbouh Aline; Courtaud Patrice; Kacki Sacha; Maureille Bruno; Tillier Anne-Marie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dominique Henry-Gambier, itinéraires d'une paléoanthropologue, du terrain aux interprétations sociales</w:t>
@@ -4100,51 +4100,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La question des associations entre restes humains, mobilier et art : un axe de recherche majeur pour Dominique Henry-Gambier.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Averbouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Chauvière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4152,51 +4152,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Dachary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Feruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nejma Goutas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Averbouh A., Boulestin B., Courtaud P., Kacki S., Maureille B., Nespoulet R., Tillier A.-M.,. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hommage à Dominique Henry-Gambier</w:t>
@@ -4229,51 +4229,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Objets de parure et pièces assimilées des sites gravettiens du nord-ouest de l’Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Olivier Touzé; Nejma Goutas; Hélène Salomon; Pierre Noiret. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">O. Touzé, N. Goutas, H. Salomon &amp; P. Noiret (dir.) (2021) – Les sociétés gravettiennes du Nord-Ouest européen : nouveaux sites, nouvelles données, nouvelles lectures / Gravettian societies in North-western Europe: new sites, new data, new readings.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 150, Presses universitaires de Liège, pp.75-92, 2021, Études et recherches archéologiques de l'Université de Liège (ERAUL), 978-2-87562-297-6</w:t>
@@ -4341,64 +4341,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Goffette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Jadin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">O. Touzé, N. Goutas, H. Salomon &amp; P. Noiret. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les sociétés gravettiennes du Nord-Ouest européen : nouveaux sites, nouvelles données, nouvelles lectures / Gravettian societies in North-western Europe: new sites, new data, new readings</w:t>
@@ -4425,307 +4425,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02430085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le « Colombier » à Chézy-sur-Marne (Aisne, France) : analyses préliminaires d'un site inédit du Dernier Maximum Glaciaire.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nejma Goutas</w:t>
+                <w:t xml:space="preserve">Les implications chronoclimatiques, paléoenvironnementales et culturelles du Solutréen de la grotte Rochefort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphan Hinguant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Almudena Arellano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malvina Baumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Béarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bemilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Préhistoire de l'Europe du Nord-Ouest : mobilité, climats et identités culturelles, Volume 2 : Paléolithique supérieur ancien, Paléolithique final - Mésolithique, XXVIIIe Congrès préhistorique de France, Société Préhistorique Française, Amiens (30 mai - 4 juin 2016)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+              <w:t xml:space="preserve">Le Solutréen de la vallée de l'Erve (Mayenne) : Dix ans de recherche dans la grotte Rochefort</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 67, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Société préhistorique française</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.141-163, 2020, Paléolithique supérieur ancien, Paléolithique final - Mésolithique, 978-2-913745-79-2</w:t>
+              <w:t xml:space="preserve">, pp.339-342, 2020, Mémoires de la Société Préhistorique Française, 2-946745-82-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02478614v1</w:t>
+                <w:t xml:space="preserve">hal-03152269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les implications chronoclimatiques, paléoenvironnementales et culturelles du Solutréen de la grotte Rochefort</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Bemilli</w:t>
+                <w:t xml:space="preserve">Le « Colombier » à Chézy-sur-Marne (Aisne, France) : analyses préliminaires d'un site inédit du Dernier Maximum Glaciaire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Montoya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Averbouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Dumarçay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nejma Goutas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cyril Montoya, Jean-Pierre Fagnart &amp; Jean-Luc Locht. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Solutréen de la vallée de l'Erve (Mayenne) : Dix ans de recherche dans la grotte Rochefort</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 67, </w:t>
+              <w:t xml:space="preserve">Préhistoire de l'Europe du Nord-Ouest : mobilité, climats et identités culturelles, Volume 2 : Paléolithique supérieur ancien, Paléolithique final - Mésolithique, XXVIIIe Congrès préhistorique de France, Société Préhistorique Française, Amiens (30 mai - 4 juin 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Société préhistorique française</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.339-342, 2020, Mémoires de la Société Préhistorique Française, 2-946745-82-2</w:t>
+              <w:t xml:space="preserve">, pp.141-163, 2020, Paléolithique supérieur ancien, Paléolithique final - Mésolithique, 978-2-913745-79-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03152269v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02478614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le gisement paléolithique multistratifié « les Bossats » à Ormesson (Seine-et-Marne, France) : palethnographie ou pâle ethnographie ? Une synthèse des huit premières années de fouille (2009-2016)</w:t>
               </w:r>
@@ -4750,64 +4750,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Ballinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Dumarcay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nejma Goutas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du XXVIIIe congrès préhistorique de France – Amiens, 30 mai-4 juin 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2 : Paléolithique supérieur ancien, Paléolithique final – Mésolithique, </w:t>
@@ -4849,90 +4849,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une palethnologie du pauvre : apports des séquences du Sud-Ouest de la France à la définition des comportements techno- et socio-économiques lors de la transition solutréo-badegoulienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Ducasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malvina Baumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Castel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Chauvière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4972,341 +4972,341 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02361075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le « Colombier » à Chézy-sur-Marne (Aisne, France) : analyses préliminaires d'un site inédit du Dernier Maximum Glaciaire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Le “ Colombier ” à Chézy sur Marne (Aisne): analyses préliminaires d’un site inédit du Dernier Maximum Glaciaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Montoya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Averbouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Dumarçay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nejma Goutas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Cyril Montoya, Jean-Pierre Fagnart, Jean-Luc Locht. </w:t>
+              <w:t xml:space="preserve">C. Montoya; J.P. Fagnart; J. L. Locht. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Préhistoire de l'Europe du Nord-Ouest: Mobilités, climats et identités Culturelles - 28eme Congrès Préhistorique de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2, Société Préhistorique Française, pp.141-163, 2019, Paléolithique supérieur ancien, Paléolithique final - Mésolithique, 978-2-913745-80-3</w:t>
+              <w:t xml:space="preserve">Préhistoire de l’Europe du Nord-Ouest : mobilité, climats et entités culturelles, actes du XXVIIIe Congrès Préhistorique de France (Amiens, 30 mai-4 juin 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Préhistorique Française, pp.141-163, 2019, Mémoires de la Société Préhistorique Française</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02529545v1</w:t>
+                <w:t xml:space="preserve">halshs-03038315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le “ Colombier ” à Chézy sur Marne (Aisne): analyses préliminaires d’un site inédit du Dernier Maximum Glaciaire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Le « Colombier » à Chézy-sur-Marne (Aisne, France) : analyses préliminaires d'un site inédit du Dernier Maximum Glaciaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Montoya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Averbouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Dumarçay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nejma Goutas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">C. Montoya; J.P. Fagnart; J. L. Locht. </w:t>
+              <w:t xml:space="preserve">Cyril Montoya, Jean-Pierre Fagnart, Jean-Luc Locht. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Préhistoire de l’Europe du Nord-Ouest : mobilité, climats et entités culturelles, actes du XXVIIIe Congrès Préhistorique de France (Amiens, 30 mai-4 juin 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Préhistorique Française, pp.141-163, 2019, Mémoires de la Société Préhistorique Française</w:t>
+              <w:t xml:space="preserve">Préhistoire de l'Europe du Nord-Ouest: Mobilités, climats et identités Culturelles - 28eme Congrès Préhistorique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, Société Préhistorique Française, pp.141-163, 2019, Paléolithique supérieur ancien, Paléolithique final - Mésolithique, 978-2-913745-80-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03038315v1</w:t>
+                <w:t xml:space="preserve">hal-02529545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magdalenian “Beadwork Time” in the Paris Basin (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Debout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bodu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5361,51 +5361,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’équipement à la parure, quelques éléments de distinction des industries osseuses solutréennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malvina Baumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jacques Jaubert; Nathalie Fourment; Pascal Depaepe. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transitions, ruptures et continuité durant la Préhistoire, XXVIIe Congrès Préhistorique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, Société préhistorique française, pp.355-370, 2014, 978-2-913745-55-1</w:t>
@@ -5426,51 +5426,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04162204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (46)</w:t>
+        <w:t xml:space="preserve">Rapport (47)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -5582,1698 +5582,1702 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05515975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(2024) - Rappel de la campagne 2023 et investigations 2024, in Bignon-Lau O (dir.), Peschaux C (co-dir.), Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) 2024 (Triennale 2023-2025) Site n° 77210 AP</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rapport de fouille programmée 2023 (3ème année de la triennale 2021-2023) Amiens-Renancourt 1, Bilan 2013-2023, Amiens (Somme), ZAC de Renancourt, rue Haute des Champs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pierre Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Bahain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2025, pp.13-20</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture et de la Communication. 2025, pp.493</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05055255v1</w:t>
+                <w:t xml:space="preserve">hal-05547851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet REVOL-VERS. Retour sur l'évolution des stratégies de subsistance entre Solutréen et Badegoulien au Cuzoul de Vers</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">(2024) - Rappel de la campagne 2023 et investigations 2024, in Bignon-Lau O (dir.), Peschaux C (co-dir.), Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) 2024 (Triennale 2023-2025) Site n° 77210 AP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Peschaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2025, pp.13-20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Lacrampe-Cuyaubère</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-04941320v1</w:t>
+                <w:t xml:space="preserve">hal-05055255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction – Objectifs de la campagne et progrès de la monographie du niveau IV0, in Bignon-Lau O (dir.), Peschaux C (co-dir.), Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, p. 9-13</w:t>
+                <w:t xml:space="preserve">Projet REVOL-VERS. Retour sur l'évolution des stratégies de subsistance entre Solutréen et Badegoulien au Cuzoul de Vers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Ducasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Constans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Delvigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lacrampe-Cuyaubère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport annuel d'APP, DRAC Occitanie Ouest, Service Régional d'Archéologie, Toulouse. 2024, 82 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04312873v1</w:t>
+                <w:t xml:space="preserve">hal-04941320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rappel des travaux antérieurs, in Bignon-Lau O (dir.), Peschaux C (co-dir.), Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Bilan et perspectives, in Bignon-Lau O (dir.), Peschaux C (co-dir.), Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, p. 31-34</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, p. 63-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04343538v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04343542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observations préliminaires des coupes des sections 37 et 38, in Bignon-Lau O (dir.), Peschaux C (co-dir.), Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, p. 41-42</w:t>
+                <w:t xml:space="preserve">GOUTAS N. ET M. ONFRAY dir. (2023) - GéoARChéologie et ARChéologie des grottes préhistoriques du massif d’ARCy-sur-Cure/Saint-Moré (Bourgogne Franche-Comté) - Des objets archéologiques aux trajectoires humaines collectives, Bilan d’activités, projet G3ARC 2021 -2023 et prospectives, Projet MSH Mondes – Axe 4 « Objets », 3 volumes (271 p., annexes 1 et 2 : 275 p. et 23 p.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nejma Goutas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marylise Onfray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Barriquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bodu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS; Inrap; Université de Paris 1 Panthéon - Sorbonne; Université Jean Jaurès; Université de Lyon 2. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04312881v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04380939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Observations préliminaires des coupes des sections 37 et 38, in Bignon-Lau O (dir.), Peschaux C (co-dir.), Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Peschaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, 235 p</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, p. 41-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04312871v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04312881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan et perspectives, in Bignon-Lau O (dir.), Peschaux C (co-dir.), Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, p. 63-66</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, 235 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04343542v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04312871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GOUTAS N. ET M. ONFRAY dir. (2023) - GéoARChéologie et ARChéologie des grottes préhistoriques du massif d’ARCy-sur-Cure/Saint-Moré (Bourgogne Franche-Comté) - Des objets archéologiques aux trajectoires humaines collectives, Bilan d’activités, projet G3ARC 2021 -2023 et prospectives, Projet MSH Mondes – Axe 4 « Objets », 3 volumes (271 p., annexes 1 et 2 : 275 p. et 23 p.)</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">CNRS; Inrap; Université de Paris 1 Panthéon - Sorbonne; Université Jean Jaurès; Université de Lyon 2. 2023</w:t>
+                <w:t xml:space="preserve">Introduction – Objectifs de la campagne et progrès de la monographie du niveau IV0, in Bignon-Lau O (dir.), Peschaux C (co-dir.), Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Peschaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, p. 9-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04380939v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04312873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sondages exploratoires à l’est des bâtiments de la base de vie. Objectifs initiaux de la campagne 2023, in Bignon-Lau O (dir.), Peschaux C (co-dir.), Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Rappel des travaux antérieurs, in Bignon-Lau O (dir.), Peschaux C (co-dir.), Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Peschaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, p. 75-76</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bodu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Debout</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, p. 31-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04312884v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04343538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Sondage S70 – section 70 » in Bignon-Lau O (dir.), Peschaux C (co-dir.), rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Sondages exploratoires à l’est des bâtiments de la base de vie. Objectifs initiaux de la campagne 2023, in Bignon-Lau O (dir.), Peschaux C (co-dir.), Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, pp.101-104</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, p. 75-76</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04310379v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04312884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Fouilles du niveau IV21.3 - section 37, Rappel des travaux antérieurs » in Bignon-Lau O (dir.), Peschaux C (co-dir.), rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">« Sondage S70 – section 70 » in Bignon-Lau O (dir.), Peschaux C (co-dir.), rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bodu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Debout</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, pp.31-34</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Marcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, pp.101-104</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04310401v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04310379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouilles du niveau IV21.3 - section 37. Objectifs et déroulement de la campagne 2023, in Bignon-Lau O (dir.), Peschaux C (co-dir.), Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, p. 35-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04312878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sondages exploratoires à l’est des bâtiments de la base de vie : conclusion et perspectives, in Bignon-Lau O (dir.), Peschaux C (co-dir.), Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">« Fouilles du niveau IV21.3 - section 37, Rappel des travaux antérieurs » in Bignon-Lau O (dir.), Peschaux C (co-dir.), rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Peschaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bodu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Debout</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...21 lines deleted...]
-              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, p. 101-104</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, pp.31-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04314791v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04310401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conclusion et perspectives, in Bignon-Lau O (dir.), Peschaux C (co-dir.), Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Sondages exploratoires à l’est des bâtiments de la base de vie : conclusion et perspectives, in Bignon-Lau O (dir.), Peschaux C (co-dir.), Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, p. 127-130</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bodu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Debout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Marcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, p. 101-104</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04312896v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04314791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Unité 37-H103 » in Bignon-Lau O (dir.), Peschaux C (co-dir.), rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Conclusion et perspectives, in Bignon-Lau O (dir.), Peschaux C (co-dir.), Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, pp.43-62</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, p. 127-130</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04310442v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04312896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte du Taillis des Coteaux, Antigny (Vienne)</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« Unité 37-H103 » in Bignon-Lau O (dir.), Peschaux C (co-dir.), rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2023-2025) Site n° 77210 AP.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Peschaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bodu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Debout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Dumarçay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2023, pp.43-62</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margot Damery</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-03934038v1</w:t>
+                <w:t xml:space="preserve">hal-04310442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique d’occupation du massif d’Arcy-sur-Cure et de la vallée de la Cure au cours de la Préhistoire, Projet G3ARC, Rapport d’opération de sondage de mai 2022, SRA Bourgogne Franche-Comté, 58 pages</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lionel Barriquand</w:t>
+                <w:t xml:space="preserve">La grotte du Taillis des Coteaux, Antigny (Vienne)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Primault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Cailhol</w:t>
+                <w:t xml:space="preserve">Élise Cormarèche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chailloux Daniel</w:t>
+                <w:t xml:space="preserve">Margot Damery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Gaussein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">SRA Bourgogne-Franche-Comté - DRAC. 2022</w:t>
+              <w:t xml:space="preserve">DRAC Nouvelle-Aquitaine, Service Régional de l’Archéologie. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03895699v1</w:t>
+                <w:t xml:space="preserve">hal-03934038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet de la demande d’autorisation triennale 2023-2025, in Bignon-Lau O (dir.) 2022, Rapport final d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2020-2022) Site n° 77210 AP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bodu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7328,3061 +7332,3179 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04312866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bourgogne Franche-Comté, Saône-et-Loire, Solutré-Pouilly, Route de la Roche. À la redécouverte du Magdalénien de Solutré. Rapport final d'opération, Inrap Bourgogne Franche-Comté, novembre 2022, 2 vol. (4 tomes), 2088 p.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Céline Bemilli</w:t>
+                <w:t xml:space="preserve">Dynamique d’occupation du massif d’Arcy-sur-Cure et de la vallée de la Cure au cours de la Préhistoire, Projet G3ARC, Rapport d’opération de sondage de mai 2022, SRA Bourgogne Franche-Comté, 58 pages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marylise Onfray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nejma Goutas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Barriquand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Bertran</w:t>
+                <w:t xml:space="preserve">Didier Cailhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chailloux Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap Bourgogne - Franche-Comté. 2022</w:t>
+              <w:t xml:space="preserve">SRA Bourgogne-Franche-Comté - DRAC. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03934066v1</w:t>
+                <w:t xml:space="preserve">hal-03895699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport de fouille programmée 2020 (3ème année de la triennale 2018-2020) Amiens-Renancourt 1, Amiens (Somme), ZAC de Renancourt, rue Haute des Champs</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bourgogne Franche-Comté, Saône-et-Loire, Solutré-Pouilly, Route de la Roche. À la redécouverte du Magdalénien de Solutré. Rapport final d'opération, Inrap Bourgogne Franche-Comté, novembre 2022, 2 vol. (4 tomes), 2088 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Lajoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Alix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bemilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bertran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Bourgogne - Franche-Comté. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Boucher</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-03214008v1</w:t>
+                <w:t xml:space="preserve">hal-03934066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte du Taillis des Coteaux Antigny (Vienne), Rapport intermédiaire 2/3 de la fouille programmée 2020/2022</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rapport de fouille programmée 2020 (3ème année de la triennale 2018-2020) Amiens-Renancourt 1, Amiens (Somme), ZAC de Renancourt, rue Haute des Champs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paule Coudret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture et de la Communication. 2021, pp.252</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Cormarèche</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-03861895v1</w:t>
+                <w:t xml:space="preserve">hal-03214008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport de fouille programmée 2019 (2ème année de la triennale 2018-2020) Amiens-Renancourt 1, Amiens (Somme), ZAC de Renancourt, rue Haute des Champs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Paule Coudret</w:t>
+                <w:t xml:space="preserve">La grotte du Taillis des Coteaux Antigny (Vienne), Rapport intermédiaire 2/3 de la fouille programmée 2020/2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Primault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Gaussein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Cormarèche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Damery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture et de la Communication. 2020, pp.116</w:t>
+              <w:t xml:space="preserve">DRAC / SRA Nouvelle Aquitaine. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02913844v1</w:t>
+                <w:t xml:space="preserve">hal-03861895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Préhistoire ancienne de la vallée d'Ossau : paléoenvironnement et sociétés de chasseurs-collecteurs dans le piémont pyrénéen</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rapport de fouille programmée 2019 (2ème année de la triennale 2018-2020) Amiens-Renancourt 1, Amiens (Somme), ZAC de Renancourt, rue Haute des Champs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paule Coudret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture et de la Communication. 2020, pp.116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Chauvin</w:t>
-[...59 lines deleted...]
-                <w:t xml:space="preserve">hal-03098780v1</w:t>
+                <w:t xml:space="preserve">hal-02913844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorisation des recherches et infrastructures du site de Pincevent, in Bignon-Lau O (dir.) 2019, Rapport final d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2017-2019) Site n° 77210 AP</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Caroline Peschaux</w:t>
+                <w:t xml:space="preserve">Préhistoire ancienne de la vallée d'Ossau : paléoenvironnement et sociétés de chasseurs-collecteurs dans le piémont pyrénéen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Pétillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Marquebielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Coucouron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Muth</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2019, p. 295-305</w:t>
+                <w:t xml:space="preserve">Magali Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture et de la Communication, DRAC-SRA Nouvelle-Aquitaine. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04312720v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03098780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport de fouille programmée 2018 (1ère année de la triennale 2018-2020) Amiens-Renancourt 1, Amiens (Somme), ZAC de Renancourt, rue Haute des Champs</w:t>
+                <w:t xml:space="preserve">Les dents de requin du niveau IV0 : déterminations spécifiques et origines possibles. Opération archéologique programmée du site de Pincevent, rapport final d’autorisation triennale, autorisation 2017-2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Paris</w:t>
+                <w:t xml:space="preserve">Caroline Peschaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Génault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Antoine</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture et de la Communication. 2019, pp.117</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service région d’archéologie d’Ile-de-France. 2019, pp.251-256</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02913831v1</w:t>
+                <w:t xml:space="preserve">halshs-03038714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les coquilles de mollusques marins du niveau IV0. Opération archéologique programmée du site de Pincevent, rapport final d’autorisation triennale, autorisation 2017-2019</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Valorisation des recherches et infrastructures du site de Pincevent, in Bignon-Lau O (dir.) 2019, Rapport final d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2017-2019) Site n° 77210 AP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Dumarçay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Service région d’archéologie d’Ile-de-France. 2019, pp.239-240</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Muth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2019, p. 295-305</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">halshs-03038700v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04312720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Premiers résultats (inattendus) des analyses de pétrologie organique des objets en “ pierres tendres noires ” du niveau IV0. Opération archéologique programmée du site de Pincevent, rapport final d’autorisation triennale, autorisation 2017-2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Ligouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Service région d’archéologie d’Ile-de-France. 2019, pp.267-279</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03038737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les dents de requin du niveau IV0 : déterminations spécifiques et origines possibles. Opération archéologique programmée du site de Pincevent, rapport final d’autorisation triennale, autorisation 2017-2019</w:t>
+                <w:t xml:space="preserve">Rapport de fouille programmée 2018 (1ère année de la triennale 2018-2020) Amiens-Renancourt 1, Amiens (Somme), ZAC de Renancourt, rue Haute des Champs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Peschaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Génault</w:t>
+                <w:t xml:space="preserve">Clément Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pierre Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Service région d’archéologie d’Ile-de-France. 2019, pp.251-256</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paule Coudret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture et de la Communication. 2019, pp.117</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03038714v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02913831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les rondelles du niveau IV0 : reprise d’étude et premiers résultats. Opération archéologique programmée du site de Pincevent, rapport final d’autorisation triennale, autorisation 2017-2019</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Les coquilles de mollusques marins du niveau IV0. Opération archéologique programmée du site de Pincevent, rapport final d’autorisation triennale, autorisation 2017-2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Service région d’archéologie d’Ile-de-France. 2019, pp.257-266</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service région d’archéologie d’Ile-de-France. 2019, pp.239-240</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03038744v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03038700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte du Taillis des Coteaux, Antigny (Vienne), Rapport final de la fouille programmée annuelle - 2019</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les rondelles du niveau IV0 : reprise d’étude et premiers résultats. Opération archéologique programmée du site de Pincevent, rapport final d’autorisation triennale, autorisation 2017-2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Peschaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service région d’archéologie d’Ile-de-France. 2019, pp.257-266</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Griggo</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-03861867v1</w:t>
+                <w:t xml:space="preserve">halshs-03038744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Objets de parure et pièces assimilées du niveau IV0 : bilan des recherches 2017-2019. Opération archéologique programmée du site de Pincevent, rapport final d’autorisation triennale, autorisation 2017-2019</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Service région d’archéologie d’Ile-de-France. 2019, pp.239-240</w:t>
+                <w:t xml:space="preserve">La grotte du Taillis des Coteaux, Antigny (Vienne), Rapport final de la fouille programmée annuelle - 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Primault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Gaussein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Griggo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Houmard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DRAC / SRA Nouvelle Aquitaine. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">halshs-03038708v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03861867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorisation des recherches et infrastructures du site de Pincevent, in Bignon-Lau O (dir.) 2018, Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2017-2019) Site n° 77210 AP</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Objets de parure et pièces assimilées du niveau IV0 : bilan des recherches 2017-2019. Opération archéologique programmée du site de Pincevent, rapport final d’autorisation triennale, autorisation 2017-2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Peschaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2018, p. 125-133</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service région d’archéologie d’Ile-de-France. 2019, pp.239-240</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04312665v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03038708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport de fouille programmée 2017 (3ème année de la triennale 2015-2017) Amiens-Renancourt 1, Amiens (Somme), ZAC de Renancourt, rue Haute des Champs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Valorisation des recherches et infrastructures du site de Pincevent, in Bignon-Lau O (dir.) 2018, Rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2017-2019) Site n° 77210 AP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Dumarçay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Paris</w:t>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture. 2018, 222 p</w:t>
+                <w:t xml:space="preserve">Caroline Peschaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2018, p. 125-133</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02913879v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04312665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte Tastet à Sainte-Colome (canton d’Arudy, Pyrénées-Atlantiques) : troisième année d’autorisation triennale</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rapport de fouille programmée 2017 (3ème année de la triennale 2015-2017) Amiens-Renancourt 1, Amiens (Somme), ZAC de Renancourt, rue Haute des Champs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paule Coudret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture. 2018, 222 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Birouste</w:t>
-[...72 lines deleted...]
-                <w:t xml:space="preserve">hal-02043034v1</w:t>
+                <w:t xml:space="preserve">hal-02913879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte Tastet à Sainte-Colome (canton d'Arudy, Pyrénées-Atlantiques) : deuxième année d'autorisation triennale</w:t>
+                <w:t xml:space="preserve">La grotte Tastet à Sainte-Colome (canton d’Arudy, Pyrénées-Atlantiques) : troisième année d’autorisation triennale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Pétillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Birouste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Langlais</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Costamagno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Laroulandie</w:t>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] ministère de la Culture, DRAC Nouvelle-Aquitaine. 2017, 172 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] 257 p., ministère de la Culture, DRAC Nouvelle-Aquitaine. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02043057v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02043034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fouille programmée de la grotte de Blenien à Wolschwiller (68)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La grotte Tastet à Sainte-Colome (canton d'Arudy, Pyrénées-Atlantiques) : deuxième année d'autorisation triennale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Pétillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lacrampe-Cuyaubère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Langlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Griselin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+                <w:t xml:space="preserve">Véronique Laroulandie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Est sud. 2017</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] ministère de la Culture, DRAC Nouvelle-Aquitaine. 2017, 172 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03020307v1</w:t>
+                <w:t xml:space="preserve">hal-02043057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte du Taillis des Coteaux, Antigny (Vienne), Rapport final de la fouille programmée 2015/2017</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Griggo</w:t>
+                <w:t xml:space="preserve">Fouille programmée de la grotte de Blenien à Wolschwiller (68)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Griselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Beauval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Beaudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Astier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fanny Bouché</w:t>
+                <w:t xml:space="preserve">Nina Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">DRAC / SRA Nouvelle Aquitaine. 2017</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Est sud. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03861916v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03020307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fouille programmée de la grotte de Blenien à Wolschwiller (68). Bilan triennal 2014-2016</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Griselin</w:t>
+                <w:t xml:space="preserve">La grotte du Taillis des Coteaux, Antigny (Vienne), Rapport final de la fouille programmée 2015/2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Primault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Griggo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cedric Beauval</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+                <w:t xml:space="preserve">Alexandre Astier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Beauval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Bouché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Est/Service Régional d'Archéologie du Grand Est. 2016</w:t>
+              <w:t xml:space="preserve">DRAC / SRA Nouvelle Aquitaine. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03033799v1</w:t>
+                <w:t xml:space="preserve">hal-03861916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectives pour l’autorisation triennale 2017-2019 de Pincevent : la publication monographique du niveau IV0. M. Hardy (dir.), Fouilles de Pincevent (Seine-et-Marne, France)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Dumarçay</w:t>
+                <w:t xml:space="preserve">Rapport de fouille programmée 2015, Amiens-Renancourt 1, (Somme)». Rapport intermédiaire 1ère année triennale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maurice Hardy</w:t>
+                <w:t xml:space="preserve">A. Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paule Coudret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Coutard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Service régional d’archéologie d’Île-de-France. 2016, pp.5</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie d'Île-de-France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03038591v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03028456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport de fouille programmée 2015, Amiens-Renancourt 1, (Somme)». Rapport intermédiaire 1ère année triennale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Paris</w:t>
+                <w:t xml:space="preserve">Fouille programmée de la grotte de Blenien à Wolschwiller (68). Bilan triennal 2014-2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Griselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Antoine</w:t>
+                <w:t xml:space="preserve">Cedric Beauval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Beaudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Boucher</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Coutard</w:t>
+                <w:t xml:space="preserve">Nina Henri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie d'Île-de-France. 2016</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Est/Service Régional d'Archéologie du Grand Est. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03028456v1</w:t>
+                <w:t xml:space="preserve">halshs-03033799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PCR SaM &amp;quot;du Solutréen au Magdalénien&amp;quot; : changements dans l'organisation socio-économique des groupes humains entre 24 et 19 ka cal BP. Rapport annuel de PCR, bilan 2014</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Castel</w:t>
+                <w:t xml:space="preserve">Perspectives pour l’autorisation triennale 2017-2019 de Pincevent : la publication monographique du niveau IV0. M. Hardy (dir.), Fouilles de Pincevent (Seine-et-Marne, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon-Lau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bodu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Debout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Dumarçay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie Midi-Pyrénées, Toulouse. 2015, 103 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional d’archéologie d’Île-de-France. 2016, pp.5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02136725v1</w:t>
+                <w:t xml:space="preserve">halshs-03038591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte Tastet à Sainte-Colome (canton d'Arudy, Pyrénées-Atlantiques) : occupations du Magdalénien moyen</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Langlais</w:t>
+                <w:t xml:space="preserve">PCR SaM &amp;quot;du Solutréen au Magdalénien&amp;quot; : changements dans l'organisation socio-économique des groupes humains entre 24 et 19 ka cal BP. Rapport annuel de PCR, bilan 2014</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Ducasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malvina Baumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bourdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Castel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] ministère de la Culture, DRAC Aquitaine. 2015, 168 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie Midi-Pyrénées, Toulouse. 2015, 103 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02043320v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02136725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sur l'évolution de l'organisation socio-économique des groupes humains entre la fin du Solutréen et les débuts du Magdalénien. Des causses du Quercy aux contreforts pyrénéens entre 23 500 et 18 500 cal. BP. Rapport annuel de PCR, exercice 2012</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La grotte Tastet à Sainte-Colome (canton d'Arudy, Pyrénées-Atlantiques) : occupations du Magdalénien moyen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Pétillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Kuntz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Langlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] ministère de la Culture, DRAC Aquitaine. 2015, 168 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Aurière</w:t>
-[...59 lines deleted...]
-                <w:t xml:space="preserve">hal-02136859v1</w:t>
+                <w:t xml:space="preserve">hal-02043320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte Tastet à Sainte-Colome (canton d'Arudy, Pyrénées-Atlantiques) : une nouvelle séquence magdalénienne dans le bassin d'Arudy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Laroulandie</w:t>
+                <w:t xml:space="preserve">Sur l'évolution de l'organisation socio-économique des groupes humains entre la fin du Solutréen et les débuts du Magdalénien. Des causses du Quercy aux contreforts pyrénéens entre 23 500 et 18 500 cal. BP. Rapport annuel de PCR, exercice 2012</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Ducasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Aurière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malvina Baumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Billote Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] ministère de la Culture, DRAC Aquitaine. 2013, 144 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie Midi-Pyrénées, Toulouse. 2013, 194 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02043334v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02136859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouille programmée de Chézy sur Marne (02) : &amp;quot;Le Colombier&amp;quot; : autorisation de fouille annuelle : rapport 2011 : code Patriarche 10209</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Montoya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Peschaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Rassat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Bignon</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">2013</w:t>
+                <w:t xml:space="preserve">halshs-00834361v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La grotte Tastet à Sainte-Colome (canton d'Arudy, Pyrénées-Atlantiques) : une nouvelle séquence magdalénienne dans le bassin d'Arudy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Pétillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Kuntz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Langlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Laroulandie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] ministère de la Culture, DRAC Aquitaine. 2013, 144 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">halshs-00834361v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02043334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId246"/>
+      <w:footerReference w:type="default" r:id="rId248"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10529,51 +10651,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404580v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Paris" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Deneuve" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bri&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David H&#233;risson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2025.105285" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965996v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Peschaux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Salomon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chassin de Kergommeaux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Baillet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bignon-Lau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2025.106152" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088218v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ligouis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-023-01763-y" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319117v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Chauvi&#232;re" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Henry-Gambier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleo.7853" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834199v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bodu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lozouet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Vanhaeren" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.3042" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-RHD9MDMW-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917868v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114502v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisa Caron-Laviolette" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Lesvignes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/techne.12710" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02398481v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Montoya" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Averbouh" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Dumarcay" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejma Goutas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03222586v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Deseine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Leduc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Jeune" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Marquebielle" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02971440v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Langlais" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delvigne" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Jacquier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lenoble" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Beauval" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleo.4676" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056808v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Fagnart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Coudret" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2017.14801" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867939v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Durand" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulette Lawrence-Dubovac" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monchablon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997020v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lajoux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Malgarini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Alix" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842672v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Kuntz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony S&#233;cher" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mallye" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc P&#233;tillon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2015.14551" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798589v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Lacarri&#232;re" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Julien" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Dumar&#231;ay" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2014.11.011" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K3L609KB-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842988v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Portier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Rigaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Jaouen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357726v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5944/etfi.5.2012.5369" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357731v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Debout" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Djema" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charier Marie-Aline" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003739v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rossi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511412v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coutard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Deneuve" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588026v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lesvignes" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02876595v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02132953v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ducasse" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Renard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Castel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500072v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Auguste" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Claud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183366v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Ballinger" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Dumar&#231;ay" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacarri&#232;re Julien Marie-Anne" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897851v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Primault J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bouch&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Catteau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Gaussein" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430031v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Primault" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01891335v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Goutas" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q Goffette" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Jadin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183368v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Touz&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ballinger" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dumar&#231;ay" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02132910v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malvina Baumann" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bourdier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357880v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tymula" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993864v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dachary Morgane" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Feruglio" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268802v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Dachary" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446977v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430085v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Lacarriere" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Goffette" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Jadin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02478614v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.prehistoire.org/shop_515-47838-2673-822/c28v2eme-cpf28v2-amiens-30-mai-4-juin-2016.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03152269v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Hinguant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almudena Arellano" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;arez" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.prehistoire.org/shop_515-48626-5204-800/m67-2020-le-solutreen-de-la-vallee-de-l-erve-mayenne-dix-ans-de-recherche-dans-la-grotte-rochefort-sous-la-direction-de-stephan-hinguant-et-rozenn-colleter.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473149v2" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Baillet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.prehistoire.org/shop_515-47840-0-0/cpf28-2019-amiens-30-mai-4-juin-2016-3-volumes.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361075v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529545v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03038315v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03023992v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Debout" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162204v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515975v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Gauvrit Roux" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Grubert" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055255v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941320v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Constans" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lacrampe-Cuyaub&#232;re" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312873v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343538v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312881v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312871v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343542v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380939v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Onfray" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Allard" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Barriquand" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312884v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310379v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marcon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310401v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312878v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314791v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312896v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310442v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934038v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Cormar&#232;che" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Damery" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895699v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chailloux Daniel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312866v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934066v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertran" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214008v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boucher" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861895v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Cormar&#232;che" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913844v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098780v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chauvin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Coucouron" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Delmas" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312720v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Muth" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913831v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03038700v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03038737v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03038714v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand G&#233;nault" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03038744v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861867v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Griggo" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Houmard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03038708v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312665v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913879v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043034v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Birouste" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043057v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laroulandie" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03020307v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Griselin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Beaudouin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Henry" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861916v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Astier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03033799v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Beauval" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Henri" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03038591v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Hardy" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03028456v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Antoine" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boucher" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02136725v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043320v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02136859v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Auri&#232;re" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billote Michel" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043334v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00834361v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bignon" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rassat" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965996v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Peschaux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Salomon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chassin de Kergommeaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Baillet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bignon-Lau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2025.106152" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404580v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Paris" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Deneuve" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bri&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David H&#233;risson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2025.105285" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088218v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ligouis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-023-01763-y" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319117v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Chauvi&#232;re" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Henry-Gambier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleo.7853" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834199v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bodu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lozouet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Vanhaeren" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.3042" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-RHD9MDMW-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917868v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114502v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisa Caron-Laviolette" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Lesvignes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/techne.12710" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03222586v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Deseine" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Leduc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Jeune" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Marquebielle" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02398481v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Montoya" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Averbouh" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Dumarcay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejma Goutas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02971440v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Langlais" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delvigne" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Jacquier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lenoble" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Beauval" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleo.4676" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056808v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Fagnart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Coudret" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2017.14801" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997020v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lajoux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Malgarini" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Alix" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867939v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Durand" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulette Lawrence-Dubovac" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monchablon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842672v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Kuntz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony S&#233;cher" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mallye" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc P&#233;tillon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2015.14551" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798589v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Lacarri&#232;re" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Julien" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Dumar&#231;ay" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2014.11.011" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K3L609KB-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842988v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Portier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Rigaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Jaouen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357726v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5944/etfi.5.2012.5369" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357731v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Debout" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Djema" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charier Marie-Aline" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003739v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rossi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511412v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coutard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Deneuve" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588026v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lesvignes" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500072v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Auguste" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Claud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02132953v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ducasse" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Renard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Castel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02876595v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183366v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Ballinger" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Dumar&#231;ay" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacarri&#232;re Julien Marie-Anne" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897851v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Primault J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bouch&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Catteau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Gaussein" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430031v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Primault" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01891335v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Goutas" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q Goffette" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Jadin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183368v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Touz&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ballinger" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dumar&#231;ay" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02132910v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malvina Baumann" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bourdier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357880v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tymula" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993864v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dachary Morgane" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Feruglio" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268802v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Dachary" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446977v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430085v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Lacarriere" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Goffette" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Jadin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03152269v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Hinguant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almudena Arellano" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;arez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.prehistoire.org/shop_515-48626-5204-800/m67-2020-le-solutreen-de-la-vallee-de-l-erve-mayenne-dix-ans-de-recherche-dans-la-grotte-rochefort-sous-la-direction-de-stephan-hinguant-et-rozenn-colleter.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02478614v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.prehistoire.org/shop_515-47838-2673-822/c28v2eme-cpf28v2-amiens-30-mai-4-juin-2016.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473149v2" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Baillet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.prehistoire.org/shop_515-47840-0-0/cpf28-2019-amiens-30-mai-4-juin-2016-3-volumes.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361075v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03038315v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529545v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03023992v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Debout" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162204v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515975v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Gauvrit Roux" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Grubert" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547851v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boucher" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055255v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941320v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Constans" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lacrampe-Cuyaub&#232;re" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343542v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380939v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Onfray" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Allard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Barriquand" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312881v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312871v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312873v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343538v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312884v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310379v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marcon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312878v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310401v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314791v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312896v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310442v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934038v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Cormar&#232;che" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Damery" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312866v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895699v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chailloux Daniel" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934066v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertran" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214008v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861895v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Cormar&#232;che" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913844v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098780v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chauvin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Coucouron" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Delmas" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03038714v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand G&#233;nault" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312720v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Muth" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03038737v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913831v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03038700v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03038744v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861867v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Griggo" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Houmard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03038708v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312665v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913879v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043034v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Birouste" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043057v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laroulandie" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03020307v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Griselin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Beaudouin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Henry" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861916v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Astier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03028456v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Antoine" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boucher" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03033799v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Beauval" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Henri" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03038591v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Hardy" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02136725v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043320v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02136859v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Auri&#232;re" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billote Michel" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00834361v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bignon" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rassat" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043334v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>