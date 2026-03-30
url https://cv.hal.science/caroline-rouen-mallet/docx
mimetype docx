--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2294,234 +2294,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand les réseaux sociaux changent le regard sur l'expertise nutritionnelle : étude de cas des FitGirls</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Rouen-Mallet</w:t>
+                <w:t xml:space="preserve">Le &amp;quot;manger-bouger&amp;quot; revisité par les influenceuses fitness ou comment renforcer l'auto efficacité alimentaire des abonnés?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Ferreira da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Ezan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Hoëllard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mallet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Journées Normandes de Recherche sur la Consommation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05074630v1</w:t>
+                <w:t xml:space="preserve">hal-04891472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le &amp;quot;manger-bouger&amp;quot; revisité par les influenceuses fitness ou comment renforcer l'auto efficacité alimentaire des abonnés?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Emilie Hoëllard</w:t>
+                <w:t xml:space="preserve">Quand les réseaux sociaux changent le regard sur l'expertise nutritionnelle : étude de cas des FitGirls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rouen-Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Normandes de Recherche sur la Consommation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Rouen, France</w:t>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04891472v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05074630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le manger-bouger revisité par les influenceuses Fitness ou comment renforcer l’auto-efficacité alimentaire des abonnés ?</w:t>
               </w:r>
@@ -2626,307 +2626,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05047317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SissyMua, TiboInshape, JujuFitcat sont mes amis. Impact perçu des influenceurs fitness sur les pratiques nutritionnelles des jeunes adultes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sissy Mua, Tibo In Shape, JujuFitcat sont mes amis. Impact perçu des influenceurs fitness sur les pratiques nutritionnelles des jeunes adultes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Ezan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Ferreira da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Hoëllard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rouen-Mallet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marina Ferreira da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39ème congrès international de association française du marketing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Vannes (Bretagne), France</w:t>
+              <w:t xml:space="preserve">39ème congrès international de l'Association Française de Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Marketing, May 2023, Vannes (Bretagne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04357330v1</w:t>
+                <w:t xml:space="preserve">hal-04320797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sissy Mua, Tibo In Shape, JujuFitcat sont mes amis. Impact perçu des influenceurs fitness sur les pratiques nutritionnelles des jeunes adultes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SissyMua, TiboInshape, JujuFitcat sont mes amis. Impact perçu des influenceurs fitness sur les pratiques nutritionnelles des jeunes adultes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Ezan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rouen-Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Ferreira da Silva</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Rouen-Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39ème congrès international de l'Association Française de Marketing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Marketing, May 2023, Vannes (Bretagne), France</w:t>
+              <w:t xml:space="preserve">39ème congrès international de association française du marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Vannes (Bretagne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04320797v1</w:t>
+                <w:t xml:space="preserve">hal-04357330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Promouvoir de nouveaux comportements nutritionnels : une exploration des placements de marque dans les contenus fitness sur Instagram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Hoëllard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Ferreira da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2997,277 +2997,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04357348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contributions de l’application nutritionnelle Yuka à la littératie alimentaire des étudiants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Ezan</w:t>
+                <w:t xml:space="preserve">La construction sociale d'une expertise en matière nutritionnelle : le cas des influenceuses fit girls sur Intagram</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Ezan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rouen-Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Ferreira da Silva</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Rouen-Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38ème Congrès international de l’Association Française du Marketing</w:t>
+              <w:t xml:space="preserve">38ème Congrès International de L'Association Française du Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Tunis, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04357578v1</w:t>
+                <w:t xml:space="preserve">hal-03627888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La construction sociale d'une expertise en matière nutritionnelle : le cas des influenceuses fit girls sur Intagram</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contributions de l’application nutritionnelle Yuka à la littératie alimentaire des étudiants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Ezan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Ferreira da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Hoëllard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rouen-Mallet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marina Ferreira da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38ème Congrès International de L'Association Française du Marketing</w:t>
+              <w:t xml:space="preserve">38ème Congrès international de l’Association Française du Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Tunis, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03627888v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04357578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CONTRIBUTIONS DE L'APPLICATION NUTRITIONNELLE YUKA À LA LITTERATIE ALIMENTAIRE DES ETUDIANTS</w:t>
               </w:r>
@@ -3417,51 +3417,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Ferreira da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Hoëllard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3700,217 +3700,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03240512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en scène de la tendance healthy sur les réseaux sociaux : vers une nouvelle culture alimentaire chez les jeunes adultes* ?</w:t>
+                <w:t xml:space="preserve">Consommation d'alcool et usage des réseaux sociaux chez les étudiants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Ezan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rouen-Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37ème congrès international de l'Association Française de Marketing</w:t>
+              <w:t xml:space="preserve">37ème Congrès International de L'Association Française du Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03240496v1</w:t>
+                <w:t xml:space="preserve">hal-03240505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consommation d'alcool et usage des réseaux sociaux chez les étudiants</w:t>
+                <w:t xml:space="preserve">Mise en scène de la tendance healthy sur les réseaux sociaux : vers une nouvelle culture alimentaire chez les jeunes adultes* ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Ezan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rouen-Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37ème Congrès International de L'Association Française du Marketing</w:t>
+              <w:t xml:space="preserve">37ème congrès international de l'Association Française de Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03240505v1</w:t>
+                <w:t xml:space="preserve">hal-03240496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Re-exploring the social influences in the excessive alcohol consumption of young people</w:t>
               </w:r>
@@ -4864,51 +4864,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Ezan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Ferreira da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Hoëllard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5232,89 +5232,89 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05074677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éduquer les enfants aux réseaux sociaux - Interview accordée au Dauphiné Libéré, Rubrique Point de vue, 18/11/2023.</w:t>
+                <w:t xml:space="preserve">Les jeunes devraient-ils passer un permis pour avoir le droit d’utiliser un smartphone, Usbek et Rica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rouen-Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05074709v1</w:t>
+                <w:t xml:space="preserve">hal-05084929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La parentalité à l’ère du numérique - Interview accordée à France 3 Normandie - 27/09/2023</w:t>
               </w:r>
@@ -5356,89 +5356,89 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05084642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les jeunes devraient-ils passer un permis pour avoir le droit d’utiliser un smartphone, Usbek et Rica</w:t>
+                <w:t xml:space="preserve">Éduquer les enfants aux réseaux sociaux - Interview accordée au Dauphiné Libéré, Rubrique Point de vue, 18/11/2023.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rouen-Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05084929v1</w:t>
+                <w:t xml:space="preserve">hal-05074709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réseaux sociaux : une majorité numérique fixée à 15 ans, pourquoi et comment ?, Interview accordée à France 24, Mars 2023.</w:t>
               </w:r>
@@ -5886,51 +5886,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5E201A19"/>
+    <w:nsid w:val="2DBC4A50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6034,51 +6034,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="8F3E46F1"/>
+    <w:nsid w:val="A1F00FD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6268,51 +6268,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pantheonsorbonne.fr/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skema-bs.fr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concordia.ca/fr.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.univ-rouen.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iutrouen.univ-rouen.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iae.univ-rouen.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://institutdanone.org/espace-scientifique/nos-prix/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afm-marketing.org/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503759v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rouen-Mallet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mallet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ezan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356990v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.xjcgnw645" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891427v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Ferreira da Silva" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime David" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoellard Emilie" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17650-3.p.0089" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784603v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rouen-Mallet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784598v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362249v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133996v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570714558169" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02019249v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ezan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420668v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159124v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362263v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02019409v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02019501v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02019529v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074630v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891472v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ho&#235;llard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047317v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357330v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320797v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357348v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357578v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ezan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627888v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536491v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezan Pascale" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357364v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523339v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240512v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240496v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240505v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420627v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02072788v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02070632v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684674v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02069049v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667299v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mallet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735296v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02075338v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372605v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bree" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kafia Ayadi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norchene Ben Dahmane Mouelhi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Charry" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Damay" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676998v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154696v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie H&#233;mar-Nicolas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833699v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Charry" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hemar-Nicolas" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074677v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074709v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084642v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084929v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084938v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084947v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084942v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084983v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085000v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084991v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pantheonsorbonne.fr/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skema-bs.fr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concordia.ca/fr.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.univ-rouen.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iutrouen.univ-rouen.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iae.univ-rouen.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://institutdanone.org/espace-scientifique/nos-prix/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afm-marketing.org/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503759v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rouen-Mallet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mallet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ezan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356990v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.xjcgnw645" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891427v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Ferreira da Silva" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime David" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoellard Emilie" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17650-3.p.0089" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784603v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rouen-Mallet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784598v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362249v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133996v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570714558169" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02019249v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ezan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420668v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159124v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362263v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02019409v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02019501v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02019529v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891472v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ho&#235;llard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074630v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047317v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320797v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357330v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357348v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627888v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357578v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ezan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536491v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezan Pascale" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357364v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523339v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240512v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240505v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240496v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420627v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02072788v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02070632v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684674v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02069049v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667299v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mallet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735296v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02075338v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372605v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bree" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kafia Ayadi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norchene Ben Dahmane Mouelhi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Charry" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Damay" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676998v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154696v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie H&#233;mar-Nicolas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833699v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Charry" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hemar-Nicolas" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074677v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084929v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084642v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074709v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084938v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084947v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084942v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084983v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085000v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084991v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>