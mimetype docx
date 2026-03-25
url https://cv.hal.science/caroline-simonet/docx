--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -3913,51 +3913,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BF65230F"/>
+    <w:nsid w:val="94B40A99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4061,51 +4061,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="8BBA13A5"/>
+    <w:nsid w:val="B98F25A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4209,51 +4209,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="FE8A1420"/>
+    <w:nsid w:val="7DA112EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4357,51 +4357,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="D3A86EE0"/>
+    <w:nsid w:val="A28D83E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4505,51 +4505,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="DA486962"/>
+    <w:nsid w:val="83780A3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4653,51 +4653,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="8F3A92CF"/>
+    <w:nsid w:val="8F66140A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4801,51 +4801,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="86FE3CB3"/>
+    <w:nsid w:val="C61AEF03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4949,51 +4949,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="EAFB3E05"/>
+    <w:nsid w:val="A42AD8E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5097,51 +5097,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="66F12B62"/>
+    <w:nsid w:val="5BFF274A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5245,51 +5245,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="B88044AF"/>
+    <w:nsid w:val="D909D1ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5393,51 +5393,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="4A5A4B37"/>
+    <w:nsid w:val="3EBA45C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5541,51 +5541,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="D58BD37C"/>
+    <w:nsid w:val="D6229100"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5689,51 +5689,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="BE57404A"/>
+    <w:nsid w:val="0D533299"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5837,51 +5837,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="A4576F0F"/>
+    <w:nsid w:val="E3947B74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5985,51 +5985,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="3E72F94B"/>
+    <w:nsid w:val="611722DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6133,51 +6133,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="F222E3D9"/>
+    <w:nsid w:val="5B357470"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6281,51 +6281,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="90A99542"/>
+    <w:nsid w:val="88F34C5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6429,51 +6429,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="1DFA24C9"/>
+    <w:nsid w:val="12386C65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6577,51 +6577,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="3554D13B"/>
+    <w:nsid w:val="17A3036A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6725,51 +6725,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="910B2E9A"/>
+    <w:nsid w:val="4AA9E01F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6873,51 +6873,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="3B8359C9"/>
+    <w:nsid w:val="BF197FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7021,51 +7021,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="507ED484"/>
+    <w:nsid w:val="CA9681B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7169,51 +7169,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="151A894C"/>
+    <w:nsid w:val="17969D22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7317,51 +7317,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="6A38B1A9"/>
+    <w:nsid w:val="22F33ADB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7465,51 +7465,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="B24C1FC2"/>
+    <w:nsid w:val="BAB399DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7613,51 +7613,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="9BD602A8"/>
+    <w:nsid w:val="1050195F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7761,51 +7761,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="5C75EE38"/>
+    <w:nsid w:val="315A0C38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7909,51 +7909,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="2BE5FE7F"/>
+    <w:nsid w:val="ACE87E3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>