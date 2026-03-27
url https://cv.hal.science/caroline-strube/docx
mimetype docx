--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -100,377 +100,377 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remodeling of glial coverage of glutamatergic synapses in the rat nucleus tractus solitarii after ozone inhalation.</w:t>
+                <w:t xml:space="preserve">Kv4 channels underlie A-currents with highly variable inactivation time courses but homogeneous other gating properties in the nucleus tractus solitarii.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Keodavanh Chounlamountry</w:t>
+                <w:t xml:space="preserve">Caroline Strube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Boyer</w:t>
+                <w:t xml:space="preserve">Layal Saliba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Estelle Moubarak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Virginie Penalba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Bosler</w:t>
+                <w:t xml:space="preserve">Marie-France Martin-Eauclaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 134 (5), pp.857-64. </w:t>
+              <w:t xml:space="preserve">Pflügers Archiv European Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 467 (4), pp.789-803. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jnc.13193⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00424-014-1533-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01188602v1</w:t>
+                <w:t xml:space="preserve">hal-01188643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kv4 channels underlie A-currents with highly variable inactivation time courses but homogeneous other gating properties in the nucleus tractus solitarii.</w:t>
+                <w:t xml:space="preserve">Remodeling of glial coverage of glutamatergic synapses in the rat nucleus tractus solitarii after ozone inhalation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Strube</w:t>
+                <w:t xml:space="preserve">Keodavanh Chounlamountry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Layal Saliba</w:t>
+                <w:t xml:space="preserve">Bénédicte Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Penalba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Moubarak</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Virginie Penalba</w:t>
+                <w:t xml:space="preserve">Anne-Marie François-Bellan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-France Martin-Eauclaire</w:t>
+                <w:t xml:space="preserve">Olivier Bosler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pflügers Archiv European Journal of Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 467 (4), pp.789-803. </w:t>
+              <w:t xml:space="preserve">Journal of Neurochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 134 (5), pp.857-64. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00424-014-1533-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jnc.13193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01188643v1</w:t>
+                <w:t xml:space="preserve">hal-01188602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ozone inhalation activates stress-responsive regions of the CNS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Gackière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layal Saliba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bosler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Strube</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 117 (6), pp.961-972. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
@@ -517,51 +517,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glutamatergic neurotransmission in the nucleus tractus solitarii: structural and functional characteristics.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Strube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Tell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -633,51 +633,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absence of regulation of the T-type calcium current by Cav1.1, β1a and γ1 dihydropyridine receptor subunits in skeletal muscle cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Strube</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pflügers Archiv European Journal of Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 455 (5), pp.921-927. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
@@ -749,51 +749,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Balland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lachamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Strube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Kessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -905,51 +905,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Tell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Strube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 564 (3), pp.751-763. </w:t>
@@ -1115,290 +1115,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00069601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of extracellular ATP on freshly isolated mouse skeletal muscle cells during pre-natal and post-natal development</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">α 1H mRNA in single skeletal muscle fibres accounts for T‐type calcium current transient expression during fetal development in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Monteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Strube</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pflügers Archiv European Journal of Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00424-001-0758-9⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 539 (3), pp.681-691. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1113/jphysiol.2001.013246⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03482878v1</w:t>
+                <w:t xml:space="preserve">hal-03093134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">α 1H mRNA in single skeletal muscle fibres accounts for T‐type calcium current transient expression during fetal development in mice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of extracellular ATP on freshly isolated mouse skeletal muscle cells during pre-natal and post-natal development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Strube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">László Csernoch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Berthier</w:t>
+                <w:t xml:space="preserve">Nora Mallouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Monteil</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Carlos Ojeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pflügers Archiv European Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 443 (5), pp.771-778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00424-001-0758-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1113/jphysiol.2001.013246⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03093134v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03482878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation of L-type Ca2+ current but not activation of Ca2+ release by the gamma1 subunit of the dihydropyridine receptor of skeletal muscle</w:t>
               </w:r>
@@ -1518,77 +1518,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional Expression of the L-Type Calcium Channel in Mice Skeletal Muscle during Prenatal Myogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Strube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Tourneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Ojeda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biophysical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 78 (3), pp.1282-1292. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1654,51 +1654,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formations à l'intégrité scientifique et à l'éthique de la recherche en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Strube</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Intégrité Scientifique, Fausses Nouvelles et Réseaux Sociaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut International de Recherche en Ethique Biomédicale, Mar 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1749,51 +1749,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Lighezzolo-Alnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pierronnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Strube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1902,51 +1902,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Lighezzolo-Alnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pierronnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Strube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2033,77 +2033,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variability of quantal NMDA to AMPA current ratio in nucleus tractus solitarii neurons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Strube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Gackière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layal Saliba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Tell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2205,51 +2205,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Lighezzolo-Alnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pierronnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Strube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2466,51 +2466,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188602v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keodavanh Chounlamountry" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Boyer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Penalba" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Fran&#231;ois-Bellan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bosler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnc.13193" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188643v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Strube" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Saliba" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Moubarak" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Martin-Eauclaire" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00424-014-1533-z" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406163v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gacki&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baude" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1471-4159.2011.07267.x" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481481v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Tell" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Kessler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchemneu.2009.03.004" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9NRCRB9Q-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406177v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00424-007-0345-9" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1888729630706781BE059D92606025D3DA85B286/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089868v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Balland" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lachamp" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2006.108738" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482796v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;nedicte Balland" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2005.084517" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069601v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pouvreau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berthier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blaineau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amsellem" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Coronado" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2003.055285" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482878v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Collet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;szl&#243; Csernoch" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Mallouk" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Ojeda" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00424-001-0758-9" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JPDQ4CVL-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093134v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Berthier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Monteil" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lory" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2001.013246" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482945v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Ahern" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Powers" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gloria Biddlecome" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Roethe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Vallejo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6793-1-8" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483113v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Tourneur" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0006-3495(00)76684-7" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408775v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409095v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Lighezzolo-Alnot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pierronnet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tessier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Th&#233;ret" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403482v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Theret" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501363v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386464v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188643v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Strube" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Saliba" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Moubarak" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Penalba" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Martin-Eauclaire" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00424-014-1533-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188602v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keodavanh Chounlamountry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Boyer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Fran&#231;ois-Bellan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bosler" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnc.13193" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406163v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gacki&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baude" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1471-4159.2011.07267.x" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481481v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Tell" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Kessler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchemneu.2009.03.004" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9NRCRB9Q-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406177v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00424-007-0345-9" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1888729630706781BE059D92606025D3DA85B286/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089868v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Balland" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lachamp" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2006.108738" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482796v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;nedicte Balland" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2005.084517" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069601v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pouvreau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berthier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blaineau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amsellem" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Coronado" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2003.055285" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093134v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Berthier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Monteil" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lory" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2001.013246" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482878v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Collet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;szl&#243; Csernoch" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Mallouk" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Ojeda" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00424-001-0758-9" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JPDQ4CVL-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482945v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Ahern" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Powers" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gloria Biddlecome" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Roethe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Vallejo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6793-1-8" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483113v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Tourneur" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0006-3495(00)76684-7" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408775v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409095v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Lighezzolo-Alnot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pierronnet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tessier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Th&#233;ret" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403482v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Theret" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501363v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386464v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>