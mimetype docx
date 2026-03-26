--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -568,51 +568,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Paloma Moncaleán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Itziar Montalbán</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of New Seeds</w:t>
+              <w:t xml:space="preserve">Seeds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 4 (3), pp.41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/seeds4030041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
@@ -1025,295 +1025,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04911770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive Organ-Specific Profiling of Douglas Fir (Pseudotsuga menziesii) Proteome</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Teyssier</w:t>
+                <w:t xml:space="preserve">Characterization of hybrid larch somatic embryo maturation by biochemical analyses and by a novel, fast mid‐infrared approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parisa Savane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odile Rogier</w:t>
+                <w:t xml:space="preserve">Nassim Belmokhtar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Claverol</w:t>
+                <w:t xml:space="preserve">Nathalie Boizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Gautier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Anne Lelu-Walter</w:t>
+                <w:t xml:space="preserve">Céline Ridel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biom13091400⟩</w:t>
+              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 175 (4), pp.e13966. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ppl.13966⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04209576v1</w:t>
+                <w:t xml:space="preserve">hal-04149757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of hybrid larch somatic embryo maturation by biochemical analyses and by a novel, fast mid‐infrared approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Parisa Savane</w:t>
+                <w:t xml:space="preserve">Comprehensive Organ-Specific Profiling of Douglas Fir (Pseudotsuga menziesii) Proteome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Teyssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Rogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nassim Belmokhtar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Armelle Delile</w:t>
+                <w:t xml:space="preserve">Stéphane Claverol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Boizot</w:t>
+                <w:t xml:space="preserve">Florian Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Ridel</w:t>
+                <w:t xml:space="preserve">Marie-Anne Lelu-Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 175 (4), pp.e13966. </w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (9), pp.1400. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ppl.13966⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/biom13091400⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04149757v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04209576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variability in seeds’ physicochemical characteristics, germination and seedling growth within and between two French &amp;lt;i&amp;gt;Populus nigra&amp;lt;/i&amp;gt; L. populations</w:t>
               </w:r>
@@ -1325,51 +1325,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Villar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1593,51 +1593,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Villar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1692,51 +1692,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cytological, biochemical and molecular events of the embryogenic state in Douglas-fir (Pseudotsuga menziesii [Mirb.])</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Label</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1826,64 +1826,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High gellan gum concentration and secondary somatic embryogenesis: two key factors to improve somatic embryo development in Pseudotsuga menziesii [Mirb.]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Lelu-Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kateřina Eliášová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2094,51 +2094,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repetitive somatic embryogenesis induced cytological and proteomic changes in embryogenic lines of Pseudotsuga menziesii [Mirb.]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kateřina Eliášová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2356,587 +2356,587 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01268887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early molecular events involved in Pinus pinaster Ait. somatic embryo development under reduced water availability: transcriptomic and proteomic analyses</w:t>
+                <w:t xml:space="preserve">Cotyledonary somatic embryos of Pinus pinaster Ait. most closely resemble fresh, maturing cotyledonary zygotic embryos: biological, carbohydrate and proteomic analyses.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bedřich Pešek</w:t>
+                <w:t xml:space="preserve">Françoise Corbineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Lomenech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Beaufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ppl.12158⟩</w:t>
+              <w:t xml:space="preserve">Planta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 240 (5), pp.1075-1095. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00425-014-2125-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01179486v1</w:t>
+                <w:t xml:space="preserve">hal-01179478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In search of markers for somatic embryo maturation in hybrid larch ( Larix × eurolepis ): global DNA methylation and proteomic analyses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Early molecular events involved in Pinus pinaster Ait. somatic embryo development under reduced water availability: transcriptomic and proteomic analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Trontin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kateřina Eliášová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Maury</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alain Delaunay</w:t>
+                <w:t xml:space="preserve">Bedřich Pešek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physiologia Plantarum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 150 (2), pp.271-291. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ppl.12081⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 152 (1), pp.184-201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ppl.12158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02087600v1</w:t>
+                <w:t xml:space="preserve">hal-01179486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De novo assembly of maritime pine transcriptome: implications for forest breeding and biotechnology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Lesur Kupin Lesur</w:t>
+                <w:t xml:space="preserve">In search of markers for somatic embryo maturation in hybrid larch ( Larix × eurolepis ): global DNA methylation and proteomic analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Teyssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Beaufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grondin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Biotechnology Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/pbi.12136⟩</w:t>
+              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 150 (2), pp.271-291. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ppl.12081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02640932v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02087600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cotyledonary somatic embryos of Pinus pinaster Ait. most closely resemble fresh, maturing cotyledonary zygotic embryos: biological, carbohydrate and proteomic analyses.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Trontin</w:t>
+                <w:t xml:space="preserve">De novo assembly of maritime pine transcriptome: implications for forest breeding and biotechnology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Canales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocío Bautista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Label</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josefa Gómez-Maldonado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Corbineau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Martine Beaufour</w:t>
+                <w:t xml:space="preserve">Isabelle Lesur Kupin Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Planta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 240 (5), pp.1075-1095. </w:t>
+              <w:t xml:space="preserve">Plant Biotechnology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 12 (3), pp.286-299. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00425-014-2125-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/pbi.12136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01179478v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02640932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'embryogenèse somatique : une méthode de multiplication végétative du pin maritime pour demain ?</w:t>
               </w:r>
@@ -3060,51 +3060,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increased gelling agent concentration promotes somatic embryo maturation in hybrid larch (Larix × eurolepsis): a 2-DE proteomic analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4246,381 +4246,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02694578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability and physicochemical properties of the bovine brain phosphatidylethanolamine-binding protein</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stability and physicochemical properties of the bovine brain phosphatidylethanolamine-binding protein.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Maget-Dana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ramstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bureaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1999, 266, pp.40-52</w:t>
+              <w:t xml:space="preserve">, 1999, 266 (1), pp.40-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02695255v1</w:t>
+                <w:t xml:space="preserve">hal-02118686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolism of diallyl disulfide by human liver microsomal cytochromes P-450 and flavin-containing monooxygenases</w:t>
+                <w:t xml:space="preserve">Stability and physicochemical properties of the bovine brain phosphatidylethanolamine-binding protein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Maget-Dana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ramstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bureaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Guenot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M.H. Siess</w:t>
+                <w:t xml:space="preserve">F. Schoentgen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drug Metabolism and Disposition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 27 (7), pp.835-841</w:t>
+              <w:t xml:space="preserve">European Journal of Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 266, pp.40-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02698010v1</w:t>
+                <w:t xml:space="preserve">hal-02695255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability and physicochemical properties of the bovine brain phosphatidylethanolamine-binding protein.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Metabolism of diallyl disulfide by human liver microsomal cytochromes P-450 and flavin-containing monooxygenases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Teyssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Guenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Vallée</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marc Suschetet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.H. Siess</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 266 (1), pp.40-52</w:t>
+              <w:t xml:space="preserve">Drug Metabolism and Disposition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 27 (7), pp.835-841</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02118686v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02698010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preferential binding of the archaebacterial histone-like MC1 protein to negatively supercoiled DNA minicircles</w:t>
               </w:r>
@@ -5212,51 +5212,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre A. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Harvengt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Lelu-Walter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vegetative Propagation of Forest Trees</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, National Institute of Forest Science Institute (NIFoS), 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5281,51 +5281,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somatic embryogenesis for more effective breeding and deployment of improved varieties in Pinus spp.: bottlenecks and recent advances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Lelu-Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krystyna Klimaszewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5428,51 +5428,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vegetative propagation of larch species: somatic embryogenesis improvement towards its integration in breeding programs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Lelu-Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5732,90 +5732,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of hybrid larch somatic embryo maturation by biochemical analyses and by a novel, fast mid-infrared method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parisa Savane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassim Belmokhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Ridel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème International Conference of the IUFRO Unit 2.09.02 on “The might of vegetative propagation for healthy and productive forests to face climate challenges"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SCION, Mar 2024, Rotorua, New Zealand</w:t>
@@ -5857,117 +5857,117 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does infrared spectrometry help in the study of somatic embryos maturation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parisa Savane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassim Belmokhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Ridel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In vitro culture of woody crops: problem-solving by new approaches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Jumarla, Latvia. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/ppl.13966⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04621818v1</w:t>
@@ -5991,51 +5991,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La NIR un outil puissant pour déceler des modifications des réserves de graines forestières obtenues dans des conditions climatiques contrastées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parisa Savane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Lelu-Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6192,432 +6192,432 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03541970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature affects somatic embryo development in maritime pine</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Francis F. Canlet</w:t>
+                <w:t xml:space="preserve">Repetitive somatic embryogenesis induced cytological and proteomic changes in embryogenic lines of Pseudotsuga menziesii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Teyssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kateřina Eliášová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Leplé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.D. D Sow</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Delaunay</w:t>
+                <w:t xml:space="preserve">Zuzana Vondráková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème International Conference of the IUFRO Unit 2.09.02 on “Clonal Trees in the Bioeconomy Age: Opportunities and Challenges</w:t>
+              <w:t xml:space="preserve">5ème International Conference of the IUFRO Unit 2.09.02 on “Clonal Trees in the Bioeconomy Age: Opportunities and Challenges,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Coimbra, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03523191v1</w:t>
+                <w:t xml:space="preserve">hal-03809833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repetitive somatic embryogenesis induced cytological and proteomic changes in embryogenic lines of Pseudotsuga menziesii</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Zuzana Vondrakova</w:t>
+                <w:t xml:space="preserve">Temperature affects somatic embryo development in maritime pine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François J.-F. Trontin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle I. Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis F. Canlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.D. D Sow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings 5ème International Conference of the IUFRO Unit 2.09.02 on “Clonal Trees in the Bioeconomy Age: Opportunities and Challenges.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Coimbra, Portugal. p. 85</w:t>
+              <w:t xml:space="preserve">5ème International Conference of the IUFRO Unit 2.09.02 on “Clonal Trees in the Bioeconomy Age: Opportunities and Challenges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Coimbra, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03541954v1</w:t>
+                <w:t xml:space="preserve">hal-03523191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repetitive somatic embryogenesis induced cytological and proteomic changes in embryogenic lines of Pseudotsuga menziesii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kateřina Eliášová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Leplé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Zuzana Vondráková</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zuzana Vondrakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème International Conference of the IUFRO Unit 2.09.02 on “Clonal Trees in the Bioeconomy Age: Opportunities and Challenges,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Coimbra, Portugal</w:t>
+              <w:t xml:space="preserve">Proceedings 5ème International Conference of the IUFRO Unit 2.09.02 on “Clonal Trees in the Bioeconomy Age: Opportunities and Challenges.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Coimbra, Portugal. p. 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03809833v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03541954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What is the best way to maintain embryogenic capacity of embryogenic lines initiated from Douglas-fir immature embryos?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kateřina Eliášová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6692,277 +6692,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale analysis of early molecular events during &amp;lt;em&amp;gt;Pinus pinaste&amp;lt;/em&amp;gt;r Ait. somatic embryo development under reduced water availability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Did cotyledonary somatic embryos of Pinus pinaster Ait. similar to cotyledonary zygotic embryos ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Teyssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pešek Bedřichc</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Corbineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Lomenech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. International Conference of the IUFRO Working Party 2.09.02: Somatic Embryogenesis and Other Vegetative Propagation Technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Union of Forest Research Organisations (IUFRO). Vienne, AUT., Sep 2014, Vitoria-Gasteiz, Spain. 220 p</w:t>
+              <w:t xml:space="preserve">International Conference of the IUFRO Working Party 2.09.02: Somatic Embryogenesis and Other Vegetative Propagation Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Vitoria-Gasteiz, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02740937v1</w:t>
+                <w:t xml:space="preserve">hal-03809831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Did cotyledonary somatic embryos of Pinus pinaster Ait. similar to cotyledonary zygotic embryos ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-scale analysis of early molecular events during &amp;lt;em&amp;gt;Pinus pinaste&amp;lt;/em&amp;gt;r Ait. somatic embryo development under reduced water availability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Lomenech</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kateřina Eliášová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pešek Bedřichc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference of the IUFRO Working Party 2.09.02: Somatic Embryogenesis and Other Vegetative Propagation Technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Vitoria-Gasteiz, Spain</w:t>
+              <w:t xml:space="preserve">3. International Conference of the IUFRO Working Party 2.09.02: Somatic Embryogenesis and Other Vegetative Propagation Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Union of Forest Research Organisations (IUFRO). Vienne, AUT., Sep 2014, Vitoria-Gasteiz, Spain. 220 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03809831v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somatic embryogenesis as an effective regeneration support for reverse genetics in maritime pine: the Sustainpine collaborative project as a case study</w:t>
               </w:r>
@@ -7000,51 +7000,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Harvengt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Lelu-Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International Conference of the IUFRO Working Party 2.09.02, "Somatic Embryogenesis and Other Vegetative Propagation Technologies"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Union of Forest Research Organisations (IUFRO). Vienne, AUT., Jun 2012, Brno, Czech Republic</w:t>
@@ -7461,51 +7461,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increase gelling agent concentration promotes somatic embryo maturation of hybrid larch (Larix x eurolepis): a 2-DE proteomic analysis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7573,64 +7573,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increase gelling agent concentration promotes somatic embryo maturation of hybrid larch (Larix x eurolepis): a 2-DE proteomic analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Lelu-Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7711,51 +7711,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increase gelrite concentration improves somatic embryo maturation in hybrid larch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Pâques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8921,64 +8921,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a non-destructive method for assessing species purity in Euro-Mediterranean firs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Ridel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassim Belmokhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Scotti-Saintagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9137,77 +9137,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parisa Savane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassim Belmokhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Ridel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33e Colloque BiotechnoCentre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Chaumont Sur Tharonne (41), France</w:t>
@@ -9236,51 +9236,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to maintain embryogenic capacity of embryogenic lines initiated from Douglas-fir immature embryos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kateřina Eliášová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9855,557 +9855,557 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02808492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduce water availability during hybrid larch somatic embryo maturation is not stressful</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Somatic embryo maturation in maritime pine (Pinus pinaster) : contribution of a 2-DE proteomic analysis for a better understanding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Domenico Morabito</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Beaufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Le Mette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International Conference of the IUFRO Working Party 2.09.02, "Somatic Embryogenesis and Other Vegetative Propagation Technologies"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2012, Brno, Czech Republic. 2012, Integrating vegetative propagation, biotechnologies and genetic improvement for tree production and sustainable forest management. Book of abstracts</w:t>
+              <w:t xml:space="preserve">, Jun 2012, Brno, Czech Republic. 2012, Integrating vegetative propagation, biotechnologies and genetic improvement for tree production and sustainable forest management. Proceedings</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01267979v1</w:t>
+                <w:t xml:space="preserve">hal-01268054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Somatic embryogenesis as an effective regeneration support for reverse genetics in maritime pine: the Sustainpine collaborative project as an illustration</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Anne Lelu-Walter</w:t>
+                <w:t xml:space="preserve">Reduce water availability during hybrid larch somatic embryo maturation is not stressful</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Teyssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grondin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Vallance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domenico Morabito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International Conference of the IUFRO Working Party 2.09.02, "Somatic Embryogenesis and Other Vegetative Propagation Technologies"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Brno, Czech Republic. 2012, Integrating vegetative propagation, biotechnologies and genetic improvement for tree production and sustainable forest management. Book of abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268053v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01267979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Somatic embryo development in maritime pine (Pinus pinaster): a 2-DE proteomic analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Somatic embryogenesis as an effective regeneration support for reverse genetics in maritime pine: the Sustainpine collaborative project as an illustration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Trontin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Debille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Canlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Harvengt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Lelu-Walter</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. UPSC-INRA (UPRA) Bilateral Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Umea, Sweden. 2012, 4th UPSC-INRA (UPRA) bilateral meeting. Meeting book with abstracts</w:t>
+              <w:t xml:space="preserve">2. International Conference of the IUFRO Working Party 2.09.02, "Somatic Embryogenesis and Other Vegetative Propagation Technologies"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Brno, Czech Republic. 2012, Integrating vegetative propagation, biotechnologies and genetic improvement for tree production and sustainable forest management. Book of abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02746152v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Somatic embryo maturation in maritime pine (Pinus pinaster) : contribution of a 2-DE proteomic analysis for a better understanding</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Morel</w:t>
+                <w:t xml:space="preserve">Somatic embryo development in maritime pine (Pinus pinaster): a 2-DE proteomic analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Anne Lelu-Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre A. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Beaufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Reymond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Le Mette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. International Conference of the IUFRO Working Party 2.09.02, "Somatic Embryogenesis and Other Vegetative Propagation Technologies"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Brno, Czech Republic. 2012, Integrating vegetative propagation, biotechnologies and genetic improvement for tree production and sustainable forest management. Proceedings</w:t>
+              <w:t xml:space="preserve">4. UPSC-INRA (UPRA) Bilateral Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Umea, Sweden. 2012, 4th UPSC-INRA (UPRA) bilateral meeting. Meeting book with abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268054v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02746152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential proteomics for the evaluation of the effect of environmental culture conditions on the protein expression of somatic embryos from Pinus pinaster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Beaufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre A. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10576,51 +10576,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E8B5D2D9"/>
+    <w:nsid w:val="3FB0D6D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10724,51 +10724,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="3A10C0FA"/>
+    <w:nsid w:val="692451E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10872,51 +10872,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="829F3987"/>
+    <w:nsid w:val="890A3D0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11109,51 +11109,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-teyssier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7106-5483" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/258410701" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05227362v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ander Castander-Olarieta" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Herrero" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Teyssier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Moncale&#225;n" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itziar Montalb&#225;n" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/seeds4030041" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244701v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Poughon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lepoittevin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Vicente" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carme" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgeta Mihai" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2025.123068" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05184466v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parisa Savane" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli&#225;&#353;ov&#225; Kate&#345;ina" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dobrev Petre I" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vondr&#225;kov&#225; Zuzana" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Delile" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2025.110283" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911770v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Trontin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Dia Sow" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Delaunay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Modesto" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiae600" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209576v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rogier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claverol" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gautier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Lelu-Walter" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13091400" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149757v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Belmokhtar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boizot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ridel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.13966" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03536817v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Lefebvre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Villar" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dimouro" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.86" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03519321v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate&#345;ina Eli&#225;&#353;ov&#225;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Konr&#225;dov&#225;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petre Dobrev" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#225;clav Motyka" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne M Lomenech" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.823617" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03171087v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626893v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Label" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lepl&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00118" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621942v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopoldo Sanchez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11240-017-1318-0" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622067v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Borji" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badra Bouamama-Gzara" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhat Chibani" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awatef Ben Ammar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11240-017-1333-1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622184v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Vondrakova" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Lomenech" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-018-1337-y" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268887v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick von Aderkas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Charpentier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Gutmann" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc P&#226;ques" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcu254" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179486v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Morel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bed&#345;ich Pe&#353;ek" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.12158" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D16CBEAB2E9DB7BC92E0B1FC1FC4FD9EF836DEE7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087600v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Maury" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Beaufour" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grondin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.12081" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KMK9QH2X-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640932v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Canales" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o Bautista" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefa G&#243;mez-Maldonado" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lesur Kupin Lesur" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pbi.12136" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179478v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Corbineau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-014-2125-z" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964485v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois J.-F. Trontin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis F. Canlet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Reymond" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine S. Debille" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine K. Durandeau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648615v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bonhomme" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vallance" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-3054.2010.01423.x" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5AB1D82A8C32894381A7CB26538B5BC9659B0A02/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662921v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Germain" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Semon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie H&#233;l&#232;ne Siess" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00498250701742645" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660722v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Le Bon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Belloir" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varsha Singh" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677921v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeline Gradolatto" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Basly" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Berg&#232;s" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Chagnon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/dmd.104.000893" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675449v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gradolatto" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Chantal Canivenc-Lavier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Basly" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678545v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Chevalier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00498250310001636840" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675573v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682483v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Auger" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ginies" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0049825021000017902" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679470v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jos&#232;phe Amiot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mondy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Auger" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kahane" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694578v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Siess" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695255v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Maget-Dana" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ramstein" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bureaud" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Schoentgen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698010v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guenot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Suschetet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118686v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Vall&#233;e" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687175v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Touzel" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gervais" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Maurizot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Culard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693969v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Toulm&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Touzel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gervais" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Maurizot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi952414o" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-CMLFT3NM-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065364v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Cam" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Delain" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sauti&#232;re" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.270.11.6286" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02708673v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lain&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Culard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795079v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre A. Morel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Harvengt" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797752v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystyna Klimaszewska" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Miguel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuija Aronen" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Hargreaves" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/fr/book/9783319337043" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-33705-0_19" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800946v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Gu&#233;rin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05296785v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Parthenay" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05296788v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04621759v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Ridel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04621818v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541976v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541970v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fischerov&#225;" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petre I Dobrev" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03523191v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. D Sow" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541954v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03809833v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Vondr&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603097v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathie Reeves" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopoldo Sanchez Rodriguez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740937v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pe&#353;ek Bed&#345;ichc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03809831v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268055v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Debille" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Canlet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748239v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Le Mette" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750364v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Reymond" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Quoniou" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746546v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748475v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico D. Morabito" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203854v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Morabito" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756816v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751707v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825454v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Goupy" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Josephe Amiot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833871v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Steib" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833937v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stroheker" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Pinnert" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829637v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843044v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841591v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Schoentgen" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Erkerskon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Lottspeich" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852097v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Delain" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sauti&#232;re" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maurizot" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04621965v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petre Ivanov Dobrev" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaclav Motyka" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04621943v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Scotti-Saintagne" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04759182v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Musch" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541990v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740936v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798385v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Concepci&#243;n Avila" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando de La Torre" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge El-Azaz" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269493v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Corbineau" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740212v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808492v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rupps" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Zoglauer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vornam Barbara" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reiner Finkeldey" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Teresa Cervera" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267979v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268053v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746152v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268054v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Mette" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746570v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Harvenght" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-teyssier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7106-5483" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/258410701" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05227362v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ander Castander-Olarieta" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Herrero" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Teyssier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Moncale&#225;n" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itziar Montalb&#225;n" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/seeds4030041" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244701v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Poughon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lepoittevin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Vicente" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carme" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgeta Mihai" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2025.123068" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05184466v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parisa Savane" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli&#225;&#353;ov&#225; Kate&#345;ina" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dobrev Petre I" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vondr&#225;kov&#225; Zuzana" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Delile" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2025.110283" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911770v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Trontin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Dia Sow" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Delaunay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Modesto" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiae600" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149757v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Belmokhtar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boizot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ridel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.13966" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209576v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rogier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claverol" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gautier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Lelu-Walter" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13091400" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03536817v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Lefebvre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Villar" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dimouro" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.86" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03519321v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate&#345;ina Eli&#225;&#353;ov&#225;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Konr&#225;dov&#225;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petre Dobrev" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#225;clav Motyka" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne M Lomenech" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.823617" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03171087v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626893v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Label" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lepl&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00118" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621942v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopoldo Sanchez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11240-017-1318-0" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622067v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Borji" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badra Bouamama-Gzara" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhat Chibani" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awatef Ben Ammar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11240-017-1333-1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622184v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Vondrakova" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Lomenech" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-018-1337-y" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268887v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick von Aderkas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Charpentier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Gutmann" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc P&#226;ques" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcu254" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179478v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Morel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Corbineau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Beaufour" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-014-2125-z" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179486v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bed&#345;ich Pe&#353;ek" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.12158" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D16CBEAB2E9DB7BC92E0B1FC1FC4FD9EF836DEE7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087600v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Maury" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grondin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.12081" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KMK9QH2X-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640932v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Canales" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o Bautista" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefa G&#243;mez-Maldonado" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lesur Kupin Lesur" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pbi.12136" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964485v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois J.-F. Trontin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis F. Canlet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Reymond" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine S. Debille" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine K. Durandeau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648615v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bonhomme" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vallance" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-3054.2010.01423.x" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5AB1D82A8C32894381A7CB26538B5BC9659B0A02/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662921v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Germain" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Semon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie H&#233;l&#232;ne Siess" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00498250701742645" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660722v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Le Bon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Belloir" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varsha Singh" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677921v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeline Gradolatto" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Basly" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Berg&#232;s" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Chagnon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/dmd.104.000893" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675449v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gradolatto" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Chantal Canivenc-Lavier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Basly" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678545v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Chevalier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00498250310001636840" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675573v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682483v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Auger" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ginies" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0049825021000017902" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679470v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jos&#232;phe Amiot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mondy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Auger" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kahane" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694578v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Siess" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118686v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Vall&#233;e" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Maget-Dana" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ramstein" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bureaud" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695255v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Schoentgen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698010v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guenot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Suschetet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687175v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Touzel" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gervais" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Maurizot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Culard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693969v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Toulm&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Touzel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gervais" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Maurizot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi952414o" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-CMLFT3NM-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065364v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Cam" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Delain" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sauti&#232;re" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.270.11.6286" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02708673v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lain&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Culard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795079v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre A. Morel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Harvengt" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797752v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystyna Klimaszewska" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Miguel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuija Aronen" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Hargreaves" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/fr/book/9783319337043" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-33705-0_19" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800946v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Gu&#233;rin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05296785v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Parthenay" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05296788v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04621759v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Ridel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04621818v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541976v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541970v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fischerov&#225;" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petre I Dobrev" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03809833v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Vondr&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03523191v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. D Sow" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541954v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603097v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathie Reeves" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopoldo Sanchez Rodriguez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03809831v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740937v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pe&#353;ek Bed&#345;ichc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268055v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Debille" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Canlet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748239v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Le Mette" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750364v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Reymond" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Quoniou" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746546v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748475v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico D. Morabito" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203854v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Morabito" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756816v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751707v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825454v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Goupy" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Josephe Amiot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833871v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Steib" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833937v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stroheker" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Pinnert" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829637v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843044v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841591v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Schoentgen" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Erkerskon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Lottspeich" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852097v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Delain" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sauti&#232;re" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maurizot" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04621965v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petre Ivanov Dobrev" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaclav Motyka" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04621943v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Scotti-Saintagne" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04759182v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Musch" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541990v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740936v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798385v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Concepci&#243;n Avila" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando de La Torre" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge El-Azaz" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269493v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Corbineau" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740212v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808492v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rupps" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Zoglauer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vornam Barbara" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reiner Finkeldey" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Teresa Cervera" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268054v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Mette" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267979v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268053v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746152v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746570v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Harvenght" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>