--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2600,135 +2600,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03509218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le corps du chercheur dans la Recherche Action Participative</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stimuler la créativité pour enseigner et apprendre : un monde virtuel au collège</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Gadille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Rémon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Antonietta A Impedovo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Joséphine Rémon</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Corvasce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFERE 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, MARSEILLE, France</w:t>
+              <w:t xml:space="preserve">COLLOQUE LINE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, NICE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03181993v1</w:t>
+                <w:t xml:space="preserve">halshs-03182001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Table-ronde Axe 4 : échanges autour d'une expérience de projet pédagogique collaboratif</w:t>
               </w:r>
@@ -2816,148 +2829,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03264621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stimuler la créativité pour enseigner et apprendre : un monde virtuel au collège</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le corps du chercheur dans la Recherche Action Participative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Antonietta A Impedovo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Gadille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joséphine Rémon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Caroline Corvasce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COLLOQUE LINE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, NICE, France</w:t>
+              <w:t xml:space="preserve">SFERE 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, MARSEILLE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03182001v1</w:t>
+                <w:t xml:space="preserve">halshs-03181993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modéliser les processus de collaboration entre acteurs de l'éducation et de la recherche pour la construction de savoirs</w:t>
               </w:r>
@@ -6561,169 +6561,169 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions pédagogiques &amp;quot;fortement multimodales&amp;quot; en ligne : le cas de tuteurs en formation</w:t>
+                <w:t xml:space="preserve">Interactions pédagogiques &amp;quot;fortement multimodales&amp;quot; en ligne: le cas de tuteurs en formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Linguistique. Ecole normale supérieure de lyon - ENS LYON, 2012. Français. </w:t>
+              <w:t xml:space="preserve">Linguistique. Ecole normale supérieure Lettres et Sciences Humaines - ENS-LSH Lyon, 2012. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : 2012ENSL0756⟩</w:t>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-00765986v1</w:t>
+                <w:t xml:space="preserve">tel-01066562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions pédagogiques &amp;quot;fortement multimodales&amp;quot; en ligne: le cas de tuteurs en formation</w:t>
+                <w:t xml:space="preserve">Interactions pédagogiques &amp;quot;fortement multimodales&amp;quot; en ligne : le cas de tuteurs en formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Linguistique. Ecole normale supérieure Lettres et Sciences Humaines - ENS-LSH Lyon, 2012. Français. </w:t>
+              <w:t xml:space="preserve">Linguistique. Ecole normale supérieure de lyon - ENS LYON, 2012. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+                <w:t xml:space="preserve">⟨NNT : 2012ENSL0756⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-01066562v1</w:t>
+                <w:t xml:space="preserve">tel-00765986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Mémoire d'étudiant (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6893,51 +6893,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0CF89132"/>
+    <w:nsid w:val="5928E485"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7124,51 +7124,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-vincent" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1621-9894" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165800534" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928365v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Gadille" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Feuilladieu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vincent" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Antonietta Impedovo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Corvasce" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/138ec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875431v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine R&#233;mon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473487v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367170v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aldon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jane Monod-Ansaldi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nizet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Prieur" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1081289ar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473507v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.4074" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474741v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Col&#243;n de Carvajal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007454v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile F&#232;vre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Picard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Vighetti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chapuis" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2016.05.008" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473516v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sanchez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Safadi-Katouzian" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-017-9624-z" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474763v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ela.184.0399" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474770v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viorica Nicolaev" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00720790v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Boerlin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Daignault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles M Dozois" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dutil" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1601.091118" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806433v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Develotte" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guichon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0958344010000170" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02726218v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Pajot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pruli&#232;re" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Garnier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Campion" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496555v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Krohmer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Riberolles" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naelle Riccone" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376139v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376131v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641740v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Alfonsi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#235;lle Riccone" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04873616v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bidart" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cardon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Machut" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Perdoncin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641762v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Badache" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bellet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03793100v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Privas-Br&#233;aut&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Antonietta A Impedovo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907469v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Grassin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Combe" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03509218v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Appel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cappellini" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03181993v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264621v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03182001v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264622v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizet Isabelle" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264625v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618818v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabrouka El Hachani" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Lascar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342322v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Quilio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02894098v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477234v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477230v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Ibnelka&#239;d" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477248v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Furnon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475030v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01959722v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Grassin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477256v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477331v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477264v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477342v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477347v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475034v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477350v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477357v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477324v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475045v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475044v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477327v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485290v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02091062v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353212v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bouquain" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Codreanu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Domanchin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229282v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Codreanu Tatiana" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165144v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543508v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/9788366675841-017" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229277v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229279v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04832606v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928689v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-95504-1.00346-X" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474749v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474783v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474791v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474916v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B&#233;nech" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829702v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Poyet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Larouk" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00765986v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012ENSL0756" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01066562v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-00638414v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-vincent" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1621-9894" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165800534" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928365v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Gadille" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Feuilladieu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vincent" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Antonietta Impedovo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Corvasce" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/138ec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875431v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine R&#233;mon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473487v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367170v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aldon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jane Monod-Ansaldi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nizet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Prieur" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1081289ar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473507v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.4074" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474741v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Col&#243;n de Carvajal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007454v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile F&#232;vre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Picard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Vighetti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chapuis" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2016.05.008" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473516v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sanchez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Safadi-Katouzian" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-017-9624-z" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474763v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ela.184.0399" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474770v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viorica Nicolaev" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00720790v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Boerlin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Daignault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles M Dozois" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dutil" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1601.091118" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806433v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Develotte" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guichon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0958344010000170" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02726218v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Pajot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pruli&#232;re" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Garnier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Campion" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496555v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Krohmer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Riberolles" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naelle Riccone" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376139v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376131v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641740v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Alfonsi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#235;lle Riccone" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04873616v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bidart" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cardon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Machut" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Perdoncin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641762v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Badache" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bellet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03793100v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Privas-Br&#233;aut&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Antonietta A Impedovo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907469v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Grassin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Combe" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03509218v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Appel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cappellini" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03182001v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264621v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03181993v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264622v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizet Isabelle" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264625v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618818v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabrouka El Hachani" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Lascar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342322v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Quilio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02894098v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477234v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477230v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Ibnelka&#239;d" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477248v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Furnon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475030v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01959722v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Grassin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477256v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477331v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477264v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477342v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477347v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475034v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477350v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477357v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477324v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475045v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475044v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477327v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485290v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02091062v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353212v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bouquain" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Codreanu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Domanchin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229282v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Codreanu Tatiana" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165144v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543508v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/9788366675841-017" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229277v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229279v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04832606v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928689v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-95504-1.00346-X" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474749v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474783v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474791v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474916v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B&#233;nech" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829702v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Poyet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Larouk" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01066562v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00765986v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012ENSL0756" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-00638414v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>