--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -132,51 +132,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -300,1201 +300,1335 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05410799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of Hydrogel Microneedle Arrays for Physiology Monitoring of Farm Animals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A pilot study testing a continuous glucose monitoring sensor in lean growing pigs fed contrasting diets, to document nocturnal and diurnal glycemic excursions as well as their relationships</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Xavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurabelle Gautier</w:t>
+                <w:t xml:space="preserve">Francis Amman Eugenio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
+                <w:t xml:space="preserve">Charles-Henri Malbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Massé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Caroline Xavier</w:t>
+                <w:t xml:space="preserve">Catherine Ollagnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorraine Novais-Gameiro</w:t>
+                <w:t xml:space="preserve">Sophie Brajon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Micromachines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (9), pp.1015. </w:t>
+              <w:t xml:space="preserve">Veterinary and Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 32, pp.100612. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/mi16091015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.vas.2026.100612⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05307663v1</w:t>
+                <w:t xml:space="preserve">hal-05543421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A pilot study on alternative blood sampling methods in pigs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design of Hydrogel Microneedle Arrays for Physiology Monitoring of Farm Animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurabelle Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Massé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Cornelia C. Metges</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Novais-Gameiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Veterinary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12917-025-04738-4⟩</w:t>
+              <w:t xml:space="preserve">Micromachines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (9), pp.1015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/mi16091015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05084798v1</w:t>
+                <w:t xml:space="preserve">hal-05307663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional imaging to estimate in vivo body and carcass chemical composition of growing beef-on-dairy crossbred bulls</w:t>
+                <w:t xml:space="preserve">A pilot study on alternative blood sampling methods in pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Siegenthaler</w:t>
+                <w:t xml:space="preserve">Francis Amann Eugenio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Dohme-Meier</w:t>
+                <w:t xml:space="preserve">Jan Værum Nørgaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Dubois</w:t>
+                <w:t xml:space="preserve">Cornelia C. Metges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 18 (6), pp.101174. </w:t>
+              <w:t xml:space="preserve">BMC Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 21, pp.366. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2024.101174⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12917-025-04738-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04603863v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05084798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of carcass chemical composition in beef-on-dairy cattle using dual-energy X-ray absorptiometry (DXA) scans of cold half-carcass or 11th rib cut</w:t>
+                <w:t xml:space="preserve">Three-dimensional imaging to estimate in vivo body and carcass chemical composition of growing beef-on-dairy crossbred bulls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Morel</w:t>
+                <w:t xml:space="preserve">I. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frigga Dohme-Meier</w:t>
+                <w:t xml:space="preserve">R. Siegenthaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Siegenthaler</w:t>
+                <w:t xml:space="preserve">F. Dohme-Meier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Le Cozler</w:t>
+                <w:t xml:space="preserve">S. Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 101, </w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18 (6), pp.101174. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jas/skad380⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2024.101174⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04370809v1</w:t>
+                <w:t xml:space="preserve">hal-04603863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of empty body and carcass chemical composition of lactating and growing cattle: comparison of imaging, adipose cellularity, and rib dissection methods</w:t>
+                <w:t xml:space="preserve">Estimation of carcass chemical composition in beef-on-dairy cattle using dual-energy X-ray absorptiometry (DXA) scans of cold half-carcass or 11th rib cut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Driesen</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Isabelle Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frigga Dohme-Meier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Siegenthaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Cozler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Translational Animal Science </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/tas/txac066⟩</w:t>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 101, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jas/skad380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03707039v1</w:t>
+                <w:t xml:space="preserve">hal-04370809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of 3-dimensional imaging of Holstein cows to estimate body weight and monitor the composition of body weight change throughout lactation</w:t>
+                <w:t xml:space="preserve">Estimation of empty body and carcass chemical composition of lactating and growing cattle: comparison of imaging, adipose cellularity, and rib dissection methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Driesen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Siegenthaler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frigga Dohme-Meier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Cozler</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2021-21337⟩</w:t>
+              <w:t xml:space="preserve">Translational Animal Science </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/tas/txac066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03749447v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des images en trois dimensions de bovins ä viande pour l’estimation de la composition corporelle et la description linëaire</w:t>
+                <w:t xml:space="preserve">The use of 3-dimensional imaging of Holstein cows to estimate body weight and monitor the composition of body weight change throughout lactation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Cozler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Depuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Caillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Vache Mère</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 105 (5), pp.4508-4519. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2021-21337⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03498626v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03749447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of dairy goat body composition: A direct calibration and comparison of eight methods</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Des images en trois dimensions de bovins ä viande pour l’estimation de la composition corporelle et la description linëaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Xavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Le Cozler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lerch</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">La Vache Mère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1/2021, pp.51-53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymeth.2020.06.014⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02934522v1</w:t>
+                <w:t xml:space="preserve">hal-03498626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Estimation of dairy goat body composition: A direct calibration and comparison of eight methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lerch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne de La Torre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Huau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Monziols</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Xavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 186, pp.68-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymeth.2020.06.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02934522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Volume and surface area of Holstein dairy cows calculated from complete 3D shapes acquired using a high-precision scanning system: Interest for body weight estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Cozler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Depuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Caillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 165 (104977), pp.104977. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compag.2019.104977⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02286677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1504,1772 +1638,1772 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What are the alternatives to standard blood sampling methods?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Oster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brajon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vaerum Norgaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PIGWEB, an infrastructure for experimental research for sustainable pig production - Final Event</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE, Feb 2026, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05498991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WAIT4 – un projet de recherche alliant technologies numériques et IA pour évaluer des indicateurs pertinents de bien-être pour des animaux confrontés aux défis des transitions agroécologique et climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydiane Aubé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessio Ragno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Robardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VETOTIC - Digital et santé animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Innozh, Nov 2025, Ploufragan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05385353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous monitoring of glycaemia to detect variations in intermediary metabolism during night and day cycles in growing pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Henri Malbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brajon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Florence, Italy. pp.277</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04691100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphology and body composition of beef-on-dairy heifers along compensatory growth itinerary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Dieudonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Siegenthaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lerch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.679</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04286350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficience d'utilisation de l'azote chez des taurillons croisés recevant des régimes mixtes présentant une haute autonomie alimentaire et protéique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frigga Dohme-Meier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Siegenthaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Hayoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3R2022 : 26èmes Rencontres autour des Recherches sur les Ruminants.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut de l'élevage [IDELE] INRAE, Dec 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04734585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vivo 3D imaging to estimate the dynamic of body chemical composition along the growth of crossbred bulls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Cozler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Siegenthaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dohme-Meier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. EAAP International Symposium on Energy and Protein Metabolism and Nutrition (Isep)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Granada, Spain. pp.478-479, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.anscip.2022.07.195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03878020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Body composition estimation in cattle: comparison of imaging and adipose cell size methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Driesen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Siegenthaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dohme-Meier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Cozler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">72. Annual meeting of the european federation of animal science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EAAP, Aug 2021, Davos, Switzerland. pp.239</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03412664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of crossbreed beef half-carcass chemical composition by dual-energy X-ray absorptiometry (DXA) scan of half-carcass or 11th rib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Siegenthaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frigga Dohme-Meier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Cozler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques de l'école doctorale Écologie, Géosciences, Agronomie, Alimentation (Egaal)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, En ligne, France. pp.56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03365373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of crossbreed beef carcass chemical composition by DXA scan of half-carcass or 11th rib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Siegenthaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dohme-Meier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Cozler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">72. Annual meeting of the european federation of animal science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EAAP, Aug 2021, Davos, Switzerland. pp.238</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03412646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indirect approaches of digestive processes to determine feed efficiency in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faverdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Cozler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">72. Annual meeting of the european federation of animal science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EAAP, Aug 2021, Davos, Switzerland. pp.159</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03359985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’accès à de nouveaux phénotypes d’intérêts grâce à l’imagerie 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Cozler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Caillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Webinaire de restitution du projet Deffilait</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03190428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi certaines vaches laitières sont plus efficientes que d’autres ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faverdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Delagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Denouel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Edouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Webinaire de restitution du projet Deffilait</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03190458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phénotypage fin de la composition corporelle : calibration et comparaison directe de huit méthodes chez la chèvre laitière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Lerch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne de La Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Huau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Monziols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25. Rencontres Recherches Ruminants (3R)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Online, France. pp.33-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02934616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vivo estimation of body composition: comparison of eight methods in dairy goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne de La Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Pires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Huau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Monziols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">71. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EAAP, Dec 2020, Virtual meeting, Portugal. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3920/978-90-8686-900-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02934537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3279,1047 +3413,1047 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation des porcs face à une vague de chaleur estivale : études physiologiques et comportementales via des outils numériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Renaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurabelle Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Verplanck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques 2025 du PEPR agroécologie et numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04920249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of rib composition and intramuscular fat from DXA or smartphone imaging in crossbred bull</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Cozler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, Book of abstracts, 29, pp.191, 2023, Book of abstracts of the 74th annual meeting of the european federation of animal science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04192489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phénotypage fin de la composition corporelle chez le ruminant :mise au point et calibration de huit méthodes innovantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Pires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne de La Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Huau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Monziols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'Animation Scientifique du Département Physiologie Animale et Système d'Elevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03691513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficience d’utilisation de l’azote chez des taurillons croisés recevant des régimes mixtes présentant une haute autonomie alimentaire et protéique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dohme-Meier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Siegenthaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hayoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Paris, France. Institut de l’Elevage - INRAE, pp.135, 2022, 26èmes Rencontres Recherches Ruminants</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vivo estimation of body composition of crossbreed beef cattle using ultrasound measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Siegenthaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dohme-Meier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lerch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">72. Annual meeting of the european federation of animal science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Davos, Switzerland. Wageningen Academic Publishers, Book of abstracts, 27, pp.449, 2021, Book of abstracts of the 72nd annual meeting of the european federation of animal science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03412848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prédiction du poids vif des vaches laitières en lactation par imagerie 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Depuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Delouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25. Rencontres Recherches Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, En ligne, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institut de l'Elevage - INRAE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 25, pp.58, 2020, 25èmes Rencontres Recherches Ruminants (3R)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03165207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation de la composition de la carcasse du bovin à l’engraissement par absorptiométrie biphotonique à rayons X (DXA) de la demi-carcasse ou de la 11ème côte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Siegenthaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Cozler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mermoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25. Rencontres Recherches Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, En ligne, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Institut de l'Elevage - INRAE</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 25, pp.63, 2020, 25èmes Rencontres Recherches Ruminants (3R)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03165258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'imagerie 3D pour la modélisation complète de bovins laitiers: vers de nouvelles données morphologiques disponibles à haut débit (surface, volume, poids vif)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Cozler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Caillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Depuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Défis scientifiques Phase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Rennes, France. 2019, Recueil des résumés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02420443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4329,100 +4463,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation fine des compositions du corps vide et de la carcasse du bovin par imagerie en trois dimensions (3D) et absorptiométrie bi-photonique à rayons X (DXA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences agricoles. Institut national d'enseignement supérieur pour l'agriculture, l'alimentation et l'environnement, 2022. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2022AGROB362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04066393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4432,105 +4566,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de l'imagerie 3D pour suivre la croissance des vaches laitières, prédire les quantités ingérées et approcher l'efficience alimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Xavier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">dumas-02372520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId115"/>
+      <w:footerReference w:type="default" r:id="rId119"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4598,51 +4732,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BE079083"/>
+    <w:nsid w:val="ED7D61AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4829,51 +4963,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-xavier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8893-4278" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05410799v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Bonneau de Beaufort" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Xavier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renaudeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Largou&#235;t" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gondret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2025.100112" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05307663v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurabelle Gautier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart-Letort" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mass&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Novais-Gameiro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi16091015" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05084798v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Amann Eugenio" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan V&#230;rum N&#248;rgaard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia C. Metges" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-025-04738-4" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04603863v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Morel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Siegenthaler" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dohme-Meier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dubois" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101174" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-04370809v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Morel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frigga Dohme-Meier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Siegenthaler" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Cozler" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/skad380" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03707039v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Driesen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/tas/txac066" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749447v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Depuille" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Caillot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Allain" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2021-21337" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03498626v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lerch" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934522v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Torre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Huau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Monziols" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2020.06.014" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02286677v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Caillot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2019.104977" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05498991v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Oster" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brajon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Vaerum Norgaard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05385353v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Aub&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lardy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Ragno" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Robardet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04691100v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Malbert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04286350v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734585v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Hayoz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03878020v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.07.195" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03412664v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Driesen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03365373v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03412646v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03359985v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fischer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lebreton" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03190428v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Allain" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03190458v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Denouel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Edouard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934616v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lerch" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Monziols" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934537v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pires" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Monziols" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-900-8" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04920249v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Verplanck" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192489v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Delahaye" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691513v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04028918v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hayoz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03412848v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03165207v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Depuille" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Delattre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Delouard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://journees3r.fr/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03165258v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mermoud" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420443v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04066393v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022AGROB362" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-02372520v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-xavier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8893-4278" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05410799v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Bonneau de Beaufort" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Xavier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renaudeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Largou&#235;t" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gondret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2025.100112" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05543421v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Amman Eugenio" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Malbert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ollagnier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brajon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vas.2026.100612" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05307663v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurabelle Gautier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart-Letort" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mass&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Novais-Gameiro" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi16091015" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05084798v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Amann Eugenio" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan V&#230;rum N&#248;rgaard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia C. Metges" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-025-04738-4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04603863v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Morel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Siegenthaler" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dohme-Meier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dubois" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101174" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-04370809v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Morel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frigga Dohme-Meier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Siegenthaler" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Cozler" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/skad380" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03707039v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Driesen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/tas/txac066" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749447v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Depuille" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Caillot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Allain" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2021-21337" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03498626v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lerch" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934522v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Torre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Huau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Monziols" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2020.06.014" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02286677v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Caillot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2019.104977" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05498991v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Oster" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Vaerum Norgaard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05385353v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Aub&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lardy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Ragno" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Robardet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04691100v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04286350v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734585v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Hayoz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03878020v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.07.195" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03412664v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Driesen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03365373v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03412646v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03359985v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fischer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lebreton" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03190428v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Allain" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03190458v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Denouel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Edouard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934616v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lerch" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Monziols" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934537v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pires" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Monziols" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-900-8" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04920249v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Verplanck" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192489v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Delahaye" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691513v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04028918v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hayoz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03412848v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03165207v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Depuille" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Delattre" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Delouard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://journees3r.fr/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03165258v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mermoud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420443v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04066393v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022AGROB362" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-02372520v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>