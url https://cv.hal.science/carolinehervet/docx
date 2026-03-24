--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,1337 +66,4439 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (25)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swine influenza A virus infection sets the local immunological landscape in subsequent infection with porcine reproductive and respiratory syndrome virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janaïna Grevelinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bourry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selma Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Meurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Deblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès du Club d'Immunologie et de Vaccinologie Vétérinaire (CIVVET)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Club d'Immunologie et de Vaccinologie Vétérinaire (CIVVET); Oniris; INRAE, Apr 2025, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05129786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparative impact of porcine reproductive and respiratory virus and swine influenza A virus infections on respiratory lymph nodes B cells and macrophages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Renson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Deblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Muñoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. ISIDORe User Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Paris, France. pp.25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05129892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparative impact of porcine reproductive and respiratory virus and swine influenza A virus infections on respiratory lymph nodes B cells and macrophages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Renson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Deblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Muñoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès du Club d'Immunologie et de Vaccinologie Vétérinaire (CIVVET)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Club d'Immunologie et de Vaccinologie Vétérinaire (CIVVET); Oniris; INRAE, Apr 2025, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05107977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparative impact of porcine reproductive and respiratory virus and swine influenza A virus infections on respiratory lymph nodes B cells and macrophages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Renson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Deblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Muñoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14. International Veterinary Immunology Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05129867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence du logement et des caractéristiques sociales maternelles pendant la gestation sur les fonctions des monocytes des porcelets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Merlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Clouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Mescouto Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6ème colloque de la SF-DOHaD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04292632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of the endosymbiont Midichloria mitochondrii on gene expression in the ovary of its tick host Ixodes ricinus, based on transcriptome sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Daveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rispe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie de La Cotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Sassera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réunion annuel du groupe "Tiques et Maladies à Tiques" (TMT) du Réseau Ecologie des Interactions Durables (REID)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03655076v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractérisation et prévalence de Babesia du groupe Percei chez le goéland Larus michahellis et analyse de sa transmission par Ornithodoros maritimus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bonsergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Vittecoq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Leray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louisiane Burkhart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie de La Cotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16. Réunion Annuelle du Groupe « Tiques et maladies à tiques »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Ecologie et d'Evolution (SFEE), Mar 2021, Lyon ( virtual ), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05098531v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évolution d'un groupe d'iflavirus associés aux tiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Rispe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Daveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louane Sigrist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Sassera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16ème réunion annuelle du groupe « Tiques et maladies à tiques »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Ecologie et d'Evolution (SFEE), Mar 2021, Lyon (virtual), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05098632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A first insight into the effect of Lotilaner on GABA-gated channels from the european tick &amp;lt;em&amp;gt;Ixodes ricinus&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Charvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Rispe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Courtot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27. Conference of the World Association for the Advancement of Veterinary Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Madison, United States. 349 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évaluation de marqueurs immunologiques sanguins potentiels chez des broutards en engraissement ayant reçu une phéromone d’apaisement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Meurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Boullier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Guiader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">journées scientifiques sant'Innov</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02786251v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deciphering the synganglion transcriptome of Ixodes ricinus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Rispe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Aury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Labadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steeve Thany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14. Réunion annuelle du groupe « Tiques et Maladies Transmises » du « Réseau Ecologie Interactions Durable » (REID)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02786923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transcriptomics help resolve phylogenetic relationships in ticks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémi Pierre Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Agoulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. Young Natural History Scientists' Meeting (YNHM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Paris, France. 151 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Porcine reproductive and respiratory syndrome and swine influenza viruses co-infections and superinfections of porcine respiratory cells and tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Saade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Belloc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mily Leblanc-Maridor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11. Symposium of the French Domestic Animal Immunology Network (IAD 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Tours, France. 57 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734614v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">RAD-seq mapping of spontaneous masculinization in XX doubled haploid rainbow trout lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Guyomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Guiguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Charlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dechamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01194148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic bases of resistance [i]versus[/i] susceptibility to [i]Flavobacterium psychrophilum[/i] in rainbow trout</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Quillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dechamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Krieg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chantry-Darmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01194147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spécificité des carpes malgaches : déterminisme génétique de l’écaillure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vandeputte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René R. Guyomard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier final projet PARRUR MADAPISCI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Antananarivo, Madagascar</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02800894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cartographie RADtag d’haploïdes doubles de truite arc-en-ciel et détection d’un QTL de couleur de la robe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Guyomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Krieg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Guiguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du Département de Génétique animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Fréjus, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193893v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Primo-localisation de QTL de résistance à la yersiniose chez la truite arc-en-ciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dechamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Krieg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Guyomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Berard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du Département de Génétique animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Fréjus, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sélectionner pour la résistance à Flavobacterium psychrophilum chez la truite arc-en-ciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dechamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Krieg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chantry-Darmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3ème journées de la Recherche Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bases génétiques quantitatives et moléculaires de la résistance de la truite arc-en-ciel à [i]Flavobacterium psychrophilum[/i]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Quillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Boudinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dechamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées techniques Piscicoles du SYSAAF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01001265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Homozygous rainbow trout clones as a tool to screen the virulence properties of &amp;lt;em&amp;gt;Flavobacterium psychrophilum&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dechamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Plault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Quillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquaculture Europe 2010, Sea farming tomorrow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Porto, Portugal. pp.820-821</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mapping QTLs affecting cortisol response to confinement stress in rainbow trout</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Quillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Krieg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dechamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9. World Congress on Genetics Applied to Livestock Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Leipzig, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bacterial isolate influences the susceptibility of clones of rainbow trout to Flavobacterium psychrophilum infection.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dechamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Quillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14th EAFP Conference: Diseases of fish and shellfish</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Prague, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02816327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cartographie comparée de la truite commune et de la truite : évolution du génome des salmonidés par fusions robertsoniennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René R. Guyomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Martineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mauger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Andriamanga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VIIe Séminaire Agenae / Genanimal Tours, 21-23 octobre 2009 (oral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Inconnu, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02821482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Resistance to Flavobacterium psychrophilum in homozygous clones of rainbow trout: effects of host genotype and bacterium isolates.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Quillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dechamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd Conference on members of the genus Flavobacterium 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Paris, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02819977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oral supplementation with Algae extract enhances the humoral response to attenuated PRRSV-1 vaccine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérik Bussy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco da Rocha Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Belloc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème congrès du CIVVet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-05426314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early B cell maturation and immune evasion mechanisms in PRRSV-1 infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Renson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Deblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Conference Society for Veterinary Epidemiology and Preventive Medicine (SVEPM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Berlin, Germany. , 2025, Society for Veterinary Epidemiology and Preventive Medicine (SVEPM)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05135873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets immunomodulateurs et antiviraux d'extraits d'algues lors d'une vaccination MLV chez le porc</w:t>
+                <w:t xml:space="preserve">Impact of swine influenza A virus on porcine reproductive and respiratory syndrome virus infection in alveolar macrophages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Janaïna Grevelinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bourry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Meurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nyvall Collén Pi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'animation scientifique du département Santé Animale (JAS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Seignosse 'Les Tuquets', France. , 2024, Journées d'animation scientifique du département Santé Animale (JAS)</w:t>
+              <w:t xml:space="preserve">8. European Veterinary Immunology Workshop (EVIW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Dublin, Ireland. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04716859v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04706466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of swine influenza A virus on porcine reproductive and respiratory syndrome virus infection in alveolar macrophages</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effets immunomodulateurs et antiviraux d'extraits d'algues lors d'une vaccination MLV chez le porc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Perrin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérick Bussy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Morvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nyvall Collén Pi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. European Veterinary Immunology Workshop (EVIW)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Dublin, Ireland. </w:t>
+              <w:t xml:space="preserve">Journées d'animation scientifique du département Santé Animale (JAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Seignosse 'Les Tuquets', France. , 2024, Journées d'animation scientifique du département Santé Animale (JAS)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04706466v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04716859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic differentiation between populations of the tick Ixodes ricinus, assessed by partial exome capture</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Effets immunomodulateurs et antiviraux d'extraits d'algues sur des monocytes sanguins et des macrophages alvéolaires de porc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérick Bussy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nyvall Collén Pi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique du Département de Santé Animale (JAS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2022, Anglet, France. pp.P.01, Journées d'Animation Scientifique du Département de Santé Animale (JAS)</w:t>
+              <w:t xml:space="preserve">, Oct 2022, Anglet, France. pp.P.34, Journées d'Animation Scientifique du Département de Santé Animale (JAS)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03842161v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets immunomodulateurs et antiviraux d'extraits d'algues sur des monocytes sanguins et des macrophages alvéolaires de porc</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Genetic differentiation between populations of the tick Ixodes ricinus, assessed by partial exome capture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rispe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Plantard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique du Département de Santé Animale (JAS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2022, Anglet, France. pp.P.34, Journées d'Animation Scientifique du Département de Santé Animale (JAS)</w:t>
+              <w:t xml:space="preserve">, Oct 2022, Anglet, France. pp.P.01, Journées d'Animation Scientifique du Département de Santé Animale (JAS)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03844241v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03842161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les conduits de distribution interne du nœud lymphatique inversé de porc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Dubreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Ledevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation Scientifique du Département Santé Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Anglet, France. 2022, Journées d’Animation Scientifique du Département Santé Animale</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04602131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Porcine respiratory cell and tissue coinfections and superinfections with porcine reproductive and respiratory syndrome and swine influenza viruses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Saade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Renson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Bougon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Viruses 2020 - Novel Concepts in Virology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Barcelone, Spain. , 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04557502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetics of pasteurellosis resistance in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merina Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics and Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Hinxton, United Kingdom. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The identification of a porcine pneumovirus from an immunological perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Adrien Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina Gutsche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mily Leblanc-Maridor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Veterinary Immunology Symposium (IVIS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Seattle, United States. , 176 p., 2019, International Veterinary Immunology Symposium (IVIS)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogenomic study of hard ticks using transcriptome sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémi Pierre Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1415,113 +4517,113 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème réunion du GROUPE DE TRAVAIL "TIQUES ET MALADIES A TIQUES" AU SEIN DU "RESEAU ECOLOGIE DES INTERACTIONS DURABLES"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Nantes, France. 13ème ed., 17 p., 2017, 13ème réunion du GROUPE DE TRAVAIL "TIQUES ET MALADIES A TIQUES" AU SEIN DU "RESEAU ECOLOGIE DES INTERACTIONS DURABLES"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptomic Studies Uncover the Phylogeny of Hard Ticks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémi Pierre Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1540,301 +4642,301 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">One Health 9.Tick and Tick-borne Pathogen Conference &amp; 1. Asia Pacific Rickettsia Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Cairns, Australia. , 9ème ed., 144 p., 2017, 9.Tick and Tick-borne Pathogen Conference &amp; 1. Asia Pacific Rickettsia Conference</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QTL associated to bacterial cold water disease in rainbow trout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Quillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dechamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine Krieg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chantry-Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquaculture Europe 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, San Sebastian, Spain. , 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01194151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determinism of spontaneous masculinization in XX rainbow trout females</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Guyomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Guiguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Guiguen</w:t>
+                <w:t xml:space="preserve">Aurélie Charlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Charlet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dechamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. International Symposium on Genetics in Aquaculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Auburn, United States. pp.122, 2012, ISGA XI</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01190196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1844,6578 +4946,3476 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome sequences of four Ixodes species expands understanding of tick evolution</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Matéo Boudet</w:t>
+                <w:t xml:space="preserve">Algae extract supplementation boosts humoral immunity induced by attenuated PRRSV-1 vaccination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérick Bussy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Morvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco da Rocha Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Belloc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12915-025-02121-1⟩</w:t>
+              <w:t xml:space="preserve">BMC Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 21 (1), pp.653. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12917-025-05085-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04707197v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-05387534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algae extract supplementation boosts humoral immunity induced by attenuated PRRSV-1 vaccination</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Catherine Belloc</w:t>
+                <w:t xml:space="preserve">Genome sequences of four Ixodes species expands understanding of tick evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Cerqueira de Araujo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Labadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matéo Boudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Veterinary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12917-025-05085-0⟩</w:t>
+              <w:t xml:space="preserve">BMC Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23, pp.17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12915-025-02121-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-05387534v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04707197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Swine influenza A virus infection sets the local immunological landscape in subsequent infection with porcine reproductive and respiratory syndrome virus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janaïna Grevelinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bourry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selma Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Meurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Deblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 56 (1), pp.114. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13567-025-01536-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05103379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential impact of porcine reproductive and respiratory virus and swine Influenza A virus infections on respiratory Lymph Nodes B cells and macrophages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Renson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Deblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 188, pp.98-110. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.molimm.2025.10.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05391617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of swine influenza A virus on porcine reproductive and respiratory syndrome virus infection in alveolar macrophages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janaïna Grevelinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bourry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Meurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 11, pp.1454762. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fvets.2024.1454762⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04696357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine-Sulfated Polysaccharides Extracts Exhibit Contrasted Time-Dependent Immunomodulatory and Antiviral Properties on Porcine Monocytes and Alveolar Macrophages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Bussy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pi Nyvall Collén</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (19), pp.2576. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ani12192576⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03924720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptome of the synganglion in the tick Ixodes ricinus and evolution of the cys-loop ligand-gated ion channel family in ticks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rispe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie de la Cotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Daveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Labadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 23 (1), pp.1-20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12864-022-08669-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03707797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Internal Conduit System of the Swine Inverted Lymph Node</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Dubreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Ledevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13, pp.869384. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fimmu.2022.869384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04163808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appeasing Pheromones against Bovine Respiratory Complex and Modulation of Immune Transcript Expressions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Présentation de la technique de coupes de précision de tissus permettant l'étude d'infections et co-infections sur des tissus complexes cultivés ex vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet-Limousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Meurens</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animals</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 106, pp.36-43</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03240722v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04626707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sequence diversity and evolution of a group of iflaviruses associated with ticks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Daveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louane Sigrist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Sassera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aaron Jex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Virology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 166 (7), pp.1843-1852. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00705-021-05060-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03272097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation de la technique de coupes de précision de tissus permettant l'étude d'infections et co-infections sur des tissus complexes cultivés ex vivo</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Appeasing Pheromones against Bovine Respiratory Complex and Modulation of Immune Transcript Expressions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Boullier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Guiadeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Brun-Lafleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (6), pp.1545. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ani11061545⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04626707v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03240722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invasive in the North: new latitudinal record for Argentine ants in Europe</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Porcine Reproductive and Respiratory Syndrome Virus Interferes with Swine Influenza A Virus Infection of Epithelial Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Saade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurence Malandrin</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Renson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insectes Sociaux</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00040-020-00762-9⟩</w:t>
+              <w:t xml:space="preserve">Vaccines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (3), pp.508. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/vaccines8030508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02948821v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02931677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospecting potential links between PRRSV infection susceptibility of alveolar macrophages and other respiratory infectious agents present in conventionally reared pigs</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Invasive in the North: new latitudinal record for Argentine ants in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Pierre Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Catherine Belloc</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bonsergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Malandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Immunology and Immunopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vetimm.2020.110114⟩</w:t>
+              <w:t xml:space="preserve">Insectes Sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 67 (2), pp.331-335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00040-020-00762-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03137841v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02948821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porcine Reproductive and Respiratory Syndrome Virus Interferes with Swine Influenza A Virus Infection of Epithelial Cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">Prospecting potential links between PRRSV infection susceptibility of alveolar macrophages and other respiratory infectious agents present in conventionally reared pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Museau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Saade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Erika Hue</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Belloc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vaccines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/vaccines8030508⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Immunology and Immunopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 229, pp.110114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vetimm.2020.110114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02931677v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03137841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Midichloria mitochondrii, endosymbiont of Ixodes ricinus: evidence for the transmission to the vertebrate host during the tick blood meal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Cafiso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Sassera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Romeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Serra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10 (1), pp.5-12. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2018.08.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02624026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correction to: Quantitative trait loci for resistance to Flavobacterium psychrophilum in rainbow trout: effect of the mode of infection and evidence of epistatic interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Fraslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dechamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine Krieg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 51, Non paginé. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12711-019-0451-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02618168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A transcriptome-based phylogenetic study of hard ticks (Ixodidae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Pierre Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Hermouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline C. Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Agoulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen C Barker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9 (1), pp.12923. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-019-49641-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02355942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of pulmonary tissue responses in pigs challenged with PRRSV Lena strain shows better protection after immunization with field than vaccine strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Fablet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Renson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 230, pp.249-259. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.vetmic.2019.01.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02061157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First demonstration of the circulation of a pneumovirus in French pigs by detection of anti-swine orthopneumovirus nucleoprotein antibodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Adrien Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina Gutsche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Veterinary Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 49 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13567-018-0615-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01964289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Whole body transcriptomes and new insights into the biology of the tick Ixodes ricinus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémi Pierre Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Couton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maarten J. Voordouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 11, pp.1-15. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13071-018-2932-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02621930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative trait loci for resistance to Flavobacterium psychrophilum in rainbow trout: effect of the mode of infection and evidence of epistatic interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Fraslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dechamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine Krieg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 50 (1), pp.60. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12711-018-0431-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02405285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic and transcriptomic analyses provide new insights on the early antiviral response to VHSV in resistant and susceptible rainbow trout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloi R. Verrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Genet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laloë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Jaffrezic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Rau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 19 (1), pp.Non Paginé. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12864-018-4860-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02444518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How could fully scaled carps appear in natural waters in Madagascar?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Ravakarivelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zsigmond Jeney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 283 (1837), pp.1-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1098/rspb.2016.0945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01924181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative trait loci for magnitude of the plasma cortisol response to confinement in rainbow trout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Quillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine Krieg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dechamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Berard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 45 (2), pp.223-234. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/age.12126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01019216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resistance to a Rhabdovirus (VHSV) in Rainbow Trout: Identification of a Major QTL Related to Innate Mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloi E. Verrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Dorson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane S. Mauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne C. Torhy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Ciobotaru Ciobotaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8 (2), pp.e55302. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0055302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01001263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A synthetic rainbow trout linkage map provides new insights into the salmonid whole genome duplication and the conservation of synteny among teleosts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René R. Guyomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mekki Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine Krieg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline C. Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Quillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 13, online (march), Non paginé. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1471-2156-13-15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01000595v1</w:t>
-              </w:r>
-[...3100 lines deleted...]
-                <w:t xml:space="preserve">hal-02816327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8433,90 +8433,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative impact of porcine reproductive and respiratory virus and swine influenza A virus infections on respiratory lymph nodes B cells and macrophages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Renson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Deblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8720,51 +8720,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05426314v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hervet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rik Bussy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Morvan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco da Rocha Pinto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belloc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05135873v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Perrin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Renson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Deblanc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Mu&#241;oz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04716859v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Bussy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Goff" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nyvall Coll&#233;n Pi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706466v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana&#239;na Grevelinger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bourry" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Meurens" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03842161v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rispe" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Plantard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03844241v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah M&#233;nard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602131v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dubreil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Ledevin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Menard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Philippe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557502v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Saade" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bougon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738384v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merina Shrestha" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed'Hom" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid David" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Guitton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737240v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Adrien Richard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Gutsche" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Normand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mily Leblanc-Maridor" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605171v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mi Pierre Charrier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Durand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lambert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Agoulon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735468v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194151v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Quillet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dechamp" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Krieg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chantry-Darmon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190196v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Guyomard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guiguen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Charlet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707197v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Cerqueira de Araujo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin No&#235;l" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bretaudeau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Labadie" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Boudet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-025-02121-1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05387534v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-025-05085-0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103379v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Schmidt" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Meurens" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-025-01536-6" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05391617v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Mu&#241;oz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molimm.2025.10.010" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04696357v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2024.1454762" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03924720v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pi Nyvall Coll&#233;n" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani12192576" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03707797v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie de la Cotte" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Daveu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-022-08669-4" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04163808v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2022.869384" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03240722v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Boullier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Guiadeur" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Michel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Brun-Lafleur" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani11061545" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03272097v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louane Sigrist" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Sassera" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Jex" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-021-05060-8" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626707v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hervet-Limousin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bertho" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02948821v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pierre Charrier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonsergent" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Charrier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Malandrin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00040-020-00762-9" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03137841v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Museau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Saade" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2020.110114" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02931677v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Hue" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines8030508" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624026v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Cafiso" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Romeo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Serra" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2018.08.008" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618168v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Fraslin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bernard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-019-0451-0" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02355942v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Pierre Charrier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Hermouet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Hervet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen C Barker" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-49641-9" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061157v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Fablet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2019.01.022" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964289v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-018-0615-x" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621930v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Couton" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten J. Voordouw" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rais" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-018-2932-3" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405285v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-018-0431-9" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444518v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi R. Verrier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Genet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jaffrezic" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4860-1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01924181v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Hubert" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Allal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Ravakarivelo" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsigmond Jeney" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2016.0945" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019216v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Berard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.12126" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001263v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi E. Verrier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Dorson" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane S. Mauger" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Torhy" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ciobotaru Ciobotaru" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0055302" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000595v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; R. Guyomard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2156-13-15" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05129892v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107977v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05129867v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129786v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04292632v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Merlot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Clouard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Mescouto Lopes" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03655076v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie de La Cotte" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05098531v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Vittecoq" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Leray" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisiane Burkhart" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05098632v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rispe" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736790v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Charvet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Auger" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Courtot" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786251v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Guiader" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786923v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Thany" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736968v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734614v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Belloc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194147v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194148v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800894v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vandeputte" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193893v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193892v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191371v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dupont-Nivet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001265v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudinot" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chapuis" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756400v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Michel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Plault" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193368v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Le Roy" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821482v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale-Tabet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Martineau" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mauger" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Andriamanga" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819977v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michel" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816327v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746408v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129786v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana&#239;na Grevelinger" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bourry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Schmidt" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Meurens" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Deblanc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05129892v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hervet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Perrin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Renson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Mu&#241;oz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107977v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05129867v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04292632v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Merlot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Clouard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Mescouto Lopes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah M&#233;nard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03655076v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Daveu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rispe" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie de La Cotte" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Sassera" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05098531v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonsergent" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Vittecoq" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Leray" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisiane Burkhart" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05098632v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rispe" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louane Sigrist" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736790v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Charvet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Auger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Courtot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786251v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Boullier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Guiader" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Michel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786923v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Labadie" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Thany" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736968v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mi Pierre Charrier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Durand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lambert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Agoulon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734614v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Saade" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Belloc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mily Leblanc-Maridor" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194148v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Guyomard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guiguen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bernard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Charlet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dechamp" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194147v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Quillet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Krieg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chantry-Darmon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800894v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vandeputte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Hubert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; R. Guyomard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193893v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193892v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Berard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191371v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dupont-Nivet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001265v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudinot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chapuis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Hervet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756400v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Michel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Plault" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193368v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Le Roy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816327v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821482v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale-Tabet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Martineau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mauger" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Andriamanga" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819977v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05426314v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rik Bussy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Morvan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco da Rocha Pinto" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belloc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05135873v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706466v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Meurens" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04716859v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Bussy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Goff" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nyvall Coll&#233;n Pi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03844241v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03842161v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Plantard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602131v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dubreil" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Ledevin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Menard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Philippe" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557502v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Saade" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bougon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738384v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merina Shrestha" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed'Hom" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid David" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Guitton" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737240v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Adrien Richard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Gutsche" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Normand" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605171v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735468v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194151v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190196v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05387534v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-025-05085-0" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707197v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Cerqueira de Araujo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin No&#235;l" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bretaudeau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Boudet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-025-02121-1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103379v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-025-01536-6" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05391617v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Mu&#241;oz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molimm.2025.10.010" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04696357v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2024.1454762" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03924720v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pi Nyvall Coll&#233;n" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani12192576" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03707797v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie de la Cotte" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-022-08669-4" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04163808v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2022.869384" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626707v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hervet-Limousin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bertho" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03272097v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Jex" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-021-05060-8" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03240722v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Guiadeur" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Brun-Lafleur" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani11061545" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02931677v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Hue" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines8030508" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02948821v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pierre Charrier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Charrier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Malandrin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00040-020-00762-9" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03137841v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Museau" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2020.110114" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624026v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Cafiso" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Romeo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Serra" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2018.08.008" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618168v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Fraslin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-019-0451-0" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02355942v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Pierre Charrier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Hermouet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen C Barker" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-49641-9" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061157v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Fablet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2019.01.022" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964289v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-018-0615-x" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621930v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Couton" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten J. Voordouw" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rais" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-018-2932-3" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405285v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-018-0431-9" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444518v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi R. Verrier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Genet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jaffrezic" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4860-1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01924181v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Allal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Ravakarivelo" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsigmond Jeney" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2016.0945" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019216v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.12126" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001263v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi E. Verrier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Dorson" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane S. Mauger" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Torhy" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ciobotaru Ciobotaru" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0055302" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000595v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2156-13-15" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746408v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>