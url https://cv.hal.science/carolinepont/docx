--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1803,51 +1803,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04818145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (35)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (36)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1971,4545 +1971,4679 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05371655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic erosion in domesticated barley and a hypothesis of a North African centre of diversity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Author Correction: Striking convergent selection history of wheat and barley and its potential for breeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamadou Dia Sow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Forestan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Civan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Civáň</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Hakan Özkan</w:t>
+                <w:t xml:space="preserve">Micha Seidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ece3.70068⟩</w:t>
+              <w:t xml:space="preserve">Nature Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (12), pp.2581. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41477-025-02182-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04668934v1</w:t>
+                <w:t xml:space="preserve">hal-05403169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low impact of polyploidization on the transcriptome of synthetic allohexaploid wheat</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Meriem Banouh</w:t>
+                <w:t xml:space="preserve">Genetic erosion in domesticated barley and a hypothesis of a North African centre of diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Civáň</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agostino Fricano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanne Russell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Armisen</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mamadou Dia Sow</w:t>
+                <w:t xml:space="preserve">Hakan Özkan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-023-09324-2⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (8), pp.e70068. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.70068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04133631v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04668934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracing 100 million years of grass genome evolutionary plasticity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Low impact of polyploidization on the transcriptome of synthetic allohexaploid wheat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Banouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Armisen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaig Bouguennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Bellec</w:t>
+                <w:t xml:space="preserve">Cécile Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mamadou Dia Sow</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emile Mardoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tpj.16185⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (1), pp.255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-023-09324-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04305473v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SyntenyViewer: a comparative genomics-driven translational research tool</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tracing 100 million years of grass genome evolutionary plasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamadou Dia Sow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Civan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Flores</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Erik Kimmel</w:t>
+                <w:t xml:space="preserve">Emile Mardoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/database/baad027⟩</w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 114 (6), pp.1243-1266. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.16185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04099923v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of a major QTL and associated molecular marker for high arabinoxylan fibre in white wheat flour</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SyntenyViewer: a comparative genomics-driven translational research tool</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Flores</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lainé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alison Lovegrove</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Diana Passmore</w:t>
+                <w:t xml:space="preserve">Erik Kimmel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0227826⟩</w:t>
+              <w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/database/baad027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02902583v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracing the ancestry of modern bread wheats</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Pont</w:t>
+                <w:t xml:space="preserve">Identification of a major QTL and associated molecular marker for high arabinoxylan fibre in white wheat flour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Lovegrove</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luzie Wingen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy Plummer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abigail Wood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Leroy</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Wandrille Duchemin</w:t>
+                <w:t xml:space="preserve">Diana Passmore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41588-019-0393-z⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (e0227826), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0227826⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02154676v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02902583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paleogenomics: reconstruction of plant evolutionary trajectories from modern and ancient DNA</w:t>
+                <w:t xml:space="preserve">Tracing the ancestry of modern bread wheats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Pont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Seidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Tondelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefanie Wagner</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Salse</w:t>
+                <w:t xml:space="preserve">Wandrille Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13059-019-1627-1⟩</w:t>
+              <w:t xml:space="preserve">Nature Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 51 (5), pp.905-911. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41588-019-0393-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02278824v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02154676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Rosa genome provides new insights into the domestication of modern roses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Paleogenomics: reconstruction of plant evolutionary trajectories from modern and ancient DNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefanie Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Raymond</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marion Verdenaud</w:t>
+                <w:t xml:space="preserve">Christophe Plomion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Salse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41588-018-0110-3⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (1), pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13059-019-1627-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01798003v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02278824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wheat paleohistory created asymmetrical genomic evolution</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Rosa genome provides new insights into the domestication of modern roses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Gouzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Just</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Badouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Verdenaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Plant Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pbi.2017.01.001⟩</w:t>
+              <w:t xml:space="preserve">Nature Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 50 (6), pp.772-777. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41588-018-0110-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01607172v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01798003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstructing the genome of the most recent common ancestor of flowering plants</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wheat paleohistory created asymmetrical genomic evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Pont</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Salse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ng.3813⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 36 (April 2017), pp.29-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pbi.2017.01.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01605642v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined Genomic and Genetic Data Integration of Major Agronomical Traits in Bread Wheat (Triticum aestivum L.)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reconstructing the genome of the most recent common ancestor of flowering plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Armero Villanueva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Umar Quraishi</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Salse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2017.01843⟩</w:t>
+              <w:t xml:space="preserve">Nature Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 49, pp.490-496. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ng.3813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02285542v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconciling the evolutionary origin of bread wheat (Triticum aestivum)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combined Genomic and Genetic Data Integration of Major Agronomical Traits in Bread Wheat (Triticum aestivum L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umar Quraishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qurat-Ul Ain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moaine El Baidouri</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Raphaël-Gauthier Flores</w:t>
+                <w:t xml:space="preserve">Raphaël Flores</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.14113⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2017.01843⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01361976v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02285542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ma thèse en 180 secondes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reconciling the evolutionary origin of bread wheat (Triticum aestivum)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moaine El Baidouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva Veyssière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Molinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Poulet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Anne Duconseille</w:t>
+                <w:t xml:space="preserve">Raphaël-Gauthier Flores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Montagne </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 213 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.14113⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02629687v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01361976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FRIZZY PANICLE drives supernumerary spikelets in bread wheat (T. aestivum L.)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ma thèse en 180 secondes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Poulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lobna Ben Khelifa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Chaplais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxana Dobrovolskaya</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Caroline Pont</w:t>
+                <w:t xml:space="preserve">Sylvain Coly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Sibout</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ekaterina Badaeva</w:t>
+                <w:t xml:space="preserve">Anne Duconseille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Montagne </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28/04/2016, pp.16</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01204099v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02629687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic diversity and trait genomic prediction in a pea diversity panel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">FRIZZY PANICLE drives supernumerary spikelets in bread wheat (T. aestivum L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxana Dobrovolskaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Sibout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Martinek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judith Burstin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Siol</w:t>
+                <w:t xml:space="preserve">Ekaterina Badaeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-015-1266-1⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 167 (1), pp.189-199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.114.250043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02636725v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paleo-evolutionary plasticity of plant disease resistance genes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic diversity and trait genomic prediction in a pea diversity panel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Burstin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Salloignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Chabert Martinello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Bernard Magnin Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rongzhi R. Zhang</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mathieu Siol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 15 (1), pp.187. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-15-187⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-015-1266-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02285469v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paleogenomics in Triticeae for translational research</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Paleo-evolutionary plasticity of plant disease resistance genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rongzhi R. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Pont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Salse</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Langin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Salse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Plant Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cpb.2014.08.003⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (1), pp.187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-15-187⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02285486v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02285469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wheat syntenome unveils new evidences of contrasted evolutionary plasticity between paleo- and neoduplicated subgenomes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Paleogenomics in Triticeae for translational research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Salse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tpj.12366⟩</w:t>
+              <w:t xml:space="preserve">Current Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1, pp.34-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cpb.2014.08.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00964421v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02285486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shared subgenome dominance following polyploidization explains grass genome evolutionary plasticity from a seven protochromosome ancestor with 16K protogenes.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Wheat syntenome unveils new evidences of contrasted evolutionary plasticity between paleo- and neoduplicated subgenomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien S. Guizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël-Gauthier R.-G. Flores</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rongzhi Zhang</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alix Armero</w:t>
+                <w:t xml:space="preserve">Séverine S. Foucrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.1-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.12366⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01218128v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00964421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shared sub-genome dominance following polyploidization explains grass genome evolutionary plasticity from a 7 protochromosome ancestor with 16K protogenes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Shared subgenome dominance following polyploidization explains grass genome evolutionary plasticity from a seven protochromosome ancestor with 16K protogenes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Raphaël-Gauthier R.-G. Flores</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rongzhi Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alix A. Armero Villanueva</w:t>
+                <w:t xml:space="preserve">Sébastien Guizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Flores</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Armero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 6 (1), pp.12-33. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2013, 6 (1), pp.12-33</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00964190v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01218128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grass MicroRNA Gene Paleohistory Unveils New Insights into Gene Dosage Balance in Subgenome Partitioning after Whole-Genome Duplication</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
+                <w:t xml:space="preserve">Shared sub-genome dominance following polyploidization explains grass genome evolutionary plasticity from a 7 protochromosome ancestor with 16K protogenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rongzhi R. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florent Murat</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien S. Guizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël-Gauthier R.-G. Flores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aili A. Li</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Caroline C. Pont</w:t>
+                <w:t xml:space="preserve">Alix A. Armero Villanueva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 24 (5), pp.1776 - 1792. </w:t>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 6 (1), pp.12-33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1105/tpc.112.095752⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evt200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00964371v1</w:t>
+                <w:t xml:space="preserve">hal-00964190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the genomic structure, function and evolution of carotenogenesis related phytoene synthases in grasses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Grass MicroRNA Gene Paleohistory Unveils New Insights into Gene Dosage Balance in Subgenome Partitioning after Whole-Genome Duplication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël M. Abrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rongzhi R. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bianca Dibari</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Charles C. Poncet</w:t>
+                <w:t xml:space="preserve">Aili A. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Pont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-221⟩</w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 24 (5), pp.1776 - 1792. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.112.095752⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02285438v1</w:t>
+                <w:t xml:space="preserve">hal-00964371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microsatellite mapping of Ae. speltoides and map-based comparative analysis of the S, G, and B genomes of Triticeae species</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deciphering the genomic structure, function and evolution of carotenogenesis related phytoene synthases in grasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Dibari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Chosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. O. Dobrovolskaya</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Pierre Sourdille</w:t>
+                <w:t xml:space="preserve">Charles C. Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00122-011-1655-z⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13 (1), pp.221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00964377v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02285438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined meta-genomics analyses unravel candidate genes for the grain dietary fiber content in bread wheat (Triticum aestivum L.)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michaël M. Abrouk</w:t>
+                <w:t xml:space="preserve">Microsatellite mapping of Ae. speltoides and map-based comparative analysis of the S, G, and B genomes of Triticeae species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. O. Dobrovolskaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane C. Boeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome J. Salse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline C. Pont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carole C. Confolent</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sourdille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional and Integrative Genomics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 123 (7), pp.1145 - 1157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00122-011-1655-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10142-010-0183-2⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00964164v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00964377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RNA-seq in grain unveils fate of neo- and paleopolyploidization events in bread wheat (Triticum aestivum L.)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Combined meta-genomics analyses unravel candidate genes for the grain dietary fiber content in bread wheat (Triticum aestivum L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umar Masood Quraishi Masood-Quraishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël M. Abrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole C. Confolent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/gb-2011-12-12-r119⟩</w:t>
+              <w:t xml:space="preserve">Functional and Integrative Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (1), pp.71 - 83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10142-010-0183-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01190508v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00964164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-genome map based dissection of a nitrogen use efficiency ortho-metaQTL in bread wheat unravels concerted cereal genome evolution</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">RNA-seq in grain unveils fate of neo- and paleopolyploidization events in bread wheat (Triticum aestivum L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Confolent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Balzergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Salse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2010.04461.x⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 12 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/gb-2011-12-12-r119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00964149v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancestral grass karyotype reconstruction unravels new mechanisms of genome shuffling as a source of plant evolution.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Cross-genome map based dissection of a nitrogen use efficiency ortho-metaQTL in bread wheat unravels concerted cereal genome evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umar Masood Quraishi Masood-Quraishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël M. Abrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Guilhot</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine S. Foucrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/gr.109744.110⟩</w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 65 (5), pp.745 - 756. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2010.04461.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00680636v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00964149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palaeogenomics of plants: synteny-based modelling of extinct ancestors.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId191" w:history="1">
+                <w:t xml:space="preserve">Ancestral grass karyotype reconstruction unravels new mechanisms of genome shuffling as a source of plant evolution.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian-Hong Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Tannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Abrouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joachim Messing</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Scott Jackson</w:t>
+                <w:t xml:space="preserve">Nicolas Guilhot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tplants.2010.06.001⟩</w:t>
+              <w:t xml:space="preserve">Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 20 (11), pp.1545-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/gr.109744.110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00681093v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00680636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomics in cereals: from genome-wide conserved orthologous set (COS) sequences to candidate genes for trait dissection</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mickael M. Throude</w:t>
+                <w:t xml:space="preserve">Palaeogenomics of plants: synteny-based modelling of extinct ancestors.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Abrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Messing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott Jackson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional and Integrative Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 9 (4), pp.473-484. </w:t>
+              <w:t xml:space="preserve">Trends in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 15 (9), pp.479-87. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10142-009-0129-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tplants.2010.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00964337v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00681093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and expression analysis of rice paleo duplications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Xavier Sarda</w:t>
+                <w:t xml:space="preserve">Genomics in cereals: from genome-wide conserved orthologous set (COS) sequences to candidate genes for trait dissection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umar Masood Quraishi Masood-Quraishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël M. Abrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie S. Bolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael M. Throude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkn1048⟩</w:t>
+              <w:t xml:space="preserve">Functional and Integrative Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 9 (4), pp.473-484. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10142-009-0129-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01189459v1</w:t>
+                <w:t xml:space="preserve">hal-00964337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paleogenomics in cereals for trait improvement</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Catherine C. Feuillet</w:t>
+                <w:t xml:space="preserve">Structure and expression analysis of rice paleo duplications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Throude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Bosio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Sarda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chromosome Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 37 (4), pp.1248-1259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkn1048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00964438v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01189459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inheritance of the number and thickness of cell layers in barley aleurone tissue (Hordeum vulgare L.): an approach using F2-F3 progeny</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Reine M.-R. Perretant</w:t>
+                <w:t xml:space="preserve">Paleogenomics in cereals for trait improvement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël M. Abrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umar Masood Quraishi Masood-Quraishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie S. Bolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Chromosome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 17 (4), pp.556-556</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00964388v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00964438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the origin of the B genome of hexaploid wheat: Evolutionary relationships at the SPA genomic region with the S genome of the diploid relative Aegilops speltoides</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cécile C. Huneau</w:t>
+                <w:t xml:space="preserve">Inheritance of the number and thickness of cell layers in barley aleurone tissue (Hordeum vulgare L.): an approach using F2-F3 progeny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis L. Jestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ravel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie S. Auroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien B. Laubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Reine M.-R. Perretant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-9-555⟩</w:t>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 116 (7), pp.991-1002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00122-008-0730-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00964177v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00964388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">New insights into the origin of the B genome of hexaploid wheat: Evolutionary relationships at the SPA genomic region with the S genome of the diploid relative Aegilops speltoides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome J. Salse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique V Chaqué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie S. Bolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Magdelenat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile C. Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 9:555, 12 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-9-555⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00964177v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Single nucleotide polymorphism, genetic mapping, and expression of genes coding for the DOF wheat prolamin-box binding factor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ila Nagy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Martres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sourdille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Dardevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Functional and Integrative Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 6 (4), pp.310-321. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10142-006-0022-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01189205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6519,293 +6653,293 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naissance du PALEOLAB : fouiller le passé pour prédire l’avenir de l’agriculture !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Pont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Salse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Gasser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04867167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyser l’ADN ancien pour modéliser des scénarios d’avenir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Salse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Pont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Chatenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyser l’ADN ancien pour modéliser des scénarios d’avenir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Salse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Pont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Chatenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6815,100 +6949,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La recherche translationnelle chez le blé tendre : comprendre l'évolution de son génome pour améliorer ses caractères agronomiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Pont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences agricoles. Université Blaise Pascal - Clermont-Ferrand II, 2016. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016CLF22732⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01726963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6918,161 +7052,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of the grain filling of wheat through the modulation of NADH-glutamate synthase activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Salse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Umar Masood Quraishi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline C. Pont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Le Gouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO/2011/095958. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02809507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId237"/>
+      <w:footerReference w:type="default" r:id="rId240"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7219,51 +7353,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05534747v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pont" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04953993v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Salse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Debiton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531212v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Combes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Chauvet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Monjot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mone" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05516318v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Vigouroux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Tougne-Rodet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006884v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Moreau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283205v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04777165v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03885076v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Schaal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Salse" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03679247v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Durand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Tengberg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03679235v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Isnard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Limier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dietre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02931858v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael M. Throude" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Gouis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Pont" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Rougeol" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964397v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l M. Abrouk" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umar Masood Quraishi Masood-Quraishi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie S. Bolot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Feuillet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05305221v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Banouh" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Dia Sow" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Seidel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05364950v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04818145v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leli&#232;vre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Billaud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ejarque" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlu K&#252;hn" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371655v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Forestan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Civan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Battaglia" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-025-02128-0" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668934v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Civ&#225;&#328;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agostino Fricano" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Russell" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakan &#214;zkan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.70068" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133631v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Armisen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Bouguennec" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Huneau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-023-09324-2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04305473v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bellec" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Mardoc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.16185" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099923v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Flores" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Burlot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lain&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Kimmel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baad027" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02902583v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Lovegrove" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luzie Wingen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Plummer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Wood" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Passmore" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0227826" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154676v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Leroy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tondelli" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wandrille Duchemin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-019-0393-z" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278824v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Wagner" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kremer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plomion" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-019-1627-1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01798003v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raymond" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Just" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Badouin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Verdenaud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-018-0110-3" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607172v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2017.01.001" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605642v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Armero Villanueva" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.3813" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285542v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umar Quraishi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qurat-Ul Ain" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Flores" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.01843" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361976v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moaine El Baidouri" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Veyssi&#232;re" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Molinier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l-Gauthier Flores" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14113" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629687v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Poulet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lobna Ben Khelifa" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaplais" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Coly" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duconseille" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204099v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oxana Dobrovolskaya" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sibout" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Martinek" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Badaeva" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.114.250043" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636725v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Burstin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Salloignon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Chabert Martinello" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Magnin Robert" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Siol" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-015-1266-1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285469v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongzhi R. Zhang" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Langin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-187" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285486v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpb.2014.08.003" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964421v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien S. Guizard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l-Gauthier R.-G. Flores" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine S. Foucrier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12366" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218128v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongzhi Zhang" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guizard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Armero" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964190v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix A. Armero Villanueva" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evt200" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964371v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aili A. Li" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.095752" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285438v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Dibari" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chosson" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gautier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles C. Poncet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-221" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964377v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. O. Dobrovolskaya" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane C. Boeuf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome J. Salse" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sourdille" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-011-1655-z" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TFQZBTMP-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964164v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole C. Confolent" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10142-010-0183-2" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-74XSWVWQ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190508v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Confolent" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2011-12-12-r119" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964149v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2010.04461.x" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680636v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-Hong Xu" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tannier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Abrouk" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guilhot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.109744.110" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681093v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Messing" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Jackson" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2010.06.001" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T9318WPB-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964337v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10142-009-0129-8" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VNGNKJNB-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189459v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Throude" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bolot" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Bosio" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sarda" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkn1048" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964438v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964388v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L. Jestin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ravel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Auroy" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien B. Laubin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Reine M.-R. Perretant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-008-0730-6" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-HJHZ7V50-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964177v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique V Chaqu&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Magdelenat" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Huneau" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-555" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189205v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ila Nagy" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martres" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Dardevet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10142-006-0022-7" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E3C37790F693A4F14F6F4E0E8AED6A51441C6AB5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867167v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gasser" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871233v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chatenet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871237v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01726963v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016CLF22732" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809507v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umar Masood Quraishi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05534747v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pont" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04953993v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Salse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Debiton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531212v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Combes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Chauvet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Monjot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mone" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05516318v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Vigouroux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Tougne-Rodet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006884v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Moreau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283205v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04777165v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03885076v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Schaal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Salse" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03679247v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Durand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Tengberg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03679235v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Isnard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Limier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dietre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02931858v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael M. Throude" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Gouis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Pont" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Rougeol" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964397v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l M. Abrouk" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umar Masood Quraishi Masood-Quraishi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie S. Bolot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Feuillet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05305221v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Banouh" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Dia Sow" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Seidel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05364950v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04818145v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leli&#232;vre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Billaud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ejarque" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlu K&#252;hn" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371655v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Forestan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Civan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Battaglia" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-025-02128-0" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05403169v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha Seidel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-025-02182-8" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668934v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Civ&#225;&#328;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agostino Fricano" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Russell" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakan &#214;zkan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.70068" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133631v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Armisen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Bouguennec" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Huneau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-023-09324-2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04305473v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bellec" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Mardoc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.16185" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099923v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Flores" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Burlot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lain&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Kimmel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baad027" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02902583v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Lovegrove" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luzie Wingen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Plummer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Wood" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Passmore" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0227826" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154676v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Leroy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tondelli" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wandrille Duchemin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-019-0393-z" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278824v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Wagner" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kremer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plomion" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-019-1627-1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01798003v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raymond" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Just" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Badouin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Verdenaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-018-0110-3" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607172v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2017.01.001" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605642v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Armero Villanueva" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.3813" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285542v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umar Quraishi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qurat-Ul Ain" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Flores" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.01843" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361976v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moaine El Baidouri" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Veyssi&#232;re" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Molinier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l-Gauthier Flores" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14113" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629687v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Poulet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lobna Ben Khelifa" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaplais" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Coly" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duconseille" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204099v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oxana Dobrovolskaya" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sibout" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Martinek" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Badaeva" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.114.250043" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636725v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Burstin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Salloignon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Chabert Martinello" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Magnin Robert" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Siol" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-015-1266-1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285469v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongzhi R. Zhang" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Langin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-187" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285486v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpb.2014.08.003" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964421v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien S. Guizard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l-Gauthier R.-G. Flores" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine S. Foucrier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12366" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218128v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongzhi Zhang" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guizard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Armero" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964190v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix A. Armero Villanueva" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evt200" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964371v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aili A. Li" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.095752" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285438v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Dibari" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chosson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gautier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles C. Poncet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-221" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964377v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. O. Dobrovolskaya" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane C. Boeuf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome J. Salse" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sourdille" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-011-1655-z" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TFQZBTMP-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964164v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole C. Confolent" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10142-010-0183-2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-74XSWVWQ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190508v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Confolent" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2011-12-12-r119" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964149v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2010.04461.x" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680636v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-Hong Xu" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tannier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Abrouk" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guilhot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.109744.110" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681093v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Messing" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Jackson" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2010.06.001" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T9318WPB-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964337v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10142-009-0129-8" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VNGNKJNB-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189459v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Throude" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bolot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Bosio" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sarda" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkn1048" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964438v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964388v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L. Jestin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ravel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Auroy" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien B. Laubin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Reine M.-R. Perretant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-008-0730-6" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-HJHZ7V50-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964177v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique V Chaqu&#233;" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Magdelenat" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Huneau" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-555" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189205v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ila Nagy" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martres" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Dardevet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10142-006-0022-7" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E3C37790F693A4F14F6F4E0E8AED6A51441C6AB5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867167v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gasser" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871233v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chatenet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871237v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01726963v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016CLF22732" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809507v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umar Masood Quraishi" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>