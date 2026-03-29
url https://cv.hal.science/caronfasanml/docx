--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -281,195 +281,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01893182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégrer différentes propositions de valeur pour renforcer son business model</w:t>
+                <w:t xml:space="preserve">Parameters and Particularities of Sustainable Development-oriented Strategic Scanning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-L. Caron-Fasan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...31 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Business models dans l'innovation, Pratiques et méthodes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Grenoble, Chapitre 7, p. 125-145,, 2011</w:t>
+              <w:t xml:space="preserve">In "Environmental Scanning and Sustainable Development", de N. Lesca</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wiley-ISTE, p. 25-46,, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00643447v1</w:t>
+                <w:t xml:space="preserve">halshs-00643448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parameters and Particularities of Sustainable Development-oriented Strategic Scanning</w:t>
+                <w:t xml:space="preserve">Intégrer différentes propositions de valeur pour renforcer son business model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-L. Caron-Fasan</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Francony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Quinette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">V. Chanal. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">In "Environmental Scanning and Sustainable Development", de N. Lesca</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Wiley-ISTE, p. 25-46,, 2011</w:t>
+              <w:t xml:space="preserve">Business models dans l'innovation, Pratiques et méthodes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Grenoble, Chapitre 7, p. 125-145,, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00643448v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00643447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The scope and characteristics of scanning oriented towards sustainable development</w:t>
               </w:r>
@@ -675,51 +675,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. L. Caron-Fasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Francony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Quinette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In "Rethinking Business Models for Innovation, Lessons from entrepreneurial projects", coordonné par V. Chanal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Grenoble, p. 83-87 (http://www.rethinkingbusinessmodel.net), 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1655,243 +1655,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02048832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weak signals as unusual situations in Project Management habits: how can habits help anticipate Information Systems project failures?</w:t>
+                <w:t xml:space="preserve">Former à la créativité à l’université pour développer les compétences des citoyens de demain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine Carton</w:t>
+                <w:t xml:space="preserve">Valérie Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laurence Caron-Fasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Lesca</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Portrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Egorova Egorova-Legon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Giraudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23ème Conférence de l’Association Information et Management (AIM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">24ème Conférence internationale du réseau PGV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Cracovie, Pologne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02014690v1</w:t>
+                <w:t xml:space="preserve">hal-02014422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Former à la créativité à l’université pour développer les compétences des citoyens de demain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valérie Lépine</w:t>
+                <w:t xml:space="preserve">Weak signals as unusual situations in Project Management habits: how can habits help anticipate Information Systems project failures?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Carton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laurence Caron-Fasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">E. Giraudin</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lesca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24ème Conférence internationale du réseau PGV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Cracovie, Pologne</w:t>
+              <w:t xml:space="preserve">23ème Conférence de l’Association Information et Management (AIM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02014422v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02014690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectoires d’innovations : De l’influence de la veille dans les prises de décision au cours des processus d’innovation</w:t>
               </w:r>
@@ -2035,260 +2035,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02048830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Besoins en information pour une Veille Logistique Durable : Recherche empirique et proposition de typologies actionnables</w:t>
+                <w:t xml:space="preserve">Améliorer la diffusion et présentation d'information numérique comme aspects qui facilitent l'interprétation dans une activité de veille stratégique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edison Loza Aguirre</w:t>
+                <w:t xml:space="preserve">Alex Fernando Buitrago Hurtado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laurence Caron-Fasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Chalus-Sauvannet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Lesca</w:t>
+                <w:t xml:space="preserve">Humbert Lesca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème Colloque de l'Association Information et Management (AIM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Lyon, France</w:t>
+              <w:t xml:space="preserve">7th Colloque International Veille Stratégique Scientifique &amp; Technologique (V.S.S.T'.2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02105393v1</w:t>
+                <w:t xml:space="preserve">hal-02105383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Améliorer la diffusion et présentation d'information numérique comme aspects qui facilitent l'interprétation dans une activité de veille stratégique</w:t>
+                <w:t xml:space="preserve">Besoins en information pour une Veille Logistique Durable : Recherche empirique et proposition de typologies actionnables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex Fernando Buitrago Hurtado</w:t>
+                <w:t xml:space="preserve">Edison Loza Aguirre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laurence Caron-Fasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Humbert Lesca</w:t>
+                <w:t xml:space="preserve">Marie-Christine Chalus-Sauvannet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lesca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Colloque International Veille Stratégique Scientifique &amp; Technologique (V.S.S.T'.2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Nancy, France</w:t>
+              <w:t xml:space="preserve">18ème Colloque de l'Association Information et Management (AIM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02105383v1</w:t>
+                <w:t xml:space="preserve">hal-02105393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TARGETBUILDER: outil d'aide au ciblage des informations de veille stratégique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Using a meeting room system to improve targeting of Strategic Scanning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edison Loza Aguirre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laurence Caron-Fasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2300,103 +2300,103 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Hatem Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lesca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Colloque International Veille Stratégique Scientifique &amp; Technologique (V.S.S.T'.2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Nancy, France</w:t>
+              <w:t xml:space="preserve">1st Enterprise Systems Conference (IEEE 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Cape Town, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02134549v1</w:t>
+                <w:t xml:space="preserve">hal-02134688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using a meeting room system to improve targeting of Strategic Scanning</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">TARGETBUILDER: outil d'aide au ciblage des informations de veille stratégique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edison Loza Aguirre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laurence Caron-Fasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2408,129 +2408,129 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Hatem Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lesca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Enterprise Systems Conference (IEEE 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Cape Town, South Africa</w:t>
+              <w:t xml:space="preserve">7th Colloque International Veille Stratégique Scientifique &amp; Technologique (V.S.S.T'.2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02134688v1</w:t>
+                <w:t xml:space="preserve">hal-02134549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information Needs in Environmental Scanning for Sustainable Supply Chains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edison Loza Aguirre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laurence Caron-Fasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Chalus-Sauvannet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lesca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2847,420 +2847,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00642332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment collecter des données numériques et textuelles, utiles à la phase d'exploitation d'un dispositif de veille anticipative : problématique et proposition d'un outil</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Casagrande</w:t>
+                <w:t xml:space="preserve">Comment pérenniser un dispositif de veille anticipative à base de donné es numériques et textuelles : problématique et proposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laurence Caron-Fasan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lesca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bruitago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annette Casagrande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comment collecter des données numériques et textuelles, utiles à la phase d'exploitation d'un dispositif de veille anticipative : problématique et proposition d'un outil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Toulouse, France. 16 p</w:t>
+              <w:t xml:space="preserve">Colloque International Veille Stratégique Scientifique &amp; Technologique (V.S.S.T'.2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00591120v1</w:t>
+                <w:t xml:space="preserve">hal-02106376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment pérenniser un dispositif de veille anticipative à base de donné es numériques et textuelles : problématique et proposition</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Annette Casagrande</w:t>
+                <w:t xml:space="preserve">Comment collecter des données numériques et textuelles, utiles à la phase d'exploitation d'un dispositif de veille anticipative : problématique et proposition d'un outil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. L. Caron-Fasan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Lesca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Casagrande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International Veille Stratégique Scientifique &amp; Technologique (V.S.S.T'.2010)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Comment collecter des données numériques et textuelles, utiles à la phase d'exploitation d'un dispositif de veille anticipative : problématique et proposition d'un outil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Toulouse, France. 16 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02106376v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00591120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment collecter des données numériques et textuelles utiles à la phase d'exploitation d'un dispositif de veille anticipative: problématique et proposition d'un outil</w:t>
+                <w:t xml:space="preserve">Facteurs de risque lors de la conduite de projet de mise en place d'un dispositif de veille anticipative dans plusieurs Caisses d'Allocations Familiales,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-L. Caron-Fasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Lesca</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Annette Casagrande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VSST 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Toulouse, France</w:t>
+              <w:t xml:space="preserve">15ième Congrès de l'Association Information et Management (AIM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, La Rochelle, France. 20 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00642331v1</w:t>
+                <w:t xml:space="preserve">halshs-00551292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facteurs de risque lors de la conduite de projet de mise en place d'un dispositif de veille anticipative dans plusieurs Caisses d'Allocations Familiales,</w:t>
+                <w:t xml:space="preserve">Comment collecter des données numériques et textuelles utiles à la phase d'exploitation d'un dispositif de veille anticipative: problématique et proposition d'un outil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-L. Caron-Fasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Lesca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bruitago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annette Casagrande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ième Congrès de l'Association Information et Management (AIM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, La Rochelle, France. 20 p</w:t>
+              <w:t xml:space="preserve">VSST 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00551292v1</w:t>
+                <w:t xml:space="preserve">halshs-00642331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment pérenniser un dispositif de veille anticipative à base de donné es numériques et textuelles : problématique et proposition</w:t>
               </w:r>
@@ -4643,51 +4643,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Getting a clean shot on a blurred target : Improving targeting for Strategic Scanning through action research in 10 French organizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edison Loza Aguirre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lesca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4786,64 +4786,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lesca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laurence Caron-Fasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edison Loza Aguirre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Chalus-Sauvannet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 20 (3), pp.9-46. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4903,64 +4903,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lesca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laurence Caron-Fasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edison Loza Aguirre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Chalus-Sauvannet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 20 (3), pp.9-46. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5020,51 +5020,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. L. Caron-Fasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Fernando Buitrago Hurtado Buitrago Hurtado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Humbert Lesca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EJDE - Electronic Journal of Digital Enterprise (ISSN: 1776-2960)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 39, pp.NC</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5260,204 +5260,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00863575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet de mise en place d'une veille anticipative : cas de six organismes du secteur public français</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How managers interpret scanning information?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Lesca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-L. Caron-Fasan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S. Falcy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, vol 17, (n°2,), p 81-114</w:t>
+              <w:t xml:space="preserve">Information and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Vol. 49 (n°2), p.126-134</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00783687v1</w:t>
+                <w:t xml:space="preserve">halshs-00740495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How managers interpret scanning information?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Projet de mise en place d'une veille anticipative : cas de six organismes du secteur public français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-L. Caron-Fasan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Lesca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M.-L. Caron-Fasan</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Falcy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Information and Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Vol. 49 (n°2), p.126-134</w:t>
+              <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, vol 17, (n°2,), p 81-114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00740495v1</w:t>
+                <w:t xml:space="preserve">halshs-00783687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Managers Interpret Scanning Information,</w:t>
               </w:r>
@@ -6481,51 +6481,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion de l'information: Qualité de l'information et performances de l'entreprise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Humbert Lesca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Lesca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6614,171 +6614,171 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facteurs de risque lors de la conduite d'un projet de mise en place d'un dispositif de veille anticipative dans plusieurs organismes du secteur public</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. L. Caron-Fasan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Lesca</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010, 21 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00591109v1</w:t>
+                <w:t xml:space="preserve">halshs-00591113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facteurs de risque lors de la conduite d'un projet de mise en place d'un dispositif de veille anticipative dans plusieurs organismes du secteur public</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Lesca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. L. Caron-Fasan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010, 21 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00591113v1</w:t>
+                <w:t xml:space="preserve">halshs-00591109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des scénarios pour explorer les modèles d'affaires</w:t>
               </w:r>
@@ -7585,51 +7585,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533498v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Caron Fasan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Merminod" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01893182v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guicherd" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Caron-Fasan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lesca" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00643447v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Caron-Fasan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Francony" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Quinette" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00643448v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640596v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Caron-Fasan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00566298v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Chanal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigmund Akselsen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blanco" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cartoux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640600v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Francony" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551531v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00325833v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lesca" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lesca" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155820v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laurens" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00134252v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Akoka" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Comyn-Wattiau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00095413v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817220v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Merminod" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533505v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833743v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Montfort" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014724v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Fasquelle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048832v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Beyrouthy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014690v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Carton" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014422v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie L&#233;pine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Portrat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Egorova Egorova-Legon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giraudin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014463v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048830v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105393v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edison Loza Aguirre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Chalus-Sauvannet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105383v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Fernando Buitrago Hurtado" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humbert Lesca" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134549v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Haddad" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134688v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134559v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640659v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551296v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bruitago" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Casagrande" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00642332v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591120v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Casagrande" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106376v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00642331v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551292v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106375v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00528897v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Falcy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00376839v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chanal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00486794v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00376837v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00370761v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00367982v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00176782v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00176807v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010281v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480851v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480873v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Parmentier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205020v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Monfort" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.pr1.0100" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490777v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Perea" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jengtecman.2020.101572" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982472v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984617v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17705/1CAIS.03927" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01337216v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9876/sim.v20i3.580" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01344721v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.153.0009" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01327094v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Fernando Buitrago Hurtado Buitrago Hurtado" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01152501v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00863575v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783687v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740495v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783659v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00642474v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00544357v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00321654v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00365199v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00365164v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00365205v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010315v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00095408v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caron-Fasan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00643444v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fabbe-Costes" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Roussat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rollet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fons Cendrine" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00528270v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesca Elisabeth" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00643433v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lesca" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591109v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591113v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00370756v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00248514v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Forest" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189763v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00080775v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00093583v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00093575v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00093592v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Muniz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. . de Fre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00103894v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Janissek-Muniz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. de Freitas" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533498v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Caron Fasan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Merminod" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01893182v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guicherd" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Caron-Fasan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lesca" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00643448v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Caron-Fasan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00643447v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Francony" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Quinette" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640596v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Caron-Fasan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00566298v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Chanal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigmund Akselsen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blanco" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cartoux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640600v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Francony" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551531v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00325833v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lesca" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lesca" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155820v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laurens" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00134252v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Akoka" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Comyn-Wattiau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00095413v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817220v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Merminod" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533505v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833743v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Montfort" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014724v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Fasquelle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048832v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Beyrouthy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014422v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie L&#233;pine" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Portrat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Egorova Egorova-Legon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giraudin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014690v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Carton" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014463v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048830v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105383v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Fernando Buitrago Hurtado" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humbert Lesca" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105393v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edison Loza Aguirre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Chalus-Sauvannet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134688v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Haddad" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134549v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134559v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640659v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551296v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bruitago" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Casagrande" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00642332v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106376v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591120v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Casagrande" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551292v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00642331v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106375v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00528897v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Falcy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00376839v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chanal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00486794v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00376837v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00370761v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00367982v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00176782v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00176807v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010281v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480851v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480873v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Parmentier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205020v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Monfort" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.pr1.0100" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490777v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Perea" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jengtecman.2020.101572" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982472v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984617v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17705/1CAIS.03927" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01337216v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9876/sim.v20i3.580" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01344721v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.153.0009" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01327094v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Fernando Buitrago Hurtado Buitrago Hurtado" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01152501v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00863575v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740495v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783687v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783659v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00642474v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00544357v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00321654v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00365199v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00365164v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00365205v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010315v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00095408v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caron-Fasan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00643444v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fabbe-Costes" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Roussat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rollet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fons Cendrine" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00528270v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesca Elisabeth" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00643433v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lesca" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591113v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591109v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00370756v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00248514v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Forest" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189763v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00080775v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00093583v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00093575v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00093592v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Muniz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. . de Fre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00103894v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Janissek-Muniz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. de Freitas" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>