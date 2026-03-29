--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -132,1444 +132,1561 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CTGF Mediates Smad-Dependent Transforming Growth Factor β Signaling To Regulate Mesenchymal Cell Proliferation during Palate Development</w:t>
+                <w:t xml:space="preserve">Understanding seasonal variability of mesozooplankton biomass in the upwelling system of central-southern Chile: A modelling approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ana Venegas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Amaël Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruben Escribano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Carolina Parada</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yang Chai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and Cellular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/MCB.00615-13⟩</w:t>
+              <w:t xml:space="preserve">Progress in Oceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 220, pp.103193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pocean.2023.103193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05061968v1</w:t>
+                <w:t xml:space="preserve">hal-05501988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical feedback defines organizing centers to drive digit emergence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">CTGF Mediates Smad-Dependent Transforming Growth Factor β Signaling To Regulate Mesenchymal Cell Proliferation during Palate Development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Parada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingyuan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samhita Banavar</w:t>
+                <w:t xml:space="preserve">Junichi Iwata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parisa Khalilian</w:t>
+                <w:t xml:space="preserve">Akiko Suzuki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Rigaud</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yang Chai</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.devcel.2022.03.004⟩</w:t>
+              <w:t xml:space="preserve">Molecular and Cellular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 33 (17), pp.3482-3493. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/MCB.00615-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03699969v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05061968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of Dlx5 in the development of the palatal‐pharyngeal region in higher vertebrates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yang Chai</w:t>
+                <w:t xml:space="preserve">Mechanical feedback defines organizing centers to drive digit emergence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Parada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samhita Banavar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hideki Sugii</w:t>
+                <w:t xml:space="preserve">Parisa Khalilian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Grimaldi</w:t>
+                <w:t xml:space="preserve">Stephane Rigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thach‐vu Ho</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Arthur Michaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FASEB Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 31 (S1), </w:t>
+              <w:t xml:space="preserve">Developmental Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 57 (7), pp.854-866.e6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1096/fasebj.31.1_supplement.87.2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.devcel.2022.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05062014v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03699969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dlx5-FGF10 signaling cascade controls cranial neural crest and myoblast interaction during oropharyngeal patterning and development</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Role of Dlx5 in the development of the palatal‐pharyngeal region in higher vertebrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Chai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hideki Sugii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Grimaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thach‐vu Ho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Parada</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1242/dev.155176⟩</w:t>
+              <w:t xml:space="preserve">FASEB Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31 (S1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1096/fasebj.31.1_supplement.87.2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05061981v1</w:t>
+                <w:t xml:space="preserve">hal-05062014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comprehensive Study of Soft Palate Development in Mice</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Dlx5-FGF10 signaling cascade controls cranial neural crest and myoblast interaction during oropharyngeal patterning and development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hideki Sugii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Grimaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingyuan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Parada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thach Vu-Ho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0145018⟩</w:t>
+              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/dev.155176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05061977v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05061981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disruption of the ERK/MAPK pathway in neural crest cells as a potential cause of Pierre Robin sequence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A Comprehensive Study of Soft Palate Development in Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Grimaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Parada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Chai</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (12), pp.e0145018. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1242/dev.125328⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0145018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05061972v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05061977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fibroblast Growth Factor 9 (FGF9)-Pituitary Homeobox 2 (PITX2) Pathway Mediates Transforming Growth Factor β (TGFβ) Signaling to Regulate Cell Proliferation in Palatal Mesenchyme during Mouse Palatogenesis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Disruption of the ERK/MAPK pathway in neural crest cells as a potential cause of Pierre Robin sequence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Parada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jun-Ichi Iwata</w:t>
+                <w:t xml:space="preserve">Dong Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Grimaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lily Tung</w:t>
+                <w:t xml:space="preserve">Patricia Sarrión</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark Urata</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Richard Pelikan</w:t>
+                <w:t xml:space="preserve">Shery Park</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1074/jbc.M111.280974⟩</w:t>
+              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/dev.125328⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05062017v1</w:t>
+                <w:t xml:space="preserve">hal-05061972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular and Cellular Regulatory Mechanisms of Tongue Myogenesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carolina Parada</w:t>
+                <w:t xml:space="preserve">Fibroblast Growth Factor 9 (FGF9)-Pituitary Homeobox 2 (PITX2) Pathway Mediates Transforming Growth Factor β (TGFβ) Signaling to Regulate Cell Proliferation in Palatal Mesenchyme during Mouse Palatogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun-Ichi Iwata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lily Tung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Han</w:t>
+                <w:t xml:space="preserve">Mark Urata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Chai</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Joseph Hacia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Pelikan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dental Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0022034511434055⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 287 (4), pp.2353-2363. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M111.280974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05062021v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05062017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A TGFβ-Smad4-Fgf6 signaling cascade controls myogenic differentiation and myoblast fusion during tongue development</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Molecular and Cellular Regulatory Mechanisms of Tongue Myogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Parada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Bringas</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">D. Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Chai</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1242/dev.076653⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 91 (6), pp.528-535. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0022034511434055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05061971v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05062021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jagged 1 regulates the restriction of Sox2 expression in the developing chicken inner ear: a mechanism for sensory organ specification</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A TGFβ-Smad4-Fgf6 signaling cascade controls myogenic differentiation and myoblast fusion during tongue development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dong Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hu Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Parada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mireia Chamizo</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Hacia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Giráldez</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pablo Bringas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 138 (4), pp.735-744. </w:t>
+              <w:t xml:space="preserve">, 2012, 139 (9), pp.1640-1650. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1242/dev.060657⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1242/dev.076653⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05061967v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05061971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jagged 1 regulates the restriction of Sox2 expression in the developing chicken inner ear: a mechanism for sensory organ specification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Neves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Parada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireia Chamizo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Giráldez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 138 (4), pp.735-744. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/dev.060657⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05061967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Conservation of shh cis-regulatory architecture of the coelacanth is consistent with its ancestral phylogenetic position</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yavor Hadzhiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicol Siegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Amemiya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Parada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EvoDevo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 1 (1), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/2041-9139-1-11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03431937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1579,164 +1696,164 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulatory mechanisms of palate and tongue development [chapitre 21]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Parada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tingwei Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jifan Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang Chai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gillian Morriss-Kay; Shankar Srinivas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kaufman’s Atlas of Mouse Development Supplement (Second Edition): With Coronal Sections</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.347-360, 2024, 978-0-443-23739-3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-443-23739-3.00029-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05060087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId67"/>
+      <w:footerReference w:type="default" r:id="rId72"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1804,51 +1921,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="220DFD75"/>
+    <w:nsid w:val="6F387F10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2035,51 +2152,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroparadab" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2176-6729" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061968v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Parada" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingyuan Li" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junichi Iwata" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiko Suzuki" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Chai" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.00615-13" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03699969v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samhita Banavar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parisa Khalilian" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Rigaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Michaut" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2022.03.004" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062014v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideki Sugii" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Grimaldi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thach&#8208;vu Ho" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fasebj.31.1_supplement.87.2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061981v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thach Vu-Ho" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.155176" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061977v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0145018" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061972v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Han" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Sarri&#243;n" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shery Park" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.125328" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062017v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun-Ichi Iwata" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Tung" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Urata" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Hacia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pelikan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.280974" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062021v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Han" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chai" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0022034511434055" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061971v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hu Zhao" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Bringas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.076653" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061967v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Neves" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Chamizo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Gir&#225;ldez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.060657" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431937v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lang" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yavor Hadzhiev" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol Siegel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Amemiya" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2041-9139-1-11" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060087v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingwei Guo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jifan Feng" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-23739-3.00029-8" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroparadab" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2176-6729" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05501988v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Venegas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Ama&#235;l Auger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Escribano" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Parada" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2023.103193" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061968v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingyuan Li" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junichi Iwata" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiko Suzuki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Chai" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.00615-13" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03699969v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samhita Banavar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parisa Khalilian" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Rigaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Michaut" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2022.03.004" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062014v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideki Sugii" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Grimaldi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thach&#8208;vu Ho" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fasebj.31.1_supplement.87.2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061981v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thach Vu-Ho" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.155176" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061977v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0145018" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061972v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Han" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Sarri&#243;n" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shery Park" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.125328" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062017v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun-Ichi Iwata" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Tung" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Urata" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Hacia" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pelikan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.280974" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062021v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Han" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chai" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0022034511434055" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061971v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hu Zhao" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Bringas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.076653" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061967v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Neves" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Chamizo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Gir&#225;ldez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.060657" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431937v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lang" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yavor Hadzhiev" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol Siegel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Amemiya" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2041-9139-1-11" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060087v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingwei Guo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jifan Feng" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-23739-3.00029-8" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>