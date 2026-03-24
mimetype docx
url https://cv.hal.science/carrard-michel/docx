--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:147.69230769231px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Michel Carrard </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Michel CarrardMaître de conférences en Aménagement - UrbanismeHabilité à Diriger les Recherches (HDR)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le social : un nouvel objet scientifique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EspacesTemps.net</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26151/ksn4-8y69⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Covid-19 ou le retour de l'État social ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EspacesTemps.net</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impact de la délégation de service public (DSP) sur l’activité des aéroports locaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Kertous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Nassiri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Décembre (5), pp.695-720. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reru.225.0695⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The University’s third mission and third-places</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Bou Abdo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Hanin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NETCOM : Réseaux, communication et territoires / Networks and Communications Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 36 (1-2), </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/netcom.7417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ville intelligente ou la recherche de la main invisible des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EspacesTemps.net</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the importance of accounting for on-site sampling and heterogenous preferences simultaneously in estimating aggregate demand function for recreational fishing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louinord Voltaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Boris Djongon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Planning and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 64 (14), pp.2573-2592. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09640568.2021.1876001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aéroports français et Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Terral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géotransports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14, pp.109-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conséquences de la réforme aéroportuaire pour les territoires : apports d’une simulation informatique multi-agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Jankee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Verel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ramat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.957</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02965863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aéroports et territoires en France, vers de nouveaux enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Terral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géotransports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du bon et mauvais usage des modèles de la science économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EspacesTemps.net</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’arrivée des opérateurs privés dans le réseau des aéroports français : éléments pour une réflexion prospective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flux - Cahiers scientifiques internationaux Réseaux et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Temps et réseaux, 106, pp.58-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réforme aéroportuaire et les relations stratégiques entre aéroports et compagnies aériennes : une analyse à l'aide de la théorie des jeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4, pp.765-792. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reru.134.0765⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expert et les élus locaux. Le cas de l'aéroport de Notre Dame-des-Landes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prospective et Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La coopération aéroportuaire au sein de l'Espace Métropolitain Loire-Bretagne : une réflexion à l'aide de la théorie des jeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, février, pp.185 - 211. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reru.111.0185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impact de la Covid- 19 sur les aéroports français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Terral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5e Rencontres Francophones Transport Mobilité (RFTM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ThéMA - Université de Bourgogne et de Franche-Comté; MSH - Dijon, Jun 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l'impact des universités sur développement régional de leurs territoires d'accueil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Bou Abdo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Hanin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIU - Pour un urbanisme du vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, APERAU, Jun 2023, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel est le rôle des petites universités dans le développement territorial ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Bou Abdo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2022 du Réseau de la recherche sur la francophonie canadienne (RRF) : le rôle et la mission des universités de petites tailles au sein de la francophonie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d’Ontario français, Nov 2022, Ontario, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'indiscipline sanitaire : un jeu de la chasse au cerf ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'indiscipline sanitaire : histoire, enjeux, résistances, répression</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de Recherche Juridique (LARJ), Dec 2022, Boulogne Sur Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pêche récréative sur la Côte d’Opale : quelles pratiques pour une meilleure gouvernance des littoraux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Flanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Audouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Reboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lebreton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fondation de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Boulogne-sur-Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langres, Diderot son philosophe et sa Maison des Lumières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Tourisme, Arts et Territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque international organisé par l’ULCO (Université du Littoral Côte d’Opale – équipe HLLI et l’InRent), en partenariat avec l’équipe DEMOGUE du Centre de Recherche Droits et Perspectives du Droit (Université de Lille)., Oct 2021, Boulogne sur Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude à l'aide d'une simulation informatique multi-agents visant à saisir les conséquences de la réforme des aéroports pour les territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Jankee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Verel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ramat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Conférence Annuelle TEPP : Territoires, Espaces, et Politiques Publiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LEMNA (Laboratoire d’Economie et de Management de Nantes-Atlantique), Sep 2014, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01069541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apport de la théorie des jeux à l'intelligence territoriale : illustration à partir d'un cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Grand Ouest" days of Territorial Intelligence IT-GO, ENTI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Nantes-Rennes, France. 9p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00784861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pêche récréative sur la Côte d'Opale : Quelles pratiques pour une meilleure gouvernance des littoraux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Audouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Flanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lebreton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fêtes de la Mer </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Boulogne-sur-Mer, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01577354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie des jeux au service de l'aménagement des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes, 2023, Espace et territoire, Guy Baudelle, 978-2-7535-9314-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04398654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activités sportives, récréatives et ludiques & développement des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charly Machemehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Penel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pécout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Valcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewan Sonnic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christophe Gibout. EDILIVRE, 2017, 978.2.414.16119.5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The contribution of game theory to the territorial intelligence Illustration from a case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pêche récréative sur la Côte d’Opale : quelles pratiques pour une meilleure gouvernance des littoraux ? (PEROPALE) -Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Flanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Audouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Reboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lebreton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université du Littoral - Côte d'Opale; Université de Lille (2018-..); TVES ULR 4477. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02959837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact de l'aéroport Notre-Dame-Des-Landes sur le devenir des relations entre Nantes et Rennes : étude prospective à l'aide de la théorie des jeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Science politique. Université Rennes 2; Université Européenne de Bretagne, 2009. Français. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00459176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation réflexive et aménagement des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université du Littoral Côte d'Opale - ULCO, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04415422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId65"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:147.69230769231px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Michel Carrard </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Michel CarrardMaître de conférences en Aménagement - UrbanismeHabilité à Diriger les Recherches (HDR)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le social : un nouvel objet scientifique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EspacesTemps.net</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26151/ksn4-8y69⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Covid-19 ou le retour de l'État social ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EspacesTemps.net</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impact de la délégation de service public (DSP) sur l’activité des aéroports locaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Kertous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Nassiri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Décembre (5), pp.695-720. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reru.225.0695⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The University’s third mission and third-places</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Bou Abdo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Hanin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NETCOM : Réseaux, communication et territoires / Networks and Communications Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 36 (1-2), </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/netcom.7417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ville intelligente ou la recherche de la main invisible des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EspacesTemps.net</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the importance of accounting for on-site sampling and heterogenous preferences simultaneously in estimating aggregate demand function for recreational fishing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louinord Voltaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Boris Djongon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Planning and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 64 (14), pp.2573-2592. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09640568.2021.1876001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conséquences de la réforme aéroportuaire pour les territoires : apports d’une simulation informatique multi-agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Jankee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Verel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ramat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.957</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02965863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aéroports français et Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Terral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géotransports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14, pp.109-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aéroports et territoires en France, vers de nouveaux enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Terral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géotransports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du bon et mauvais usage des modèles de la science économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EspacesTemps.net</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’arrivée des opérateurs privés dans le réseau des aéroports français : éléments pour une réflexion prospective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flux - Cahiers scientifiques internationaux Réseaux et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Temps et réseaux, 106, pp.58-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réforme aéroportuaire et les relations stratégiques entre aéroports et compagnies aériennes : une analyse à l'aide de la théorie des jeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4, pp.765-792. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reru.134.0765⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expert et les élus locaux. Le cas de l'aéroport de Notre Dame-des-Landes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prospective et Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La coopération aéroportuaire au sein de l'Espace Métropolitain Loire-Bretagne : une réflexion à l'aide de la théorie des jeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, février, pp.185 - 211. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reru.111.0185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impact de la Covid- 19 sur les aéroports français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Terral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5e Rencontres Francophones Transport Mobilité (RFTM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ThéMA - Université de Bourgogne et de Franche-Comté; MSH - Dijon, Jun 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l'impact des universités sur développement régional de leurs territoires d'accueil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Bou Abdo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Hanin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIU - Pour un urbanisme du vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, APERAU, Jun 2023, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel est le rôle des petites universités dans le développement territorial ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Bou Abdo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2022 du Réseau de la recherche sur la francophonie canadienne (RRF) : le rôle et la mission des universités de petites tailles au sein de la francophonie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d’Ontario français, Nov 2022, Ontario, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'indiscipline sanitaire : un jeu de la chasse au cerf ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'indiscipline sanitaire : histoire, enjeux, résistances, répression</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de Recherche Juridique (LARJ), Dec 2022, Boulogne Sur Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pêche récréative sur la Côte d’Opale : quelles pratiques pour une meilleure gouvernance des littoraux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Flanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Audouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Reboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lebreton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fondation de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Boulogne-sur-Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langres, Diderot son philosophe et sa Maison des Lumières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Tourisme, Arts et Territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque international organisé par l’ULCO (Université du Littoral Côte d’Opale – équipe HLLI et l’InRent), en partenariat avec l’équipe DEMOGUE du Centre de Recherche Droits et Perspectives du Droit (Université de Lille)., Oct 2021, Boulogne sur Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude à l'aide d'une simulation informatique multi-agents visant à saisir les conséquences de la réforme des aéroports pour les territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Jankee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Verel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ramat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Conférence Annuelle TEPP : Territoires, Espaces, et Politiques Publiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LEMNA (Laboratoire d’Economie et de Management de Nantes-Atlantique), Sep 2014, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01069541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apport de la théorie des jeux à l'intelligence territoriale : illustration à partir d'un cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Grand Ouest" days of Territorial Intelligence IT-GO, ENTI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Nantes-Rennes, France. 9p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00784861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pêche récréative sur la Côte d'Opale : Quelles pratiques pour une meilleure gouvernance des littoraux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Audouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Flanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lebreton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fêtes de la Mer </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Boulogne-sur-Mer, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01577354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie des jeux au service de l'aménagement des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes, 2023, Espace et territoire, Guy Baudelle, 978-2-7535-9314-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04398654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activités sportives, récréatives et ludiques & développement des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charly Machemehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Penel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pécout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Valcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewan Sonnic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christophe Gibout. EDILIVRE, 2017, 978.2.414.16119.5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The contribution of game theory to the territorial intelligence Illustration from a case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pêche récréative sur la Côte d’Opale : quelles pratiques pour une meilleure gouvernance des littoraux ? (PEROPALE) -Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Flanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Audouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Reboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lebreton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université du Littoral - Côte d'Opale; Université de Lille (2018-..); TVES ULR 4477. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02959837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact de l'aéroport Notre-Dame-Des-Landes sur le devenir des relations entre Nantes et Rennes : étude prospective à l'aide de la théorie des jeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Science politique. Université Rennes 2; Université Européenne de Bretagne, 2009. Français. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00459176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation réflexive et aménagement des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Carrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université du Littoral Côte d'Opale - ULCO, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04415422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId65"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651231v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Carrard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26151/ksn4-8y69" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772693v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634847v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Kertous" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Nassiri" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.225.0695" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158766v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bou Abdo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Hanin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.7417" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772425v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164902v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louinord Voltaire" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kokou Boris Djongon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09640568.2021.1876001" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772711v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Terral" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965863v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Jankee" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Verel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ramat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772705v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772683v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772391v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772486v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.134.0765" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772534v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772482v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.111.0185" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491957v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158682v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865519v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415453v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410398v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Flanquart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Audouit" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Reboul" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lebreton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415497v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069541v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784861v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577354v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roche" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398654v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387463v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Machemehl" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Penel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P&#233;cout" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Valcke" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewan Sonnic" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772665v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959837v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00459176v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04415422v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651231v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Carrard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26151/ksn4-8y69" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772693v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634847v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Kertous" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Nassiri" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.225.0695" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158766v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bou Abdo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Hanin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.7417" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772425v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164902v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louinord Voltaire" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kokou Boris Djongon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09640568.2021.1876001" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965863v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Jankee" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Verel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ramat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772711v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Terral" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772705v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772683v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772391v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772486v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.134.0765" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772534v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772482v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.111.0185" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491957v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158682v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865519v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415453v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410398v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Flanquart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Audouit" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Reboul" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lebreton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415497v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069541v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784861v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577354v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roche" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398654v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387463v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Machemehl" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Penel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P&#233;cout" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Valcke" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewan Sonnic" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772665v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959837v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00459176v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04415422v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>