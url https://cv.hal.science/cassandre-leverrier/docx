--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1361,51 +1361,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05225777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple theory helps identifying which different rheological properties can result in the same syringe flow test performance of the International Dysphagia Diet Standardisation initiative (IDDSI)</w:t>
+                <w:t xml:space="preserve">A simple theory to describe the volume of fluid flowing in a syringe under gravity: Application to the syringe flow test of the International Dysphagia Diet Standardisation initiative (IDDSI)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lecanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Leverrier</w:t>
@@ -1423,73 +1423,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Della Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Ramaioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress on Engineering and Food 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Nantes (France), France</w:t>
+              <w:t xml:space="preserve">IOP Food Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04523007v1</w:t>
+                <w:t xml:space="preserve">hal-04523018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écoulement de fluides non-Newtoniens dans une seringue sous l’effet de la gravité</w:t>
               </w:r>
@@ -1577,51 +1577,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04523035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple theory to describe the volume of fluid flowing in a syringe under gravity: Application to the syringe flow test of the International Dysphagia Diet Standardisation initiative (IDDSI)</w:t>
+                <w:t xml:space="preserve">A simple theory helps identifying which different rheological properties can result in the same syringe flow test performance of the International Dysphagia Diet Standardisation initiative (IDDSI)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lecanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Leverrier</w:t>
@@ -1639,73 +1639,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Della Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Ramaioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IOP Food Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">International Congress on Engineering and Food 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04523018v1</w:t>
+                <w:t xml:space="preserve">hal-04523007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes de mesure rhéologique simples et appliquées, l’exemple des boissons à texture modifiée</w:t>
               </w:r>
@@ -2071,280 +2071,280 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04867080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the definition of an objective criterion of the food printing quality</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Peut-on prédire la qualité d'impression de matrices alimentaires à partir de critères rhéologiques simples ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Dumoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Guénard-Lampron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Berland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giana Almeida</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Leverrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainable Food and Industry 4.0: Towards the 2030 Agenda</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Valencia, Spain</w:t>
+              <w:t xml:space="preserve">57ème Congrès du GFR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04282290v1</w:t>
+                <w:t xml:space="preserve">hal-04282316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peut-on prédire la qualité d'impression de matrices alimentaires à partir de critères rhéologiques simples ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards the definition of an objective criterion of the food printing quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Guénard-Lampron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giana Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Dumoulin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Giana Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Leverrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">57ème Congrès du GFR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Sustainable Food and Industry 4.0: Towards the 2030 Agenda</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04282316v1</w:t>
+                <w:t xml:space="preserve">hal-04282290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple theory helps identifying which different rheological properties can result in the same IDDSI syringe flow test performance</w:t>
+                <w:t xml:space="preserve">Simple rheological tests to assess the swallowing capacity of foods.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lecanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Leverrier</w:t>
@@ -2362,97 +2362,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Della Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Ramaioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Annual Congres of the European Society for Swallowing Disorders - Deglutology: (re)Connecting in Dysphagia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Leuven, Belgium</w:t>
+              <w:t xml:space="preserve">Annual European Rheology Conference 2022,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Sevilla (Spain), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03843429v1</w:t>
+                <w:t xml:space="preserve">hal-04522986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simple rheological tests to assess the swallowing capacity of foods.</w:t>
+                <w:t xml:space="preserve">A simple theory helps identifying which different rheological properties can result in the same IDDSI syringe flow test performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lecanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Leverrier</w:t>
@@ -2470,73 +2470,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Della Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Ramaioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual European Rheology Conference 2022,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Sevilla (Spain), Spain</w:t>
+              <w:t xml:space="preserve">12th Annual Congres of the European Society for Swallowing Disorders - Deglutology: (re)Connecting in Dysphagia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Leuven, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04522986v1</w:t>
+                <w:t xml:space="preserve">hal-03843429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to ensure the printability of a food matrix ? From formulation to consumer appreciation.</w:t>
               </w:r>
@@ -2611,151 +2611,168 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04132482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of soft apple cells in crowded environnement</w:t>
+                <w:t xml:space="preserve">Impact of mechanical treatment and particle concentration on fruit suspensions stability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Leverrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gabrielle Moulin</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Huc-Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giana Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Soft Matter Conference (ISMC 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">2nd Euro-Mediterranean Symposium on Fruit and Vegetable Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Avignon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03322540v1</w:t>
+                <w:t xml:space="preserve">hal-03322532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of continuous phase and particle content on rheological behaviour of apple cells suspensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Leverrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2784,303 +2801,286 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th Anniversary Meeting of the European Society of Rheology: "Can rheology save the world?"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Zürich, Switzerland. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03322517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of mechanical treatment and particle concentration on fruit suspensions stability</w:t>
+                <w:t xml:space="preserve">Soft plant cells suspensions: How does structural parameters and continuous phase impact rheological behaviour?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Leverrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giana Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Cuvelier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Euro-Mediterranean Symposium on Fruit and Vegetable Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Avignon, France. </w:t>
+              <w:t xml:space="preserve">4th International Soft Matter Conference (ISMC2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03322532v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03322538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft plant cells suspensions: How does structural parameters and continuous phase impact rheological behaviour?</w:t>
+                <w:t xml:space="preserve">Observation of soft apple cells in crowded environnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Leverrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giana Almeida</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gabrielle Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Cuvelier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Soft Matter Conference (ISMC2016)</w:t>
+              <w:t xml:space="preserve">4th International Soft Matter Conference (ISMC 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03322538v1</w:t>
+                <w:t xml:space="preserve">hal-03322540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of structural parameters on rheological behaviour of apple cells dispersions: A comparison of real systems and model systems.</w:t>
               </w:r>
@@ -3806,51 +3806,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05232476v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ta&#237;se Toniazzo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Leverrier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nath&#225;lia Lisboa Souza" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana Almeida" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Cec&#237;lia Tadini" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fufo.2025.100725" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813955v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Khati" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Huc-Mathis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ijmpg-2024-art12" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532141v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lecanu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ramaioli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-024-01449-9" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03255092v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cuvelier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Menut" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2021.106776" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965620v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurena Masbernat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berland" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Moulin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Michon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2021.110696" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03258639v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11483-017-9494-3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622170v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Abid" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cheikhrouhou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard G. Cuvelier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine M.G.C. Renard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2016.08.008" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323072v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana Almeida Perr&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foostr.2017.07.002" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568445v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Brisset Espinosa-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11483-016-9434-7" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225777v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yurixy Bugarin-Castillo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Geoffroy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bou Fadel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523007v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523035v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523018v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522974v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135097v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artemio Plana-Fattori" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Doursat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04867080v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taise Toniazzo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Cecilia Tadini" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gu&#233;nard-Lampron" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04282290v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dumoulin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04282316v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843429v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522986v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04132482v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Guenard-Lampron" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322540v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322517v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322532v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bosc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Binois" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322538v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322513v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serife Kaymaz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322508v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322473v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Parizel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delarue" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Marsset-Baglieri" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sulmont-Ross&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127119v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Augusto" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Menut" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781837676699-00333" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03322360v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05232476v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ta&#237;se Toniazzo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Leverrier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nath&#225;lia Lisboa Souza" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana Almeida" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Cec&#237;lia Tadini" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fufo.2025.100725" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813955v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Khati" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Huc-Mathis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ijmpg-2024-art12" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532141v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lecanu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ramaioli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-024-01449-9" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03255092v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cuvelier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Menut" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2021.106776" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965620v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurena Masbernat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berland" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Moulin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Michon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2021.110696" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03258639v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11483-017-9494-3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622170v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Abid" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cheikhrouhou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard G. Cuvelier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine M.G.C. Renard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2016.08.008" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323072v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana Almeida Perr&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foostr.2017.07.002" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568445v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Brisset Espinosa-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11483-016-9434-7" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225777v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yurixy Bugarin-Castillo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Geoffroy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bou Fadel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523018v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523035v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523007v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522974v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135097v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artemio Plana-Fattori" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Doursat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04867080v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taise Toniazzo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Cecilia Tadini" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gu&#233;nard-Lampron" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04282316v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dumoulin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04282290v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522986v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843429v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04132482v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Guenard-Lampron" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322532v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bosc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Binois" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322517v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322538v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322540v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322513v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serife Kaymaz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322508v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322473v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Parizel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delarue" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Marsset-Baglieri" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sulmont-Ross&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127119v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Augusto" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Menut" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781837676699-00333" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03322360v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>