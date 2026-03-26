--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -100,905 +100,905 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-modal co-learning for Earth observation: enhancing single-modality models via modality collaboration</w:t>
+                <w:t xml:space="preserve">SAHARA: Heterogeneous Semi-Supervised Transfer Learning with Adversarial Adaptation and Dynamic Pseudo-Labeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francisco Mena</w:t>
+                <w:t xml:space="preserve">Giuseppe Guarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cássio F Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreas Dengel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gemine Vivone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Machine Learning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 114 (12), pp.279. </w:t>
+              <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23, 13 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10994-025-06903-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/LGRS.2025.3635269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05326486v1</w:t>
+                <w:t xml:space="preserve">hal-05370697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geographical Context Matters: Bridging Fine and Coarse Spatial Information to Enhance Continental Land Cover Mapping</w:t>
+                <w:t xml:space="preserve">Sentinel-1 (S1) time series alignment method for rapeseed fields mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Babak Ghassemi</w:t>
+                <w:t xml:space="preserve">Saeideh Maleki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cássio Fraga Dantas</w:t>
+                <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Sami Najem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio Fraga Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Omid Ghorbanzadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 12, 39 p. </w:t>
+              <w:t xml:space="preserve">Frontiers in Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.1483295. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.srs.2025.100315⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/frsen.2024.1483295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05319081v1</w:t>
+                <w:t xml:space="preserve">hal-04955663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-sensor Model for Earth Observation Robust to Missing Data via Sensor Dropout and Mutual Distillation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Multi-modal co-learning for Earth observation: enhancing single-modality models via modality collaboration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Mena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio F Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Interdonato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Dengel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3568706⟩</w:t>
+              <w:t xml:space="preserve">Machine Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 114 (12), pp.279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10994-025-06903-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05063111v1</w:t>
+                <w:t xml:space="preserve">hal-05326486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapeseed mapping using machine learning methods and Sentinel-1 time series coupled with growing degree-days information</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Geographical Context Matters: Bridging Fine and Coarse Spatial Information to Enhance Continental Land Cover Mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hassan Bazzi</w:t>
+                <w:t xml:space="preserve">Babak Ghassemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saeideh Maleki</w:t>
+                <w:t xml:space="preserve">Cássio Fraga Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omid Ghorbanzadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 11, pp.100244. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.srs.2025.100244⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 12, 39 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.srs.2025.100315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05113091v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SAHARA: Heterogeneous Semi-Supervised Transfer Learning with Adversarial Adaptation and Dynamic Pseudo-Labeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Giuseppe Guarino</w:t>
+                <w:t xml:space="preserve">Rapeseed mapping using machine learning methods and Sentinel-1 time series coupled with growing degree-days information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Najem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cássio F Dantas</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+                <w:t xml:space="preserve">Ya Gao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gemine Vivone</w:t>
+                <w:t xml:space="preserve">Hassan Bazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeideh Maleki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 23, 13 p. </w:t>
+              <w:t xml:space="preserve">Science of Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11, pp.100244. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LGRS.2025.3635269⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.srs.2025.100244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05370697v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05113091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sentinel-1 (S1) time series alignment method for rapeseed fields mapping</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
+                <w:t xml:space="preserve">Multi-sensor Model for Earth Observation Robust to Missing Data via Sensor Dropout and Mutual Distillation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Mena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cássio Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sami Najem</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Andreas Dengel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5, pp.1483295. </w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, pp.83930-83943. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/frsen.2024.1483295⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3568706⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04955663v1</w:t>
+                <w:t xml:space="preserve">hal-05063111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determining Effective Temporal Windows for Rapeseed Detection Using Sentinel-1 Time Series and Machine Learning Algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeideh Maleki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Najem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Bazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 16 (3), pp.549. </w:t>
@@ -1036,103 +1036,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Machine Learning-Based Summer Crops Mapping Using Sentinel-1 and Sentinel-2 Images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeideh Maleki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Bazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio Fraga Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 16 (23), pp.4548. </w:t>
@@ -1183,77 +1183,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reuse out-of-year data to enhance land cover mapping via feature disentanglement and contrastive learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele Gaetano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 18, pp.1681-1694. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1281,321 +1281,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04547452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sphere Refinement in Gap Safe Screening</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Artificial Intelligence Algorithms for Rapeseed Fields Mapping using Sentinel-1 Time Series: Temporal Transfer Scenario and Ground Sampling Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeideh Maleki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Najem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Bazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LSP.2023.3277792⟩</w:t>
+              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16, pp.8884-8899. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSTARS.2023.3316304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03891840v2</w:t>
+                <w:t xml:space="preserve">hal-04184447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artificial Intelligence Algorithms for Rapeseed Fields Mapping using Sentinel-1 Time Series: Temporal Transfer Scenario and Ground Sampling Constraints</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sphere Refinement in Gap Safe Screening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Soubies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Févotte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 16, pp.8884-8899. </w:t>
+              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30, p. 608-612. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JSTARS.2023.3316304⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/LSP.2023.3277792⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04184447v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03891840v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expanding boundaries of Gap Safe screening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Soubies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Févotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Machine Learning Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 22 (236), pp.1-57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1620,51 +1620,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stable safe screening and structured dictionaries for faster L1 regularization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio Fraga Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gribonval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1711,51 +1711,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning Dictionaries as a sum of Kronecker products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio Fraga Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Nazareth da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1841,1208 +1841,1208 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PDiscoFormer: Relaxing Part Discovery Constraints with Vision Transformers</w:t>
+                <w:t xml:space="preserve">Revisiting Cross-Modal Knowledge Distillation: A Disentanglement Approach for RGBD Semantic Segmentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ananthu Aniraj</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cassio F. Dantas</w:t>
+                <w:t xml:space="preserve">Roger Ferrod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cássio F Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Di Caro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Diego Marcos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCV 2024 - 18th European Conference on Computer Vision</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Conference on Machine Learning and Principles and Practice of Knowledge Discovery in Databases (ECML_PKDD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Porto, Portugal</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04659631v1</w:t>
+                <w:t xml:space="preserve">hal-05091733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting Cross-Modal Knowledge Distillation: A Disentanglement Approach for RGBD Semantic Segmentation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transfer Land Cover Maps Across Years: A Time Series-based Semantic Segmentation Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Jabea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio F Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roger Ferrod</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Flavie Cernesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Machine Learning and Principles and Practice of Knowledge Discovery in Databases (ECML_PKDD)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">JURSE 2025 - Joint Urban Remote Sensing Event</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Tunis, Tunisia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JURSE60372.2025.11076059⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05091733v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05167526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transfer Land Cover Maps Across Years: A Time Series-based Semantic Segmentation Approach</w:t>
+                <w:t xml:space="preserve">PDiscoFormer: Relaxing Part Discovery Constraints with Vision Transformers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Jabea</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+                <w:t xml:space="preserve">Ananthu Aniraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cassio F Dantas</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavie Cernesson</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diego Marcos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JURSE 2025 - Joint Urban Remote Sensing Event</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Tunis, Tunisia. </w:t>
+              <w:t xml:space="preserve">ECCV 2024 - 18th European Conference on Computer Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Milano, Italy. pp.256-272, </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JURSE60372.2025.11076059⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-73013-9_15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05167526v1</w:t>
+                <w:t xml:space="preserve">hal-04659631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapeseed Fields Mapping Using Sentinel-1 Time Series</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Semi Supervised Heterogeneous Domain Adaptation via Disentanglement and Pseudo-Labelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2024 - 2024 IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Athènes, Greece. pp.4836-4840, </w:t>
+              <w:t xml:space="preserve">ECML PKDD 2024 - European Conference on Machine Learning and Knowledge Discovery in Databases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Vilnius, Lithuania. pp.440-456, </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IGARSS53475.2024.10642836⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-70352-2_26⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04979582v1</w:t>
+                <w:t xml:space="preserve">hal-04617917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint Cloud Removal and Classification of Sentinel-2 Image Time Series for Agricultural Land Cover Mapping in Northern Benin</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">DisCoM-KD: Cross-Modal Knowledge Distillation via Disentanglement Representation and Adversarial Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio Fraga Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2024 - 2024 IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">35. British Machine Vision Conference (BMVC 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Glasgow, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04979522v1</w:t>
+                <w:t xml:space="preserve">hal-04666307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DisCoM-KD: Cross-Modal Knowledge Distillation via Disentanglement Representation and Adversarial Learning</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Joint Cloud Removal and Classification of Sentinel-2 Image Time Series for Agricultural Land Cover Mapping in Northern Benin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bio Nikki Sarè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Hountondji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35. British Machine Vision Conference (BMVC 2024)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IGARSS 2024 - 2024 IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IGARSS, Jul 2024, Athènes, Greece. pp.4824-4827, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS53475.2024.10641427⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04666307v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi Supervised Heterogeneous Domain Adaptation via Disentanglement and Pseudo-Labelling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rapeseed Fields Mapping Using Sentinel-1 Time Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeideh Maleki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sami Najem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Bazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECML PKDD 2024 - European Conference on Machine Learning and Knowledge Discovery in Databases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Vilnius, Lithuania. pp.440-456, </w:t>
+              <w:t xml:space="preserve">IGARSS 2024 - 2024 IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Athènes, Greece. pp.4836-4840, </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-70352-2_26⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS53475.2024.10642836⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04617917v1</w:t>
+                <w:t xml:space="preserve">hal-04979582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Counterfactual Explanations for Remote Sensing Time Series Data: an Application to Land Cover Classification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PDiscoNet: Semantically consistent part discovery for fine-grained recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert van der Klis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Alaniz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimiliano Mancini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECML PKDD: Joint European Conference on Machine Learning and Knowledge Discovery in Databases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-43430-3_2⟩</w:t>
+              <w:t xml:space="preserve">ICCV 2023 - International Conference on Computer Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Paris, France. pp.1866-1876, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICCV51070.2023.00179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04189631v1</w:t>
+                <w:t xml:space="preserve">hal-04183747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masking Strategies for Background Bias Removal in Computer Vision Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ananthu Aniraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Marcos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCV 2023 - International Conference on Computer Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Paris, France. pp.4399-4407, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICCVW60793.2023.00474⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04184449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PDiscoNet: Semantically consistent part discovery for fine-grained recognition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stephan Alaniz</w:t>
+                <w:t xml:space="preserve">Counterfactual Explanations for Remote Sensing Time Series Data: an Application to Land Cover Classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massimiliano Mancini</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Thalita F Drumond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Marcos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCV 2023 - International Conference on Computer Vision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Paris, France. pp.1866-1876, </w:t>
+              <w:t xml:space="preserve">ECML PKDD: Joint European Conference on Machine Learning and Knowledge Discovery in Databases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Torino, Italy. p. 20-36, </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICCV51070.2023.00179⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-43430-3_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04183747v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04189631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benchopt: Reproducible, efficient and collaborative optimization benchmarks</w:t>
               </w:r>
@@ -3166,64 +3166,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safe screening for sparse regression with the Kullback-Leibler divergence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Soubies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Févotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Toronto (virtual), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3242,278 +3242,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03147345v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning Tensor-structured Dictionaries with Application to Hyperspectral Image Denoising</w:t>
+                <w:t xml:space="preserve">Hyperspectral Image Denoising using Dictionary Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy E Cohen</w:t>
+                <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gribonval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUSIPCO 2019 - 27th European Signal Processing Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, A Coruña, Spain. pp.1-5, </w:t>
+              <w:t xml:space="preserve">WHISPERS 2019 - 10th Workshop on Hyperspectral Image and Signal Processing: Evolution in Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Amsterdam, Netherlands. pp.1-5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/EUSIPCO.2019.8902593⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/WHISPERS.2019.8921110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02126782v2</w:t>
+                <w:t xml:space="preserve">hal-02175630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyperspectral Image Denoising using Dictionary Learning</w:t>
+                <w:t xml:space="preserve">Learning Tensor-structured Dictionaries with Application to Hyperspectral Image Denoising</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy E Cohen</w:t>
+                <w:t xml:space="preserve">Jeremy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gribonval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WHISPERS 2019 - 10th Workshop on Hyperspectral Image and Signal Processing: Evolution in Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Amsterdam, Netherlands. pp.1-5, </w:t>
+              <w:t xml:space="preserve">EUSIPCO 2019 - 27th European Signal Processing Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, A Coruña, Spain. pp.1-5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/WHISPERS.2019.8921110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.23919/EUSIPCO.2019.8902593⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02175630v1</w:t>
+                <w:t xml:space="preserve">hal-02126782v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning fast dictionaries for sparse representations using low-rank tensor decompositions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio Fraga Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gribonval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3560,51 +3560,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faster and still safe: combining screening techniques and structured dictionaries to accelerate the Lasso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio Fraga Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gribonval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3651,51 +3651,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic Screening with Approximate Dictionaries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio Fraga Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gribonval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3791,51 +3791,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eatidal Amin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Alleaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3924,51 +3924,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tensor-structured Dictionaries for Hyperspectral Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy E Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gribonval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4006,51 +4006,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning Dictionaries as Sums of Kronecker Products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio Fraga Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gribonval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4159,64 +4159,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accelerating Non-Negative and Bounded-Variable Linear Regression Algorithms with Safe Screening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Soubies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Févotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IRIT - Institut de Recherche en Informatique de Toulouse. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4519,51 +4519,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326486v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Mena" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Ienco" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassio F Dantas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Interdonato" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Dengel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10994-025-06903-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319081v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Ghassemi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;ssio Fraga Dantas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Gaetano" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omid Ghorbanzadeh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.srs.2025.100315" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063111v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;ssio Dantas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3568706" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113091v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Najem" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baghdadi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya Gao" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Bazzi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeideh Maleki" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.srs.2025.100244" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370697v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Guarino" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;ssio F Dantas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemine Vivone" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2025.3635269" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955663v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassio Fraga Dantas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frsen.2024.1483295" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476131v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassio F. Dantas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16030549" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823571v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16234548" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547452v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Paris" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2024.3503756" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891840v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Soubies" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric F&#233;votte" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2023.3277792" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184447v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2023.3316304" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147502v3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01954261v3" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gribonval" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2019.2919404" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01672349v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Nazareth da Costa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato da Rocha Lopes" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2017.2681159" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659631v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ananthu Aniraj" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Marcos" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-73013-9_15" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091733v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Ferrod" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Di Caro" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167526v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Jabea" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Cernesson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JURSE60372.2025.11076059" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04979582v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10642836" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04979522v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bio Nikki Sar&#232;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hountondji" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10641427" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666307v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617917v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-70352-2_26" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04189631v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalita F Drumond" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-43430-3_2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184449v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCVW60793.2023.00474" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183747v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert van der Klis" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Alaniz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Mancini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCV51070.2023.00179" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830604v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moreau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathurin Massias" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gramfort" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ablin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Bannier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147345v2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02126782v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy E Cohen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2019.8902593" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02175630v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my E Cohen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WHISPERS.2019.8921110" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01709343v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-93764-9_42" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01706392v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2018.8461514" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01598021v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05252328v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eatidal Amin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Alleaume" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Luque" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02169405v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01514044v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato R Lopes" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele N da Costa" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564336v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02129219v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:3ccb3fde105b05aee192367fb5e07e192e3b6774;origin=https://hal.archives-ouvertes.fr/hal-02129219;visit=swh:1:snp:ea9fb83bf7c0e828cd33fef85302fb6d009efa55;anchor=swh:1:rev:22942d09cf38300eddca99dc83cd4868b2f9187f;path=/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370697v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Guarino" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;ssio F Dantas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Ienco" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Gaetano" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemine Vivone" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2025.3635269" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955663v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeideh Maleki" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baghdadi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Najem" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassio Fraga Dantas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frsen.2024.1483295" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326486v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Mena" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassio F Dantas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Interdonato" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Dengel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10994-025-06903-0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319081v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Ghassemi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;ssio Fraga Dantas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omid Ghorbanzadeh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.srs.2025.100315" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113091v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya Gao" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Bazzi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.srs.2025.100244" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063111v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;ssio Dantas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3568706" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476131v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassio F. Dantas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16030549" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823571v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16234548" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547452v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Paris" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2024.3503756" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184447v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2023.3316304" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891840v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Soubies" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric F&#233;votte" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2023.3277792" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147502v3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01954261v3" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gribonval" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2019.2919404" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01672349v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Nazareth da Costa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato da Rocha Lopes" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2017.2681159" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091733v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Ferrod" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Di Caro" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167526v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Jabea" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Cernesson" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JURSE60372.2025.11076059" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659631v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ananthu Aniraj" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Marcos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-73013-9_15" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617917v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-70352-2_26" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666307v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04979522v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bio Nikki Sar&#232;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hountondji" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10641427" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04979582v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10642836" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183747v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert van der Klis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Alaniz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Mancini" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCV51070.2023.00179" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184449v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCVW60793.2023.00474" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04189631v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalita F Drumond" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-43430-3_2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830604v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moreau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathurin Massias" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gramfort" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ablin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Bannier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147345v2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02175630v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my E Cohen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WHISPERS.2019.8921110" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02126782v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy E Cohen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2019.8902593" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01709343v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-93764-9_42" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01706392v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2018.8461514" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01598021v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05252328v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eatidal Amin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Alleaume" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Luque" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02169405v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01514044v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato R Lopes" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele N da Costa" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564336v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02129219v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:3ccb3fde105b05aee192367fb5e07e192e3b6774;origin=https://hal.archives-ouvertes.fr/hal-02129219;visit=swh:1:snp:ea9fb83bf7c0e828cd33fef85302fb6d009efa55;anchor=swh:1:rev:22942d09cf38300eddca99dc83cd4868b2f9187f;path=/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>