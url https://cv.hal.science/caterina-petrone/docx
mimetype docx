--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -945,805 +945,805 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05226579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Alveolar Trill Is Perceived as Jagged/Rough by Speakers of Different Languages</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Facial cues to anger affect meaning interpretation of subsequent spoken prosody</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Petrone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleksandra Ćwiek</w:t>
+                <w:t xml:space="preserve">Nicolas Audibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Anselme</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maud Champagne-Lavau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/10.0034416⟩</w:t>
+              <w:t xml:space="preserve">Language and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (4), pp.1214-1237. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/langcog.2024.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04701781v1</w:t>
+                <w:t xml:space="preserve">hal-04385663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Droplet Emission During Speech Interaction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Francesca Carbone</w:t>
+                <w:t xml:space="preserve">The Alveolar Trill Is Perceived as Jagged/Rough by Speakers of Different Languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Ćwiek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Anselme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Bouchet</w:t>
+                <w:t xml:space="preserve">Dan Dediu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Fuchs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Ghio</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Carine André</w:t>
+                <w:t xml:space="preserve">Shigeto Kawahara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Language Resources and Evaluation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10579-024-09789-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 156 (5), pp.3468-3479. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/10.0034416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04385770v2</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04701781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facial cues to anger affect meaning interpretation of subsequent spoken prosody</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigating Droplet Emission During Speech Interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Ghio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Audibert</w:t>
+                <w:t xml:space="preserve">Thierry Legou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Champagne-Lavau</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Carine André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Language and Cognition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (4), pp.1214-1237. </w:t>
+              <w:t xml:space="preserve">Language Resources and Evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/langcog.2024.3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10579-024-09789-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04385663v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04385770v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does emotional prosody affect word recognition in French?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">30 ans de recherche en phonétique clinique au LPL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Ghio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Dufour</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Muriel Lalain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Meynadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of Speech Prosody</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Travaux Interdisciplinaires sur la Parole et le Langage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Panorama des recherches au Laboratoire Parole et Langage, 38, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/tipa.5854⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03966187v1</w:t>
+                <w:t xml:space="preserve">hal-03928078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La prosodie au Laboratoire Parole et Langage : histoire, recherches actuelles et perspectives</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">James Sneed German</w:t>
+                <w:t xml:space="preserve">Does emotional prosody affect word recognition in French?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Herment</w:t>
+                <w:t xml:space="preserve">Antonenko Arina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel J. Hirst</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sophie Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Travaux Interdisciplinaires sur la Parole et le Langage</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proceedings of Speech Prosody</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03906455v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03966187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">30 ans de recherche en phonétique clinique au LPL</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Ghio</w:t>
+                <w:t xml:space="preserve">La prosodie au Laboratoire Parole et Langage : histoire, recherches actuelles et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Sneed German</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Meunier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Caterina Petrone</w:t>
+                <w:t xml:space="preserve">Sophie Herment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Lalain</w:t>
+                <w:t xml:space="preserve">Daniel J. Hirst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yohann Meynadier</w:t>
+                <w:t xml:space="preserve">Amandine Michelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travaux Interdisciplinaires sur la Parole et le Langage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Panorama des recherches au Laboratoire Parole et Langage, 38, </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/tipa.5854⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/tipa.5210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03928078v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03906455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel vocalizations are understood across cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandra Ćwiek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Fuchs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1751,51 +1751,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Draxler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Liina Asu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Dediu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11, pp.10108. </w:t>
@@ -1950,51 +1950,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The bouba/kiki effect is robust across cultures and writing systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandra Ćwiek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Fuchs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2002,51 +2002,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Draxler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Liina Asu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Dediu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 377 (1841), </w:t>
@@ -2456,51 +2456,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Renié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finnian Kelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ghio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of neuropsychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 13: 22-45, </w:t>
@@ -3211,386 +3211,386 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01242939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic and respiratory evidence for utterance planning in German</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Susanne Fuchs</w:t>
+                <w:t xml:space="preserve">Brain response to prosodic boundary cues depends on boundary position</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Holzgrefe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Wellmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jelena Krivokapic</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Truckenbrodt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philip Hoole</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Barbara Höhle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Phonetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 4, non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2013.00421⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01486671v1</w:t>
+                <w:t xml:space="preserve">hal-01486664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Length Matters: Informational Load in Ambiguity Resolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Barbara Hemforth</w:t>
+                <w:t xml:space="preserve">Acoustic and respiratory evidence for utterance planning in German</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Fuchs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saveria Colonna</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mariapaola D'Imperio</w:t>
+                <w:t xml:space="preserve">Jelena Krivokapic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Hoole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discours - Revue de linguistique, psycholinguistique et informatique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Phonetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 41 (1), pp.29-47</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00843778v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01486671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brain response to prosodic boundary cues depends on boundary position</w:t>
+                <w:t xml:space="preserve">Length Matters: Informational Load in Ambiguity Resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Holzgrefe</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Caroline Wellmann</w:t>
+                <w:t xml:space="preserve">Barbara Hemforth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saveria Colonna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariapaola D'Imperio</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 4, non paginé. </w:t>
+              <w:t xml:space="preserve">Discours - Revue de linguistique, psycholinguistique et informatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 12, http://discours.revues.org/8780. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2013.00421⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/discours.8780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01486664v1</w:t>
+                <w:t xml:space="preserve">hal-00843778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3729,90 +3729,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Speed-Vel Project: a Corpus of Acoustic and Aerodynamic Data to Measure Droplets Emission During Speech Interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ghio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Legou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th Conference on Language Resources and Evaluation (LREC 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Marseille, France. pp.1991-1999</w:t>
@@ -3854,51 +3854,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prosodic Correlates of Discourse Structure and Emotion in Discourse Markers that Preface Announcements of News</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3952,191 +3952,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03773567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of emotional semantics and prosody on skin conductance responses</w:t>
+                <w:t xml:space="preserve">The processing of emotional semantics and prosody in French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 Society for Affective Science Annual [virtual] Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, conférence en ligne, France</w:t>
+              <w:t xml:space="preserve">Phonetics and Phonology in Europe 2021 (PAPE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03229701v1</w:t>
+                <w:t xml:space="preserve">hal-03229743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The processing of emotional semantics and prosody in French</w:t>
+                <w:t xml:space="preserve">The effects of emotional semantics and prosody on skin conductance responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phonetics and Phonology in Europe 2021 (PAPE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">2021 Society for Affective Science Annual [virtual] Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, conférence en ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03229743v1</w:t>
+                <w:t xml:space="preserve">hal-03229701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'impact de la prosodie et du lexique des émotions sur l'activité électrodermale en français</w:t>
               </w:r>
@@ -4312,51 +4312,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Sneed German</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Sneed German</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kiwako Ito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4541,51 +4541,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kiwako Ito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Sneed German</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Prosody and Meaning ProMAix</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4636,51 +4636,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mastriani Camilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Ochs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4744,51 +4744,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camilla Mastriani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Ochs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4839,51 +4839,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of intonation on the multi-dimensional interpretation of requests and offers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kiwako Ito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Sneed German</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5068,51 +5068,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Mirallié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Seute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Champagne-Lavau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Language et émotions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Reims, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5258,51 +5258,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Champagne-Lavau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of Speech Prosody</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Boston, United States. pp.425 - 429, </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5555,286 +5555,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01462229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of syllable structure on intonation identification in Neapolitan Italian</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The influence of metrical constraints on direct imitation across French varieties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariapaola D'Imperio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mariapaola D'Imperio</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Graux-Czachor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Congress of Phonetic Sciences</w:t>
+              <w:t xml:space="preserve">18 th International Congress of Phonetic Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01191886v1</w:t>
+                <w:t xml:space="preserve">hal-01191875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mémoire de travail et perception des ruptures prosodiques dans la sclérose en plaques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Garcia-Roure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de Pausologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01498954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of metrical constraints on direct imitation across French varieties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of syllable structure on intonation identification in Neapolitan Italian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Petrone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariapaola D'Imperio</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Graux-Czachor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18 th International Congress of Phonetic Sciences</w:t>
+              <w:t xml:space="preserve">18th International Congress of Phonetic Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01191875v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psycholinguistic investigation of the prosody of wh-exclamatives and wh-questions</w:t>
               </w:r>
@@ -5909,532 +5909,532 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01498826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes of breathing activity under different focus conditions</w:t>
+                <w:t xml:space="preserve">The interplay between prosodic phrasing and accentual prominence on articulatory lengthening in Italian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariapaola D'Imperio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Lancia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Fuchs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laura Koenig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Seminair of Speech Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Cologne, Germany. pp.4</w:t>
+              <w:t xml:space="preserve">Speech Prosody</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Dublin, Ireland. pp.192-196</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01500733v1</w:t>
+                <w:t xml:space="preserve">hal-01500737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Working memory impairments in Multiple Sclerosis: effects on stress clash resolution.</w:t>
+                <w:t xml:space="preserve">Changes of breathing activity under different focus conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Fuchs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Koenig</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Seminair of Speech Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Cologne, Germany. pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01510226v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A generic tool for the automatic syllabification of Italian</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Working memory impairments in Multiple Sclerosis: effects on stress clash resolution.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Petrone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline de Looze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Gomis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Bigi</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marjorie Wims</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Ghio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">First Italian Conference on Computational Linguistics CLiC-it 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Pisa, Italy. pp.73-77</w:t>
+              <w:t xml:space="preserve">International Seminair of Speech Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Cologne, Germany. pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01507643v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01510226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic Syllabification of Italian: adaptation from French.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+                <w:t xml:space="preserve">A generic tool for the automatic syllabification of Italian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Bigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Leonardo Lancia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Laboratory Approaches to Romance Phonology LARP 7</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Aix-en-Provence, France. pp.38-40</w:t>
+              <w:t xml:space="preserve">First Italian Conference on Computational Linguistics CLiC-it 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Pisa, Italy. pp.73-77</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01500725v1</w:t>
+                <w:t xml:space="preserve">hal-01507643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The interplay between prosodic phrasing and accentual prominence on articulatory lengthening in Italian</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Automatic Syllabification of Italian: adaptation from French.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Bigi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo Lancia</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Susanne Fuchs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Speech Prosody</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Dublin, Ireland. pp.192-196</w:t>
+              <w:t xml:space="preserve">Laboratory Approaches to Romance Phonology LARP 7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Aix-en-Provence, France. pp.38-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01500737v1</w:t>
+                <w:t xml:space="preserve">hal-01500725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basic prosodic transcription of short French feedback utterances</w:t>
               </w:r>
@@ -6694,90 +6694,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment l’identité segmentale des sons et la prosodie modulent-elles les caractéristiques des gouttelettes expirées dans la production de la parole ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ghio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Lalain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Legou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de Phonétique Clinique (JPC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Toulouse, France</w:t>
@@ -6966,51 +6966,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Sneed German</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kiwako Ito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Sneed German</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 16th Conference on Laboratory Phonology (LabPhon)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7048,51 +7048,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L1 intonational categories as “perceptual attractors”during L2 imitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo Lancia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristel Portes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7143,51 +7143,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L1 intonational categories as &amp;quot; perceptual attractors &amp;quot; during L2 imitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo Lancia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristel Portes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7219,463 +7219,463 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01793255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive disorders as sources of variation in dialogues</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Individual Differences in Planning Strategies Among French, German, and English Speakers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Swets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Fuchs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jelena Krivokapić</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AISV 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Pisa, Italy</w:t>
+              <w:t xml:space="preserve">Psychonomic Society 58th Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01459699v1</w:t>
+                <w:t xml:space="preserve">halshs-01793244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Individual Differences in Planning Strategies Among French, German, and English Speakers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cognitive disorders as sources of variation in dialogues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Sneed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Schiattarella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanna de Bellis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim Mahrt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychonomic Society 58th Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">AISV 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Pisa, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01793244v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01459699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prosody in Individuals with Normal Hearing and Cochlear Implant Users.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Duygu Büyükköse</w:t>
+                <w:t xml:space="preserve">Variation in prosodic planning among individuals and across languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Swets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Özlem Ünal Logacev</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Fuchs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jelena Krivokapić</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Clinical Phonetics and Linguistics Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Halifax, United States. 2016</w:t>
+              <w:t xml:space="preserve">CUNY</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Gainesville, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01459805v1</w:t>
+                <w:t xml:space="preserve">halshs-01459819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variation in prosodic planning among individuals and across languages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Swets</w:t>
+                <w:t xml:space="preserve">Prosody in Individuals with Normal Hearing and Cochlear Implant Users.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duygu Büyükköse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jelena Krivokapić</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Özlem Ünal Logacev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CUNY</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Gainesville, United States</w:t>
+              <w:t xml:space="preserve">International Clinical Phonetics and Linguistics Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Halifax, United States. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01459819v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01459805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7921,51 +7921,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Fuchs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jelena Krivokapic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">non paginé, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8140,77 +8140,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Sneed-German</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Schiattarella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanna de Bellis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim Mahrt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fattori Sociali e biologici nella variazione fonetica/Social and biological factors in speech variation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8478,51 +8478,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Sneed-German</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim Mahrt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delooze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8660,51 +8660,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AEA6CCDD"/>
+    <w:nsid w:val="F9EE9124"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8808,51 +8808,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="554BF2C5"/>
+    <w:nsid w:val="E993D79B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8956,51 +8956,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="8BD24681"/>
+    <w:nsid w:val="A7C09372"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9104,51 +9104,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="38D8E08A"/>
+    <w:nsid w:val="1616982C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9252,51 +9252,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="C7020939"/>
+    <w:nsid w:val="17784448"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9400,51 +9400,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="0854B4AB"/>
+    <w:nsid w:val="5C35D6E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9548,51 +9548,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="B264821F"/>
+    <w:nsid w:val="34DC0A7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9696,51 +9696,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="FF746C47"/>
+    <w:nsid w:val="32F7081D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9844,51 +9844,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="BD46F0EA"/>
+    <w:nsid w:val="BE616425"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9992,51 +9992,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="CEC28212"/>
+    <w:nsid w:val="2439AB3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10250,51 +10250,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leibniz-zas.de/en/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-amu.fr/system/files/2019-02/DIRCOM-lettre_amu_n52_juin_juill2017_0.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lpl-aix.fr/recherche/equipes/pop/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ilcb.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://christeltiberi.free.fr/gdr-rift.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ilcb.fr/education/summer-school/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162446v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Fuchs" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Jover" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Noiray" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Petrone" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000547328" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226579v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Carbone" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piera Filippi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11031-025-10147-9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04701781v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra &#262;wiek" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Anselme" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Dediu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigeto Kawahara" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0034416" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385770v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bouchet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ghio" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Legou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Andr&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-024-09789-x" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385663v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Audibert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Champagne-Lavau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/langcog.2024.3" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966187v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonenko Arina" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dufour" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906455v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Bertrand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Sneed German" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Herment" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J. Hirst" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Michelas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tipa.5210" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928078v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meunier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lalain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Meynadier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tipa.5854" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03228519v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Draxler" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Liina Asu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-89445-4" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03228522v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Swets" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Krivokapi&#263;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.655516" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426226v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2020.0390" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948877v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012793v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Canete" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giraud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kankainen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bastin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nowacki" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.041304" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091229v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Koenig" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5087272" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01529435v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delooze" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Moreau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Reni&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Finnian Kelly" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnp.12127" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459350v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura L. Koenig" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459190v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Truckenbrodt" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Wellmann" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Holzgrefe-Lang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabell Wartenburger" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wocn.2017.01.002" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459523v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romy R&#228;ling" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23273798.2016.1157195" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164773v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Rochet-Capellan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe D. Reichel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wocn.2015.04.002" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485961v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Niebuhr" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01242939v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariapaola D'Imperio" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana Cavone" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2014.01226" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486671v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Krivokapic" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Hoole" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843778v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Hemforth" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saveria Colonna" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/discours.8780" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486664v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Holzgrefe" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara H&#246;hle" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2013.00421" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319708v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristel Portes" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Marty" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Grice" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718477v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773567v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James German" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/speechprosody.2022-123" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229701v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229743v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090705v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229765v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110414v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Sneed German" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiwako Ito" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097707v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzena &#379;ygis" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M Tomlinson" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Pf&#252;tze" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103891v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793218v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mastriani Camilla" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Ochs" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793222v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Mastriani" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110468v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462170v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duygu B&#252;y&#252;kk&#246;se" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;zlem &#220;nal-Logacev" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462231v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Miralli&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Seute" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462230v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Kellert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Panizza" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459689v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2016-87" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459690v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Lonobile" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Zielinski" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2016-168" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462229v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Lo Nobile" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Zielinsky" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191886v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498954v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Garcia-Roure" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191875v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Graux-Czachor" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498826v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500733v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510226v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line de Looze" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Gomis" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Wims" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507643v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bigi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500725v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Lancia" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500737v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231904v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Petrone" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prevot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874836v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Audibert" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Haddad" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Robert" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Trocq" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7916/D88S4ZCG" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229751v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090704v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Zira" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793224v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793257v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793255v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459699v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Sneed" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Schiattarella" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna de Bellis" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Mahrt" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793244v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459805v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;zlem &#220;nal Logacev" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459819v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473992v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pape" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Perrier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242403v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475528v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793178v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793210v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Sneed-German" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482600v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150242v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Nguyen" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793290v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leibniz-zas.de/en/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-amu.fr/system/files/2019-02/DIRCOM-lettre_amu_n52_juin_juill2017_0.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lpl-aix.fr/recherche/equipes/pop/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ilcb.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://christeltiberi.free.fr/gdr-rift.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ilcb.fr/education/summer-school/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162446v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Fuchs" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Jover" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Noiray" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Petrone" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000547328" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226579v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Carbone" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piera Filippi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11031-025-10147-9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385663v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Audibert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Champagne-Lavau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/langcog.2024.3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04701781v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra &#262;wiek" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Anselme" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Dediu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigeto Kawahara" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0034416" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385770v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bouchet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ghio" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Legou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Andr&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-024-09789-x" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928078v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meunier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lalain" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Meynadier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tipa.5854" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966187v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonenko Arina" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dufour" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906455v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Bertrand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Sneed German" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Herment" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J. Hirst" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Michelas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tipa.5210" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03228519v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Draxler" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Liina Asu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-89445-4" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03228522v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Swets" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Krivokapi&#263;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.655516" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426226v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2020.0390" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948877v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012793v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Canete" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giraud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kankainen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bastin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nowacki" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.041304" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091229v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Koenig" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5087272" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01529435v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delooze" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Moreau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Reni&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Finnian Kelly" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnp.12127" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459350v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura L. Koenig" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459190v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Truckenbrodt" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Wellmann" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Holzgrefe-Lang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabell Wartenburger" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wocn.2017.01.002" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459523v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romy R&#228;ling" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23273798.2016.1157195" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164773v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Rochet-Capellan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe D. Reichel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wocn.2015.04.002" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485961v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Niebuhr" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01242939v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariapaola D'Imperio" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana Cavone" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2014.01226" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486664v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Holzgrefe" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara H&#246;hle" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2013.00421" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486671v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Krivokapic" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Hoole" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843778v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Hemforth" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saveria Colonna" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/discours.8780" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319708v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristel Portes" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Marty" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Grice" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718477v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773567v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James German" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/speechprosody.2022-123" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229743v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229701v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090705v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229765v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110414v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Sneed German" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiwako Ito" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097707v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzena &#379;ygis" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M Tomlinson" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Pf&#252;tze" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103891v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793218v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mastriani Camilla" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Ochs" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793222v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Mastriani" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110468v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462170v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duygu B&#252;y&#252;kk&#246;se" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;zlem &#220;nal-Logacev" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462231v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Miralli&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Seute" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462230v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Kellert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Panizza" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459689v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2016-87" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459690v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Lonobile" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Zielinski" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2016-168" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462229v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Lo Nobile" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Zielinsky" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191875v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Graux-Czachor" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498954v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Garcia-Roure" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191886v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498826v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500737v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Lancia" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500733v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510226v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line de Looze" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Gomis" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Wims" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507643v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bigi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500725v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231904v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Petrone" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prevot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874836v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Audibert" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Haddad" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Robert" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Trocq" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7916/D88S4ZCG" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229751v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090704v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Zira" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793224v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793257v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793255v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793244v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459699v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Sneed" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Schiattarella" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna de Bellis" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Mahrt" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459819v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459805v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;zlem &#220;nal Logacev" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473992v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pape" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Perrier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242403v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475528v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793178v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793210v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Sneed-German" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482600v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150242v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Nguyen" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793290v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>