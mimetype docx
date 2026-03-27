--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -3876,235 +3876,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01525751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du risque à la ressource psychosociale : l'enjeu du développement de l'activité des professionnels de l'enseignement supérieur et de la recherche</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Justine Arnoud</w:t>
+                <w:t xml:space="preserve">‘A plus dans le bus’ : Work-related stress among French bus drivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Louit-Martinod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chanut-Guieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathel Kornig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Méhaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/formationemploi.4913⟩</w:t>
+              <w:t xml:space="preserve">Journal of workplace rights</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (1), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/2158244016629393⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01442991v1</w:t>
+                <w:t xml:space="preserve">halshs-01413648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">‘A plus dans le bus’ : Work-related stress among French bus drivers</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cécile Chanut-Guieu</w:t>
+                <w:t xml:space="preserve">Du risque à la ressource psychosociale : l'enjeu du développement de l'activité des professionnels de l'enseignement supérieur et de la recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Arnoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathel Kornig</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Méhaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of workplace rights</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 6 (1), pp.1-14. </w:t>
+              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 136, pp.79-98. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/2158244016629393⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/formationemploi.4913⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01413648v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01442991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition chômage-emploi : employeurs et demandeurs d'emploi face à l'activité réduite</w:t>
               </w:r>
@@ -4841,273 +4841,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03482492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How French bus drivers, managers and unions talk about incivility and physical and verbal assaults at work</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Précarité de l'emploi et du travail : analyse comparée d'un concept polysémique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insarauto Valeria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Méhaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathel Kornig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Louit-Martinod</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological Health, Work and Language. International Perspectives Towards Their Categorizations at Work</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.55-72, 2017, 978-3-319-50543-5</w:t>
+              <w:t xml:space="preserve">Travail et crise : l'Europe du Sud, un laboratoire ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01413686v1</w:t>
+                <w:t xml:space="preserve">hal-02474161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Précarité de l'emploi et du travail : analyse comparée d'un concept polysémique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Insarauto Valeria</w:t>
+                <w:t xml:space="preserve">How French bus drivers, managers and unions talk about incivility and physical and verbal assaults at work</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathel Kornig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chanut-Guieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loriane Domette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Louit-Martinod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Méhaut</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...27 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Stéphanie Cassilde; Adeline Gilson. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Travail et crise : l'Europe du Sud, un laboratoire ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+              <w:t xml:space="preserve">Physiological Health, Work and Language. International Perspectives Towards Their Categorizations at Work</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.55-72, 2017, 978-3-319-50543-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02474161v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01413686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5665,51 +5665,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384043v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathel Kornig" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Roy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Moreau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Petrella" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Puissant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05262788v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Tucci" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Recotillet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482493v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Odena" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284901v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Massot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Revest" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410407v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Di Paola" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Moullet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01451329v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Louit-Martinod" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M&#233;haut" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470052v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Belkacem" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Michon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nosbonne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Montcharmont" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487895v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mara Bisignano" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Scalvinoni" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03078518v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527055v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00436521v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verdier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moss&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Setbon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05295293v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonnard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Danner" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Gavard-Veau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Olympio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184175v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03213237v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baret" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03213286v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482934v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482711v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482750v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284842v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guitton" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553025v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553191v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504484v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chanut-Guieu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482853v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491852v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04484511v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04484506v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458632v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00268345v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829812v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Saccomanno" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04010870v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/jdds.040.4.8210" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03213165v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03213198v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184215v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184202v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284829v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474851v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Levet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Ghadi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284927v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdli.093.0051" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525751v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bidart" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/socio.081.0083" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442991v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Arnoud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.4913" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413648v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2158244016629393" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288907v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01626593v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdli.083.0003" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00817459v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00403476v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00436955v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437890v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04485469v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482492v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.teseopress.com/delibererletravail/chapter/une-democratisation-du-travail-en-milieu-ordinaire/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413686v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loriane Domette" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319505435" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474161v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insarauto Valeria" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284920v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00542837v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03040497v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00803418v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384043v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathel Kornig" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Roy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Moreau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Petrella" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Puissant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05262788v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Tucci" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Recotillet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482493v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Odena" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284901v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Massot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Revest" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410407v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Di Paola" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Moullet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01451329v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Louit-Martinod" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M&#233;haut" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470052v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Belkacem" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Michon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nosbonne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Montcharmont" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487895v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mara Bisignano" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Scalvinoni" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03078518v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527055v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00436521v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verdier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moss&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Setbon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05295293v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonnard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Danner" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Gavard-Veau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Olympio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184175v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03213237v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baret" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03213286v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482934v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482711v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482750v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284842v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guitton" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553025v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553191v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504484v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chanut-Guieu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482853v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491852v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04484511v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04484506v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458632v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00268345v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829812v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Saccomanno" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04010870v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/jdds.040.4.8210" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03213165v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03213198v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184215v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184202v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284829v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474851v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Levet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Ghadi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284927v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdli.093.0051" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525751v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bidart" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/socio.081.0083" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413648v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2158244016629393" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442991v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Arnoud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.4913" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288907v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01626593v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdli.083.0003" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00817459v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00403476v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00436955v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437890v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04485469v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482492v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.teseopress.com/delibererletravail/chapter/une-democratisation-du-travail-en-milieu-ordinaire/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474161v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insarauto Valeria" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413686v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loriane Domette" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319505435" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284920v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00542837v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03040497v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00803418v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>