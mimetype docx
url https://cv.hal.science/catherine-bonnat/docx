--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -669,817 +669,817 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport au savoir en contexte muséal : le cas du jeu Geome</w:t>
+                <w:t xml:space="preserve">Conception d’un compagnon digital pour assister le maître du jeu dans un environnement mixte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bonnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gil Oliveira</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Morard</w:t>
+                <w:t xml:space="preserve">Matthieu Vallat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Paukovics</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Sanchez</w:t>
+                <w:t xml:space="preserve">Omar Abou Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Mu- Gellini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10e Conférence sur les Environnements Informatiques pour l’Apprentissage Humain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Marie Lefevre, Christine Michel, Jun 2021, Fribourg, Suisse. pp.381-384</w:t>
+              <w:t xml:space="preserve">, Marie Lefevre, Christine Michel, Jun 2021, Fribourg, Allemagne. pp.300-305</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03290727v1</w:t>
+                <w:t xml:space="preserve">hal-03287746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geome et son Compagnon Digital : un dispositif permettant la mise en place de visites muséales ludiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rapport au savoir en contexte muséal : le cas du jeu Geome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bonnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gil Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Paukovics</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Sanchez</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10e Conférence sur les Environnements Informatiques pour l’Apprentissage Humain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Marie Lefevre, Christine Michel, Jun 2021, Fribourg, France. pp.405-408</w:t>
+              <w:t xml:space="preserve">, Marie Lefevre, Christine Michel, Jun 2021, Fribourg, Suisse. pp.381-384</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03290871v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03290727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symposium &amp;quot;Design-based Research and Cooperative Engineering. New Perspectives for Collaborative Research in Education</w:t>
+                <w:t xml:space="preserve">Geome et son Compagnon Digital : un dispositif permettant la mise en place de visites muséales ludiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilles Aldon</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bonnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gil Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Vallat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Quilio</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Caroline Vincent</w:t>
+                <w:t xml:space="preserve">Kevin Manixab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECER 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Genève, Switzerland</w:t>
+              <w:t xml:space="preserve">10e Conférence sur les Environnements Informatiques pour l’Apprentissage Humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marie Lefevre, Christine Michel, Jun 2021, Fribourg, France. pp.405-408</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03342322v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03290871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception d’un compagnon digital pour assister le maître du jeu dans un environnement mixte</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Symposium &amp;quot;Design-based Research and Cooperative Engineering. New Perspectives for Collaborative Research in Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Vallat</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Aldon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Quilio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omar Abou Khaled</w:t>
+                <w:t xml:space="preserve">Nizet Isabelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Mu- Gellini</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Caroline Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10e Conférence sur les Environnements Informatiques pour l’Apprentissage Humain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Marie Lefevre, Christine Michel, Jun 2021, Fribourg, Allemagne. pp.300-305</w:t>
+              <w:t xml:space="preserve">ECER 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Genève, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03287746v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03342322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diabolo, une simulation pour l'apprentissage des métabolismes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ingénierie d'un EIAH doté d'étayages adaptatifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bonnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Lejeune</w:t>
+                <w:t xml:space="preserve">Viviane Guéraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Marzin-Janvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Inter Laboratoires sur l'Education Scientifique et Technologique :Education scientifique et technologique pour tous</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Patras, Grèce. pp.71-79</w:t>
+              <w:t xml:space="preserve">9ème édition de la conférence EIAH (Environnements Informatiques pour l’Apprentissage Humain),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02015408v2</w:t>
+                <w:t xml:space="preserve">hal-02182758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étayer dynamiquement une activité de conception expérimentale en biologie : premiers résultats d'expérimentations</w:t>
+                <w:t xml:space="preserve">Diabolo, une simulation pour l'apprentissage des métabolismes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bonnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Gueraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Marzin-Janvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème édition de la conférence EIAH (Environnements Informatiques pour l’Apprentissage Humain)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire Inter Laboratoires sur l'Education Scientifique et Technologique :Education scientifique et technologique pour tous</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Patras, Grèce. pp.71-79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02182756v1</w:t>
+                <w:t xml:space="preserve">hal-02015408v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingénierie d'un EIAH doté d'étayages adaptatifs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Étayer dynamiquement une activité de conception expérimentale en biologie : premiers résultats d'expérimentations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bonnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lejeune</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patricia Marzin-Janvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème édition de la conférence EIAH (Environnements Informatiques pour l’Apprentissage Humain),</w:t>
+              <w:t xml:space="preserve">9ème édition de la conférence EIAH (Environnements Informatiques pour l’Apprentissage Humain)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02182758v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02182756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de praxéologies personnelles a priori dans une situation de conception expérimentale en biologie</w:t>
               </w:r>
@@ -2309,51 +2309,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049566v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bonnat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Marzin-Janvier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanda Luengo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Trgalov&#225;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Chaachoua" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.7793" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909259v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Oliveira" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sanchez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006531v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Girault" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.2786" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-CKR482M5-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015388v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric d'Ham" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23709/sticef.25.2.4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290727v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Morard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Paukovics" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290871v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vallat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Manixab" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342322v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aldon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Quilio" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizet Isabelle" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vincent" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287746v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Abou Khaled" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Mu- Gellini" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015408v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Gueraud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lejeune" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182756v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182758v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Gu&#233;raud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708033v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754056v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491881v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01355846v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386416v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562711v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491866v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357638v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049566v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bonnat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Marzin-Janvier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanda Luengo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Trgalov&#225;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Chaachoua" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.7793" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909259v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Oliveira" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sanchez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006531v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Girault" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.2786" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-CKR482M5-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015388v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric d'Ham" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23709/sticef.25.2.4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287746v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vallat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Abou Khaled" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Mu- Gellini" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290727v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Morard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Paukovics" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290871v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Manixab" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342322v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aldon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Quilio" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizet Isabelle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vincent" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182758v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lejeune" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Gu&#233;raud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015408v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Gueraud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182756v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708033v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754056v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491881v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01355846v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386416v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562711v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491866v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357638v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>