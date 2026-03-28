--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (65)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (66)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,9580 +234,9822 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05465130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing the characteristics of hallucinations and mental imagery: a large cross-sectional study in the general population</w:t>
+                <w:t xml:space="preserve">From childhood trauma to body distortion in schizophrenia: The mediating role of early maladaptive schemas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Pepin</w:t>
+                <w:t xml:space="preserve">Clément Dondé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Lœvenbruck</w:t>
+                <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan Chauvin</w:t>
+                <w:t xml:space="preserve">Lison Demartini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Jacquet</w:t>
+                <w:t xml:space="preserve">Marine Mondino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Eichenlaub</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jerome Brunelin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Consciousness and Cognition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 137, pp.103974. </w:t>
+              <w:t xml:space="preserve">Asian Journal of Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 116, pp.104820. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.concog.2025.103974⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ajp.2025.104820⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05527552v1</w:t>
+                <w:t xml:space="preserve">hal-05458028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From childhood trauma to body distortion in schizophrenia: The mediating role of early maladaptive schemas</w:t>
+                <w:t xml:space="preserve">Comparing the characteristics of hallucinations and mental imagery: a large cross-sectional study in the general population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Dondé</w:t>
+                <w:t xml:space="preserve">Guillaume Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Bortolon</w:t>
+                <w:t xml:space="preserve">Hélène Lœvenbruck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lison Demartini</w:t>
+                <w:t xml:space="preserve">Alan Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Mondino</w:t>
+                <w:t xml:space="preserve">Camille Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Brunelin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Baptiste Eichenlaub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Asian Journal of Psychiatry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 116, pp.104820. </w:t>
+              <w:t xml:space="preserve">Consciousness and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 137, pp.103974. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ajp.2025.104820⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.concog.2025.103974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05458028v1</w:t>
+                <w:t xml:space="preserve">hal-05527552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Effect of Brief Preventive Videos on Mental Health Help‐Seeking for Early Psychosis in a Young Community Sample</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Identification of transdiagnostic phenomena among patients, the general population, relatives, and mental health professionals using topic modeling techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Vancappel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Kazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayfa Zgaya-Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Saur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Fourel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Early intervention in psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/eip.70007⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2025.1715108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05283144v1</w:t>
+                <w:t xml:space="preserve">hal-05554928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrative models of psychopathology and psychotherapy: A PRISMA-based scoping review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Saur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Fourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solaine dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Kosinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Tapia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Encéphale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.encep.2025.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05171592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actualités récentes dans la modélisation et la prise en charge psychologique des idées de persécution</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Exploring the Effect of Brief Preventive Videos on Mental Health Help‐Seeking for Early Psychosis in a Young Community Sample</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Dondé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Jambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie‐claire Wilhelm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Encéphale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.encep.2023.08.004⟩</w:t>
+              <w:t xml:space="preserve">Early intervention in psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/eip.70007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04801500v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05283144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of the French Versions of the Context-Sensitivity Index (CSI) and the Flexible Regulation of Emotional Expression Scale (FREE)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Actualités récentes dans la modélisation et la prise en charge psychologique des idées de persécution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre de Connor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Freeman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Psychopathology and Behavioral Assessment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10862-024-10161-0⟩</w:t>
+              <w:t xml:space="preserve">L'Encéphale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 50 (1), pp.99-107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.encep.2023.08.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04801470v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04801500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The roles of the centrality of shame memory and self-blame in the association between shame and paranoia: an experience sampling study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Validation of the French Versions of the Context-Sensitivity Index (CSI) and the Flexible Regulation of Emotional Expression Scale (FREE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Nardelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Paucsik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Weiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Bonanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bárbara Lopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12144-023-05566-1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Psychopathology and Behavioral Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 46 (3), pp.715-725. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10862-024-10161-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04446452v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04801470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“I remember the attack”: a pilot study investigating flashbulb memory in individuals with schizophrenia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">The roles of the centrality of shame memory and self-blame in the association between shame and paranoia: an experience sampling study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stephane Raffard</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcela Matos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bárbara Lopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 43 (1), pp.541-551. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12144-023-04276-y⟩</w:t>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12144-023-05566-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04237084v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04446452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hooked on a memory: How rumination about past positive events might contribute to grandiose ideas?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Baeyens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Raffard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Journal of Clinical Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 62 (3), pp.556-572. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/bjc.12425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04381866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvements in Compassion and Fears of Compassion throughout the COVID-19 Pandemic: A Multinational Study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">“I remember the attack”: a pilot study investigating flashbulb memory in individuals with schizophrenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosalie Ariane Eva Altman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bortolon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad El Haj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph20031845⟩</w:t>
+              <w:t xml:space="preserve">Current Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 43 (1), pp.541-551. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12144-023-04276-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04044738v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04237084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotion Regulation Choice and Psychosis Proneness: A Replication and Extension Study</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Improvements in Compassion and Fears of Compassion throughout the COVID-19 Pandemic: A Multinational Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcela Matos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirsten Mcewan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Kanovský</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Júlia Halamová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanley Steindl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Collabra: Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1525/collabra.73755⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 20 (3), pp.1845. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph20031845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04057220v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04044738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translation and Validation of the French Version of the Revised Green et al., Paranoid Thoughts Scale (R-GPTS) in Two Samples: Non-Clinical and Clinical Adults</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Emotion Regulation Choice and Psychosis Proneness: A Replication and Extension Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Nardelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Rolland-Carlichi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologica Belgica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5334/pb.1134⟩</w:t>
+              <w:t xml:space="preserve">Collabra: Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1525/collabra.73755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04061896v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04057220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of voice content and social context on shame: a simulation and vignette paradigm to evaluate auditory verbal hallucinations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Translation and Validation of the French Version of the Revised Green et al., Paranoid Thoughts Scale (R-GPTS) in Two Samples: Non-Clinical and Clinical Adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizée Latteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Larøi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognitive Neuropsychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13546805.2021.1962265⟩</w:t>
+              <w:t xml:space="preserve">Psychologica Belgica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 62 (1), pp.208-217. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5334/pb.1134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04061901v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Components of emotion regulation flexibility and psychosis: The association between psychosis‐proneness and context sensitivity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">The effect of voice content and social context on shame: a simulation and vignette paradigm to evaluate auditory verbal hallucinations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Dorahy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Brand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Dondé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Slovak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Clinical Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bjc.12395⟩</w:t>
+              <w:t xml:space="preserve">Cognitive Neuropsychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27 (2-3), pp.122-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13546805.2021.1962265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04446477v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-compassion and emotion regulation: testing a mediation model</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Components of emotion regulation flexibility and psychosis: The association between psychosis‐proneness and context sensitivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuquan Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Bonanno</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognition and Emotion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/02699931.2022.2143328⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Clinical Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 62 (1), pp.82-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bjc.12395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03850726v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04446477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compassion Protects Mental Health and Social Safeness During the COVID-19 Pandemic Across 21 Countries</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stanley Steindl</w:t>
+                <w:t xml:space="preserve">Self-compassion and emotion regulation: testing a mediation model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Paucsik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Nardelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bortolon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Shankland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Leys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mindfulness</w:t>
+              <w:t xml:space="preserve">Cognition and Emotion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12671-021-01822-2⟩</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02699931.2022.2143328⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03524263v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03850726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlates of Hallucinatory Experiences in the General Population: An International Multisite Replication Study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Josef Bless</w:t>
+                <w:t xml:space="preserve">Compassion Protects Mental Health and Social Safeness During the COVID-19 Pandemic Across 21 Countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcela Matos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirsten Mcewan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Kanovský</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Júlia Halamová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanley Steindl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychological Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0956797620985832⟩</w:t>
+              <w:t xml:space="preserve">Mindfulness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12671-021-01822-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03361436v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03524263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Persecutory ideation and anomalous perceptual experiences in the context of the COVID-19 outbreak in France: what's left one month later?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Correlates of Hallucinatory Experiences in the General Population: An International Multisite Replication Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Moseley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Aleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Allen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaughan Bell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josef Bless</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Psychiatric Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpsychires.2020.12.042⟩</w:t>
+              <w:t xml:space="preserve">Psychological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 32 (7), pp.1024-1037. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0956797620985832⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03158451v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03361436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychosis, trauma and dissociation: evolving perspectives on severe psychopathology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Brand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Psychotraumatology </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (1), pp.1893985. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/20008198.2021.1893985⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03361455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond trauma: the contribution of characteristics of shame memories, shame, and self-criticism to voice-hearing proneness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Brand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosalie Altman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcela Matos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12144-021-01438-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03361454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring shame across five countries: dimensionality and measurement invariance of the external and internal shame scale</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Persecutory ideation and anomalous perceptual experiences in the context of the COVID-19 outbreak in France: what's left one month later?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Dubreucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12144-021-02019-5⟩</w:t>
+              <w:t xml:space="preserve">Journal of Psychiatric Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 134, pp.215-222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpsychires.2020.12.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03361452v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03158451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychometric Properties and Factor Structure of the French Version of the Behavioral Activation for Depression Scale (BADS) in Non-Clinical Adults</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Measuring shame across five countries: dimensionality and measurement invariance of the external and internal shame scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcela Matos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Galhardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Moura-Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanley Steindl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologica Belgica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5334/pb.542⟩</w:t>
+              <w:t xml:space="preserve">Current Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 42 (9), pp.7161-7170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12144-021-02019-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04061904v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03361452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of social connection on the experience of COVID-19 related post-traumatic growth and stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcela Matos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirsten Mcewan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Kanovský</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Júlia Halamová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanley Steindl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 16 (12), pp.e0261384. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0261384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03524267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pondering on how great I am: Does rumination play a role in grandiose ideas?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Psychometric Properties and Factor Structure of the French Version of the Behavioral Activation for Depression Scale (BADS) in Non-Clinical Adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Krings</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stephane Raffard</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanan Yazbek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Blairy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Behavior Therapy and Experimental Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbtep.2020.101596⟩</w:t>
+              <w:t xml:space="preserve">Psychologica Belgica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 61 (1), pp.20-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5334/pb.542⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03253920v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlates of Hallucinatory Experiences in the General Population: An International Multisite Replication Study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Josef Bless</w:t>
+                <w:t xml:space="preserve">Fears of compassion magnify the harmful effects of threat of COVID‐19 on mental health and social safeness across 21 countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcela Matos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Leonardo Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Ileana Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirsten Mcewan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Kanovský</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychological Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0956797620985832⟩</w:t>
+              <w:t xml:space="preserve">Clinical Psychology and Psychotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cpp.2601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03361457v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fears of compassion magnify the harmful effects of threat of COVID‐19 on mental health and social safeness across 21 countries</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pondering on how great I am: Does rumination play a role in grandiose ideas?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bortolon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Psychology and Psychotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Journal of Behavior Therapy and Experimental Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 70, pp.101596. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cpp.2601⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jbtep.2020.101596⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03333911v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03253920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apathy in Obsessive-Compulsive Disorder and Its Psychological Correlates: Comparison With Individuals With Schizophrenia</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Correlates of Hallucinatory Experiences in the General Population: An International Multisite Replication Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Moseley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Aleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Allen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaughan Bell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josef Bless</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuropsychiatry and Clinical Neurosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1176/appi.neuropsych.19010018⟩</w:t>
+              <w:t xml:space="preserve">Psychological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 32 (7), pp.1024-1037. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0956797620985832⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02619511v1</w:t>
+                <w:t xml:space="preserve">hal-03361457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thérapie comportementale et cognitive des symptômes négatifs de la schizophrénie : revue de la question : pratiques actuelles et directions futures.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Apathy in Obsessive-Compulsive Disorder and Its Psychological Correlates: Comparison With Individuals With Schizophrenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Attal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Novara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.amp.2019.01.010⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuropsychiatry and Clinical Neurosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32 (2), pp.168-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1176/appi.neuropsych.19010018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02096968v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Bergen-Montpellier grandiose ideas questionnaire – B-MGI: a new tool for measuring grandiose delusions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Thérapie comportementale et cognitive des symptômes négatifs de la schizophrénie : revue de la question : pratiques actuelles et directions futures.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander O'Connor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Hazbek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Decombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Laloyaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Psychosis and Therapeutics Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/17522439.2020.1745875⟩</w:t>
+              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 178 (4), pp.397-403. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.amp.2019.01.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02572439v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02096968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Positive Relationships Between Paranoia, Perceptions of Workplace Bullying, and Intentions of Workplace Deviance in United Kingdom and French Teachers: Cross-Cultural Aspects</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">The Bergen-Montpellier grandiose ideas questionnaire – B-MGI: a new tool for measuring grandiose delusions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stephane Raffard</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Laloyaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2020.00203⟩</w:t>
+              <w:t xml:space="preserve">Current Psychosis and Therapeutics Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17522439.2020.1745875⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03253952v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02572439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projecting the self in aging: an exploratory study of self-defining future projections</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">The Positive Relationships Between Paranoia, Perceptions of Workplace Bullying, and Intentions of Workplace Deviance in United Kingdom and French Teachers: Cross-Cultural Aspects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bárbara Cristina da Silva Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bortolon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Válerie Macioce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Raffard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Memory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09658211.2020.1753778⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2020.00203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03253930v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03253952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The contribution of optimism and hallucinations to grandiose delusions in individuals with schizophrenia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Projecting the self in aging: an exploratory study of self-defining future projections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Iniesta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Macioce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Gely-Nargeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Schizophrenia Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.schres.2018.12.037⟩</w:t>
+              <w:t xml:space="preserve">Memory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28 (5), pp.632-641. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09658211.2020.1753778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02005627v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03253930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The roles of cognitive avoidance, rumination and negative affect in the association between abusive supervision in the workplace and non-clinical paranoia in a sample of workers working in France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">The contribution of optimism and hallucinations to grandiose delusions in individuals with schizophrenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanan Yazbek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna L. Norton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Capdevielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Raffard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychiatry Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychres.2018.11.065⟩</w:t>
+              <w:t xml:space="preserve">Schizophrenia Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 210, pp.203-206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.schres.2018.12.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02005629v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-face advantage over familiar and unfamiliar faces: A three-level meta-analytic approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">The roles of cognitive avoidance, rumination and negative affect in the association between abusive supervision in the workplace and non-clinical paranoia in a sample of workers working in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bárbara Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Macioce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Raffard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3758/s13423-018-1487-9⟩</w:t>
+              <w:t xml:space="preserve">Psychiatry Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 271, pp.581-589. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2018.11.065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02005571v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matched or nonmatched interventions based on the transtheoretical model to promote physical activity. A meta-analysis of randomized controlled trials</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Self-face advantage over familiar and unfamiliar faces: A three-level meta-analytic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sport and Health Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jshs.2016.10.007⟩</w:t>
+              <w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25 (4), pp.1287-1300. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3758/s13423-018-1487-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02005563v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The cognitive, affective motivational and clinical longitudinal determinants of apathy in schizophrenia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Matched or nonmatched interventions based on the transtheoretical model to promote physical activity. A meta-analysis of randomized controlled trials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Jérôme Romain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Michel Benoit</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gourlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Carayol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Decker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Archives of Psychiatry and Clinical Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00406-018-0907-1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sport and Health Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7 (1), pp.50-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jshs.2016.10.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02005570v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using mimicry of body movements by a virtual agent to increase synchronization behavior and rapport in individuals with schizophrenia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">The cognitive, affective motivational and clinical longitudinal determinants of apathy in schizophrenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Raffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">José Henriques</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanan Yazbek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lançon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-35813-6⟩</w:t>
+              <w:t xml:space="preserve">European Archives of Psychiatry and Clinical Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00406-018-0907-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02005556v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissociation Mediates the Relationship Between Childhood Trauma and Experiences of Seeing Visions in a French Sample</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Using mimicry of body movements by a virtual agent to increase synchronization behavior and rapport in individuals with schizophrenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Salesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Henriques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nervous and Mental Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/NMD.0000000000000885⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-35813-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02005558v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Destination memory in schizophrenia: “Did I told Elvis Presley about the thief?”</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Dissociation Mediates the Relationship Between Childhood Trauma and Experiences of Seeing Visions in a French Sample</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Raffard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychiatry Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychres.2016.12.023⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nervous and Mental Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 206 (11), pp.850-858. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/NMD.0000000000000885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01793250v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personality traits are associated with the valence of future imagined events in individuals with schizophrenia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Destination memory in schizophrenia: “Did I told Elvis Presley about the thief?”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad El Haj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosalie Altman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bortolon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Raffard</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Martial van Der Linden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychiatry Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 253, pp.138 - 141. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychres.2017.03.028⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 248, pp.71 - 76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2016.12.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01767668v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01793250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirror self-face perception in individuals with schizophrenia: Feelings of strangeness associated with one's own image</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Capdevielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosalie Altman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Macgregor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Attal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychiatry Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 253, pp.205 - 210. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.psychres.2017.03.055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01763727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unravelling socio-motor biomarkers in schizophrenia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Slowiński</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Alderisio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chao Zhai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piotr Slowiński</w:t>
+                <w:t xml:space="preserve">Yuan Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Tino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">npj Schizophrenia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 3, pp.8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41537-016-0009-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01761364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of facial feedback during a cooperative human-robot task in schizophrenia</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Personality traits are associated with the valence of future imagined events in individuals with schizophrenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Stephan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial van Der Linden</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-14773-3⟩</w:t>
+              <w:t xml:space="preserve">Psychiatry Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 253, pp.138 - 141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2017.03.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01743127v2</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01767668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does this robot have a mind? Schizophrenia patients' mind perception toward humanoid robots</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Influence of facial feedback during a cooperative human-robot task in schizophrenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahdi Khoramshahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin N. Salesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Robin Salesse</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Slowiński</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Schizophrenia Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.schres.2017.11.034⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.15023. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-14773-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01740063v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01743127v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apathy in schizophrenia: A review of neuropsychological and neuroanatomical studies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Does this robot have a mind? Schizophrenia patients' mind perception toward humanoid robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahdi Khoramshahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Salesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2017.09.033⟩</w:t>
+              <w:t xml:space="preserve">Schizophrenia Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 197, pp.585-586. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.schres.2017.11.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01743903v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01740063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moderators of Theory-Based Interventions to Promote Physical Activity in 77 Randomized Controlled Trials</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Apathy in schizophrenia: A review of neuropsychological and neuroanatomical studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bortolon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Macgregor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Education and Behavior</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1090198116648667⟩</w:t>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 118, pp.22-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2017.09.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03067793v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01743903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration of trauma, dissociation, maladaptive schemas and auditory hallucinations in a French sample</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Moderators of Theory-Based Interventions to Promote Physical Activity in 77 Randomized Controlled Trials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paquito Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Carayol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gourlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Boiché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Jérôme Romain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognitive Neuropsychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13546805.2017.1387524⟩</w:t>
+              <w:t xml:space="preserve">Health Education and Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 44 (2), pp.227-235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1090198116648667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02005580v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03067793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Further insight into self-face recognition in schizophrenia patients: Why ambiguity matters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Exploration of trauma, dissociation, maladaptive schemas and auditory hallucinations in a French sample</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Seillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Raffard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Behavior Therapy and Experimental Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbtep.2015.09.006⟩</w:t>
+              <w:t xml:space="preserve">Cognitive Neuropsychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 22 (6), pp.468-485. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13546805.2017.1387524⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01887774v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy of theory-based interventions to promote physical activity. A meta-analysis of randomised controlled trials</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Further insight into self-face recognition in schizophrenia patients: Why ambiguity matters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Salesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Psychology Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/17437199.2014.981777⟩</w:t>
+              <w:t xml:space="preserve">Journal of Behavior Therapy and Experimental Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 50, pp.215 - 222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbtep.2015.09.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03063257v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-Face Recognition in Schizophrenia: An Eye-Tracking Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Capdevielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Salesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Raffard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 10, pp.3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fnhum.2016.00003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01873893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projecting the self into the future in individuals with schizophrenia: a preliminary cross-sectional study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Raffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud d'Argembeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Gardes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Gely-Nargeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Memory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 24 (6), pp.826 - 837. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/09658211.2015.1057152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01890206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidimensional model of apathy in older adults using partial least squares—path modeling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Efficacy of theory-based interventions to promote physical activity. A meta-analysis of randomised controlled trials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gourlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paquito Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Jérôme Romain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lareyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11357-016-9916-z⟩</w:t>
+              <w:t xml:space="preserve">Health Psychology Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10 (1), pp.50-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17437199.2014.981777⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01868391v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03063257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-imagination can enhance memory in individuals with schizophrenia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Raffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Burca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Novara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Gely-Nargeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cognitive Neuropsychiatry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 21 (2), pp.168 - 181. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/13546805.2016.1155438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01872396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Humanoid robots versus humans: How is emotional valence of facial expressions recognized by individuals with schizophrenia? An exploratory study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Multidimensional model of apathy in older adults using partial least squares—path modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Raffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Burca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Gely-Nargeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Schizophrenia Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.schres.2016.06.001⟩</w:t>
+              <w:t xml:space="preserve">AGE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 38 (3), pp.55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11357-016-9916-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01866614v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01868391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-reported psychotic-like experiences in individuals with obsessive-compulsive disorder versus schizophrenia patients: Characteristics and moderation role of trait anxiety</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Humanoid robots versus humans: How is emotional valence of facial expressions recognized by individuals with schizophrenia? An exploratory study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahdi Khoramshahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Salesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Burca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comprehensive Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.comppsych.2014.10.011⟩</w:t>
+              <w:t xml:space="preserve">Schizophrenia Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 176 (2-3), pp.506 - 513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.schres.2016.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02005616v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01866614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insight of patients and their parents into schizophrenia: Exploring agreement and the influence of parental factors</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Self-reported psychotic-like experiences in individuals with obsessive-compulsive disorder versus schizophrenia patients: Characteristics and moderation role of trait anxiety</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychiatry Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychres.2015.05.005⟩</w:t>
+              <w:t xml:space="preserve">Comprehensive Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 57, pp.97-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.comppsych.2014.10.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01987727v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Face recognition in schizophrenia disorder: A comprehensive review of behavioral, neuroimaging and neurophysiological studies.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Insight of patients and their parents into schizophrenia: Exploring agreement and the influence of parental factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Macgregor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Norton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Robichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience and Biobehavioral Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neubiorev.2015.03.006⟩</w:t>
+              <w:t xml:space="preserve">Psychiatry Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 228 (3), pp.879-886. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2015.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02014183v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01987727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do patients suffering from Alzheimer's disease present an own-age bias in face recognition?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Face recognition in schizophrenia disorder: A comprehensive review of behavioral, neuroimaging and neurophysiological studies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Raffard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Gerontology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.exger.2015.07.004⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience and Biobehavioral Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 53, pp.79-107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neubiorev.2015.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02005607v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02014183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cancer-related fatigue in breast cancer patients after surgery: a multicomponent model using partial least squares-path modeling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Do patients suffering from Alzheimer's disease present an own-age bias in face recognition?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Gely-Nargeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psycho-Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pon.3438⟩</w:t>
+              <w:t xml:space="preserve">Experimental Gerontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 70, pp.46-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.exger.2015.07.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02005621v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Memory self-efficacy in schizophrenia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Cancer-related fatigue in breast cancer patients after surgery: a multicomponent model using partial least squares-path modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Boulenger</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Krikorian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Carayol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Brouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Romieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Schizophrenia Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.schres.2014.03.018⟩</w:t>
+              <w:t xml:space="preserve">Psycho-Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 23 (4), pp.444-451. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pon.3438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02005617v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive insight in biological parents of schizophrenia patients: A pilot study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Memory self-efficacy in schizophrenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Boulenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Schizophrenia Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 159 (2-3), pp.471-477. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.schres.2014.08.023⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 156 (1), pp.56-59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.schres.2014.03.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03062671v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Further insight into the role of metacognitive beliefs in schizophrenia and OCD patients: Testing a mediation model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Cognitive insight in biological parents of schizophrenia patients: A pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Hanan Yazbek</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Macgregor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Norton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Boulenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychiatry Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychres.2014.07.081⟩</w:t>
+              <w:t xml:space="preserve">Schizophrenia Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 159 (2-3), pp.471-477. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.schres.2014.08.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03062669v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive insight as an indicator of competence to consent to treatment in schizophrenia</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Further insight into the role of metacognitive beliefs in schizophrenia and OCD patients: Testing a mediation model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Macgregor</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Larøi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Stephan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanan Yazbek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Schizophrenia Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.schres.2012.12.011⟩</w:t>
+              <w:t xml:space="preserve">Psychiatry Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 220 (1-2), pp.698-701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2014.07.081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02005626v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cognitive insight as an indicator of competence to consent to treatment in schizophrenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Brittner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bortolon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Macgregor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Schizophrenia Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 144 (1-3), pp.118-121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.schres.2012.12.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005626v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Early maladaptive schemas predict positive symptomatology in schizophrenia: A cross-sectional study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Capdevielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Boulenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Gely-Nargeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Raffard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychiatry Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 209 (3), pp.361-366. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2013.03.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02005625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexibilité de la régulation émotionnelle : Qu’est-ce que c’est et pourquoi l’étudier en lien avec la paranoïa ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Rolland-Carlichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Dondé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Baeyens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre Jeunes Chercheurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05329761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexibilité de la régulation émotionnelle et paranoïa : une étude en journal quotidien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Rolland-Carlichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Dondé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Baeyens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GREPACO (Groupe de Réflexion en Psychopathologie Cognitive)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05329727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noises in Signal Detection Task: Do noise frequencies matter on SDT indices and metacognition? Their possible interactions with Auditory Hallucinations</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Explorer la régulation émotionnelle à travers l’intégration des modèles de flexibilité et de compétences en régulation émotionnelle : une approche par analyse de réseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Rolland-Carlichi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bortolon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Baeyens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Dondé</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECHR 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Lisboa, Portugal</w:t>
+              <w:t xml:space="preserve">Concours jeune chercheur - 53ème Congrès annuel de TCC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFTCC, Dec 2025, Paris Maison de la chimie, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04804450v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05556595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenomenological characterisation of the continuum of hallucination</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Noises in Signal Detection Task: Do noise frequencies matter on SDT indices and metacognition? Their possible interactions with Auditory Hallucinations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramla Msheik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Childéric Dezier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Pepin</w:t>
+                <w:t xml:space="preserve">Clément Dondé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Loevenbruck</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Camille Jacquet</w:t>
+                <w:t xml:space="preserve">Nathan Faivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECHR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Lisbonne, France</w:t>
+              <w:t xml:space="preserve">ECHR 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Lisboa, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04806803v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04804450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les processus psychologiques impliqués dans le lien entre traumatisme et psychose.</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Phenomenological characterisation of the continuum of hallucination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Loevenbruck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Eichenlaub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque sur l’intervention Précoce dans les psychoses débutantes – Traumatismes &amp; Psychoses: Interventions et perspectives de soin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre Hospitalier Le Vinatier., 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">ECHR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Lisbonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04616586v1</w:t>
+                <w:t xml:space="preserve">hal-04806803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Top-down and bottom-up processes of auditory hallucination: a comparison of clinical and non-clinical sample</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Les processus psychologiques impliqués dans le lien entre traumatisme et psychose.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECHR 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Lübeck, Germany</w:t>
+              <w:t xml:space="preserve">Colloque sur l’intervention Précoce dans les psychoses débutantes – Traumatismes &amp; Psychoses: Interventions et perspectives de soin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Hospitalier Le Vinatier., 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04597420v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche causale interventionniste dans la prise en charge des idées de persécution : Le Programme Feeling Safe de Daniel Freeman</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Top-down and bottom-up processes of auditory hallucination: a comparison of clinical and non-clinical sample</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Dondé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès AFTCC 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFTCC, 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">ECHR 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Lübeck, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04616613v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04597420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systematic Review of Psychotic-Like Experiences Measurements in the general population: Estimating an Overlap Between Hallucination Measures (preliminary results)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Goncharova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Ijzerman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jacquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Early Career Hallucinations Researchers Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Lubeck, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04617322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Components of Emotion Regulation Flexibility and Psychosis: the association between psychosis-proneness and context sensitivity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Approche causale interventionniste dans la prise en charge des idées de persécution : Le Programme Feeling Safe de Daniel Freeman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Association for Behavioural and Cognitive Psychotherapies Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Cardiff, United Kingdom</w:t>
+              <w:t xml:space="preserve">Congrès AFTCC 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFTCC, 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04616589v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Programme Feeling Safe dans la réhabilitation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Components of Emotion Regulation Flexibility and Psychosis: the association between psychosis-proneness and context sensitivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">journée du réseau de réhabilitation psychosociale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">British Association for Behavioural and Cognitive Psychotherapies Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Cardiff, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04616623v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving measurement and replication practices in hallucinations research</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Le Programme Feeling Safe dans la réhabilitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Merle-Marie Pittelkow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">). International Consortium on Hallucination Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Online, France</w:t>
+              <w:t xml:space="preserve">journée du réseau de réhabilitation psychosociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04616616v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation française du questionnaire de compétences de régulation émotionnelle.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Improving measurement and replication practices in hallucinations research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Céline Baeyens</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Smailes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merle-Marie Pittelkow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3e Colloque Francophone de pratiques en TCC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Louvain la Neuve, Belgique</w:t>
+              <w:t xml:space="preserve">). International Consortium on Hallucination Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04045033v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Task Unrelated Thoughts (TUT) affecting mood in ecological settings: from adaptive mind-wandering to maladaptive rumination</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Validation française du questionnaire de compétences de régulation émotionnelle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Nardelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Baeyens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44th Annual Meeting of the Cognitive Science Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Toronto, Canada</w:t>
+              <w:t xml:space="preserve">3e Colloque Francophone de pratiques en TCC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Louvain la Neuve, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04977348v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04045033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">REFLEX: A Randomized Controlled Trial to test the efficacy of an emotion regulation flexibility program with daily measures.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Task Unrelated Thoughts (TUT) affecting mood in ecological settings: from adaptive mind-wandering to maladaptive rumination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kornacka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Atzeni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Izabela Krejtz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Baeyens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Congress of Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Ljubljana, Slovenia</w:t>
+              <w:t xml:space="preserve">44th Annual Meeting of the Cognitive Science Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04616621v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04977348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation française du questionnaire de compétences en matière de régulation émotionnelle.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">REFLEX: A Randomized Controlled Trial to test the efficacy of an emotion regulation flexibility program with daily measures.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Nardelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Baeyens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3e Colloque Francophone de Pratiques en TCC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Louvain-La-Neuve, Belgium</w:t>
+              <w:t xml:space="preserve">European Congress of Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Ljubljana, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04616620v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TCC des idées de persécutions : Programme « Feeling Safe ».</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Validation française du questionnaire de compétences en matière de régulation émotionnelle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Nardelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Baeyens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès AFTCC 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">3e Colloque Francophone de Pratiques en TCC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Louvain-La-Neuve, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04616617v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">TCC des idées de persécutions : Programme « Feeling Safe ».</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bortolon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès AFTCC 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The effect of voice content and social context on shame: a simulation and vignette paradigm to evaluate auditory verbal hallucinations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECHR meeting,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ECHR, 2021, Groningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04616587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9817,962 +10059,962 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does negative voice content enhance strong priors and conditioned hallucinations?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Exploring Emotion Regulation through the Integration of ER Flexibility and ER Skills Models: A Network perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Rolland-Carlichi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Baeyens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Dondé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd European Congress of Psychiatry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">Consortium of European Research on Emotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05094277v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05329667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Emotion Regulation through the Integration of ER Flexibility and ER Skills Models: A Network perspective</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Does negative voice content enhance strong priors and conditioned hallucinations?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Dondé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Consortium of European Research on Emotion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Grenoble, France</w:t>
+              <w:t xml:space="preserve">33rd European Congress of Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05329667v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05094277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring Emotional Regulation in Psychosis: A Qualitative Study of Patient Perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Rolland-Carlichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Baeyens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Dondé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gouache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Congress of Psychiatry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05329690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">REFLEX: Essai Contrôlé Randomisée pour tester l'efficacité d'un programme de compétences en matière de régulation émotionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Nardelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Baeyens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GREPACO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04616612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">49 Symptoms of Psychotic-Like Experiences: Estimating an Overlap Between Psychotic-Like Experiences Measures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Goncharova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Dondé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Ijzerman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual 2024 Congress of Schizophrenia International Research Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04617321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Processes of Auditory Hallucinations (AH) in a non-clinical and clinical sample</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Dondé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 Annual congress of the Schizophrenia International Research Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04597424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">REFLEX: A Randomized Controlled Trial to test the efficacy of an emotion regulation flexibility program with daily measures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Nardelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Baeyens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Association for Behavioural and Cognitive Psychotherapies Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Cardiff, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04616610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation française du questionnaire de compétences en matière de régulation émotionnelle.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Nardelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Baeyens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès AFTCC 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04616618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation française du questionnaire de compétences de régulation émotionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Nardelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Montreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Baeyens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Berking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès AFTCC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04045095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10782,137 +11024,137 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment utiliser les thérapies cognitives et comportementales ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanan Yazbek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre de Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Raffard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Troubles psychotiques: protocoles d’intervention précoce: Le guide du clinicien</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04616622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10922,104 +11164,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Echoes of Shame: A Comparison of the Characteristics and Psychological Sequelae of Recalled Shame Experiences Across the Voice Hearing Continuum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Brand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04616615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11029,105 +11271,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a causal interventionist approach of the psychosis continuum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bortolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Psychology. Université Grenoble Alpes, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04616625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId297"/>
+      <w:footerReference w:type="default" r:id="rId299"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11274,51 +11516,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465130v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vancappel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Kazzi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayfa Zgaya-Biau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Saur" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Fourel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2025.1715108" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527552v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pepin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne L&#339;venbruck" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Chauvin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jacquet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Eichenlaub" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.concog.2025.103974" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458028v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dond&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bortolon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lison Demartini" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Mondino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Brunelin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajp.2025.104820" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283144v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Jambon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;claire Wilhelm" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eip.70007" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171592v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solaine dos Santos" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kosinski" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Tapia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2025.03.001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801500v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Raffard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre de Connor" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Freeman" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2023.08.004" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801470v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Nardelli" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Paucsik" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Weiner" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Bonanno" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10862-024-10161-0" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04446452v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Matos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara Lopes" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-023-05566-1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237084v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Ariane Eva Altman" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Haj" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Capdevielle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Raffard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-023-04276-y" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04381866v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Baeyens" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjc.12425" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044738v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Mcewan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kanovsk&#253;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#250;lia Halamov&#225;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanley Steindl" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20031845" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04057220v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Rolland-Carlichi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/collabra.73755" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04061896v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Latteur" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Lar&#248;i" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/pb.1134" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04061901v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Dorahy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Brand" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Slovak" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13546805.2021.1962265" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04446477v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuquan Chen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjc.12395" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850726v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Shankland" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Leys" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699931.2022.2143328" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524263v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12671-021-01822-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03361436v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Moseley" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Aleman" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Allen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaughan Bell" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Bless" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0956797620985832" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03158451v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dubreucq" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychires.2020.12.042" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03361455v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20008198.2021.1893985" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03361454v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Altman" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-021-01438-8" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03361452v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Galhardo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Moura-Ramos" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-021-02019-5" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04061904v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Krings" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Yazbek" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blairy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/pb.542" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524267v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0261384" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253920v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbtep.2020.101596" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03361457v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03333911v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Leonardo Souza" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ileana Costa" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpp.2601" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02619511v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Attal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Novara" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1176/appi.neuropsych.19010018" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02096968v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raffard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander O'Connor" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Hazbek" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Decombe" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2019.01.010" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572439v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Lebrun" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laloyaux" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17522439.2020.1745875" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253952v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara Cristina da Silva Lopes" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#225;lerie Macioce" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2020.00203" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253930v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Iniesta" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Macioce" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Gely-Nargeot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09658211.2020.1753778" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005627v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna L. Norton" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2018.12.037" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005629v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Macioce" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2018.11.065" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005571v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-018-1487-9" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005563v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed J&#233;r&#244;me Romain" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gourlan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carayol" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Decker" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2016.10.007" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005570v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lan&#231;on" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Benoit" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00406-018-0907-1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005556v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Salesse" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bardy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Henriques" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-35813-6" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005558v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/NMD.0000000000000885" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793250v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2016.12.023" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767668v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Stephan" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial van Der Linden" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2017.03.028" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763727v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Macgregor" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2017.03.055" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761364v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Slowi&#324;ski" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Alderisio" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Zhai" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Shen" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Tino" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41537-016-0009-x" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743127v2" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cohen" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Khoramshahi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin N. Salesse" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-14773-3" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740063v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2017.11.034" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743903v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2017.09.033" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067793v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paquito Bernard" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boich&#233;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1090198116648667" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005580v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Seill&#233;" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13546805.2017.1387524" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01887774v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbtep.2015.09.006" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063257v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lareyre" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17437199.2014.981777" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873893v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2016.00003" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890206v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud d'Argembeau" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Gardes" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09658211.2015.1057152" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868391v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Burca" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-016-9916-z" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872396v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Burca" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13546805.2016.1155438" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866614v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2016.06.001" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005616v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comppsych.2014.10.011" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987727v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Norton" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Robichon" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rolland" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2015.05.005" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02014183v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2015.03.006" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005607v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Louche" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2015.07.004" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005621v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Krikorian" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Brouillet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Romieu" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pon.3438" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/292190A9C0E0F9486FA87CDBFC403E4A01F0D544/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005617v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Boulenger" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2014.03.018" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062671v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2014.08.023" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062669v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lar&#248;i" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2014.07.081" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005626v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fond" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Brittner" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2012.12.011" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M7P3Z043-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005625v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2013.03.018" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GW4MSXVK-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05329761v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05329727v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804450v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramla Msheik" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Child&#233;ric Dezier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Faivre" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806803v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Loevenbruck" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616586v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597420v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616613v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04617322v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Goncharova" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Ijzerman" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616589v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616623v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616616v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Smailes" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merle-Marie Pittelkow" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04045033v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977348v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kornacka" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Atzeni" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabela Krejtz" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616621v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616620v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616617v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616587v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094277v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05329667v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05329690v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gouache" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616612v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04617321v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597424v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616610v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616618v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04045095v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Montreuil" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berking" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616622v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616615v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/tel-04616625v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465130v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vancappel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Kazzi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayfa Zgaya-Biau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Saur" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Fourel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2025.1715108" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458028v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dond&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bortolon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lison Demartini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Mondino" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Brunelin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajp.2025.104820" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527552v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pepin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne L&#339;venbruck" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Chauvin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jacquet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Eichenlaub" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.concog.2025.103974" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554928v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171592v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solaine dos Santos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kosinski" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Tapia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2025.03.001" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283144v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Jambon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;claire Wilhelm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eip.70007" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801500v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Raffard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre de Connor" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Freeman" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2023.08.004" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801470v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Nardelli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Paucsik" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Weiner" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Bonanno" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10862-024-10161-0" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04446452v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Matos" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara Lopes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-023-05566-1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04381866v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Baeyens" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjc.12425" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237084v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Ariane Eva Altman" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Haj" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Capdevielle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Raffard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-023-04276-y" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044738v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Mcewan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kanovsk&#253;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#250;lia Halamov&#225;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanley Steindl" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20031845" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04057220v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Rolland-Carlichi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/collabra.73755" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04061896v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Latteur" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Lar&#248;i" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/pb.1134" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04061901v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Dorahy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Brand" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Slovak" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13546805.2021.1962265" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04446477v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuquan Chen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjc.12395" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850726v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Shankland" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Leys" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699931.2022.2143328" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524263v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12671-021-01822-2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03361436v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Moseley" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Aleman" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Allen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaughan Bell" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Bless" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0956797620985832" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03361455v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20008198.2021.1893985" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03361454v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Altman" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-021-01438-8" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03158451v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dubreucq" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychires.2020.12.042" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03361452v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Galhardo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Moura-Ramos" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-021-02019-5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524267v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0261384" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04061904v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Krings" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Yazbek" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blairy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/pb.542" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03333911v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Leonardo Souza" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ileana Costa" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpp.2601" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253920v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbtep.2020.101596" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03361457v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02619511v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Attal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Novara" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1176/appi.neuropsych.19010018" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02096968v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raffard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander O'Connor" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Hazbek" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Decombe" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2019.01.010" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572439v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Lebrun" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laloyaux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17522439.2020.1745875" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253952v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara Cristina da Silva Lopes" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#225;lerie Macioce" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2020.00203" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253930v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Iniesta" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Macioce" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Gely-Nargeot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09658211.2020.1753778" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005627v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna L. Norton" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2018.12.037" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005629v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Macioce" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2018.11.065" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005571v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-018-1487-9" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005563v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed J&#233;r&#244;me Romain" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gourlan" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carayol" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Decker" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2016.10.007" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005570v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lan&#231;on" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Benoit" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00406-018-0907-1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005556v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Salesse" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bardy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Henriques" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-35813-6" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005558v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/NMD.0000000000000885" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793250v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2016.12.023" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763727v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Macgregor" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2017.03.055" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761364v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Slowi&#324;ski" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Alderisio" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Zhai" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Shen" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Tino" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41537-016-0009-x" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767668v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Stephan" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial van Der Linden" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2017.03.028" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743127v2" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cohen" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Khoramshahi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin N. Salesse" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-14773-3" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740063v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2017.11.034" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743903v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2017.09.033" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067793v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paquito Bernard" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boich&#233;" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1090198116648667" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005580v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Seill&#233;" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13546805.2017.1387524" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01887774v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbtep.2015.09.006" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873893v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2016.00003" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890206v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud d'Argembeau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Gardes" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09658211.2015.1057152" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063257v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lareyre" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17437199.2014.981777" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872396v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Burca" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13546805.2016.1155438" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868391v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Burca" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-016-9916-z" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866614v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2016.06.001" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005616v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comppsych.2014.10.011" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987727v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Norton" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Robichon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rolland" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2015.05.005" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02014183v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2015.03.006" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005607v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Louche" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2015.07.004" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005621v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Krikorian" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Brouillet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Romieu" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pon.3438" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/292190A9C0E0F9486FA87CDBFC403E4A01F0D544/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005617v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Boulenger" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2014.03.018" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062671v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2014.08.023" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062669v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lar&#248;i" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2014.07.081" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005626v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fond" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Brittner" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2012.12.011" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M7P3Z043-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005625v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2013.03.018" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GW4MSXVK-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05329761v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05329727v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05556595v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804450v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramla Msheik" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Child&#233;ric Dezier" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Faivre" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806803v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Loevenbruck" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616586v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597420v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04617322v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Goncharova" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Ijzerman" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616613v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616589v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616623v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616616v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Smailes" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merle-Marie Pittelkow" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04045033v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977348v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kornacka" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Atzeni" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabela Krejtz" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616621v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616620v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616617v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616587v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05329667v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094277v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05329690v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gouache" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616612v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04617321v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597424v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616610v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616618v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04045095v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Montreuil" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berking" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616622v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04616615v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/tel-04616625v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>