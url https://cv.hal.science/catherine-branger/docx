--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2600,571 +2600,571 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02532983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D-printed lab-on-valve for fluorescent determination of cadmium and lead in water</w:t>
+                <w:t xml:space="preserve">Detection of Bisphenol A in aqueous medium by screen printed carbon electrodes incorporating electrochemical molecularly imprinted polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Mattio</w:t>
+                <w:t xml:space="preserve">Vitalys Mba Ekomo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Branger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Robert-Peillard</w:t>
+                <w:t xml:space="preserve">Raphael Bikanga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Vassalo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">André Margaillan</w:t>
+                <w:t xml:space="preserve">Ana-Mihaela Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Istamboulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2018.02.051⟩</w:t>
+              <w:t xml:space="preserve">Biosensors and Bioelectronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 112, pp.156 - 161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bios.2018.04.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01737459v1</w:t>
+                <w:t xml:space="preserve">hal-01878413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of Bisphenol A in aqueous medium by screen printed carbon electrodes incorporating electrochemical molecularly imprinted polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vitalys Mba Ekomo</w:t>
+                <w:t xml:space="preserve">3D-printed lab-on-valve for fluorescent determination of cadmium and lead in water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Mattio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Robert-Peillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vassalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Branger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Georges Istamboulie</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Margaillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosensors and Bioelectronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bios.2018.04.022⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 183, pp.201-208. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2018.02.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01878413v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01737459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ complexation versus complex isolation in synthesis of ion imprinted polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Katri Laatikainen</w:t>
+                <w:t xml:space="preserve">One-step preparation of molecularly imprinted hollow beads for pseudohypericin separation from Hypericum perforatum L. extracts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana-Mihaela Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanţa-Verona Iordache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Branger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anamaria Zaharia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reactive and Functional Polymers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 122, pp.1-8. </w:t>
+              <w:t xml:space="preserve">European Polymer Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 100, pp.48 - 56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.reactfunctpolym.2017.10.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2018.01.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01636288v1</w:t>
+                <w:t xml:space="preserve">hal-01769009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One-step preparation of molecularly imprinted hollow beads for pseudohypericin separation from Hypericum perforatum L. extracts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ana-Mihaela Florea</w:t>
+                <w:t xml:space="preserve">In situ complexation versus complex isolation in synthesis of ion imprinted polymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katri Laatikainen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Branger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tanţa-Verona Iordache</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bruno Coulomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lenoble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tuomo Sainio</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Polymer Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 100, pp.48 - 56. </w:t>
+              <w:t xml:space="preserve">Reactive and Functional Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 122, pp.1-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2018.01.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.reactfunctpolym.2017.10.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01769009v1</w:t>
+                <w:t xml:space="preserve">hal-01636288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of unusual on/off electrochemical properties of a molecularly imprinted polymer based on an EDOT–thiophene precursor for the detection of ephedrine</w:t>
               </w:r>
@@ -3686,64 +3686,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D-printed flow system for determination of lead in natural waters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Mattio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Robert-Peillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Branger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3859,51 +3859,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Angeletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Coulomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuomo Sainio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3954,51 +3954,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An innovative approach to prepare hypericin molecularly imprinted pearls using a “phyto-template”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana-Mihaela Florea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanța-Verona Iordache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4492,289 +4492,289 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01364365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent advances on ion-imprinted polymers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new microemulsion approach for producing molecularly imprinted polymers with selective recognition cavities for gallic acid: Molecularly imprinted polymers selective for gallic acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanta V. Nicolescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Meouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Branger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Margaillan</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Sarbu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reactive and Functional Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.reactfunctpolym.2013.03.021⟩</w:t>
+              <w:t xml:space="preserve">Polymer international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 62 (6), pp.949--956. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pi.4382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01364147v1</w:t>
+                <w:t xml:space="preserve">hal-01364151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new microemulsion approach for producing molecularly imprinted polymers with selective recognition cavities for gallic acid: Molecularly imprinted polymers selective for gallic acid</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tanta V. Nicolescu</w:t>
+                <w:t xml:space="preserve">Recent advances on ion-imprinted polymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Branger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Meouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Margaillan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer international</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 62 (6), pp.949--956. </w:t>
+              <w:t xml:space="preserve">Reactive and Functional Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 73 (6), pp.859--875. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pi.4382⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.reactfunctpolym.2013.03.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01364151v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01364147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of Ligand Acidity in Chelating Adsorption and Desorption of Metal Salts</w:t>
               </w:r>
@@ -5668,51 +5668,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Margaillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Boudenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Coulomb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Separation Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 41 (8), pp.1619-1633. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6041,77 +6041,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D-printed system for the spectrophotometric determination of lead in water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Mattio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Robert-Peillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Coulomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Boudenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6158,51 +6158,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01437858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -6336,51 +6336,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaboration de matériaux d'extraction pour la détermination spectrophotométrique du sélénium inorganique dans les eaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Luc Boudenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Coulomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Depecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6424,53 +6424,178 @@
               <w:rPr/>
               <w:t xml:space="preserve">, Groupement de Recherche Universitaire sur les Techniques de Traitement et d’Epuration des Eaux, Oct 2007, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05363776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elaboration de matériaux microporeux pour l’extraction et la détermination par spectrométrie de réflectance du sélénium inorganique dans les eaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Luc Boudenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Branger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Margaillan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jeunes Chercheuses et Jeunes Chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2007, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId203"/>
+      <w:footerReference w:type="default" r:id="rId204"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6617,51 +6742,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05507229v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Sala" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lenoble" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ulrich Mullot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Brisset" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Branger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2025.106521" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036727v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giove" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Laatikainen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Ibrahim" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. El Ouardi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sala" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2025.106203" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-04701826v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien d'Onofrio" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Margaillan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2023.105809" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785501v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Fahs" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aoife Morrin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nanteuil" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2024.107837" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-04475513v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aicha Tasfaout" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Sorrentino" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2023.124434" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036752v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hietala" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2022.130453" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619676v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Ren&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katri Laatikainen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Viguier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2021.105134" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606487v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trac.2022.116536" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619685v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef El Ouardi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Angeletti" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gsd.2020.100544" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619689v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Branger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Durrieu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mounier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01496395.2020.1839772" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530150v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markku Laatikainen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuomo Sainio" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01496395.2019.1708938" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602778v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Mihaela (florea) Gavrila" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanta-Verona Iordache" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37358/mp.20.1.5317" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151490v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Toufik" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Ouammou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2020.100768" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151492v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Chioukh" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2020.128252" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531318v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Ademola Bode-Aluko" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omoniyi Pereao" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Nechaev" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iurii Kochnev" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2019.100580" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531331v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dutduan Udomsap" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Culioli" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dollet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2018.10.019" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184958v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Arab" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mounier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10895-019-02405-0" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532965v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Stoica" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-M. Gavrila" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Dyshlyuk" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37358/MP.19.4.5278" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532983v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Mihaela(florea) Gavrila" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodor Sandu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Zaharia" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita-Laura Radu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37358/MP.19.2.5178" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01737459v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mattio" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Robert-Peillard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vassalo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2018.02.051" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878413v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitalys Mba Ekomo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Bikanga" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Mihaela Florea" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Istamboulie" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2018.04.022" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J1GPM20F-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01636288v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Coulomb" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2017.10.022" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769009v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan&#355;a-Verona Iordache" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2018.01.015" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878394v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Elena Georgescu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horia Iovu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Vitrik" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2018.08.004" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533024v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Bianca (georgescu) Stoica" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanta Verona Iordache" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Sarbu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37358/MP.18.3.5008" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769025v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Kulchin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugeniy Mitsai" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem Cherepakhin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2017.2772299" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878471v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Meouche" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timka Silvonen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heli Siren" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2016.12.022" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01499475v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinga Puzio" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2017.03.059" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436750v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Garnier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2016.06.062" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603810v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan&#539;a-Verona Iordache" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Ghiurea" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Avramescu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2015.10.061" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MB4FWRPD-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02286865v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2015.02.055" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01364369v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satu-Pia Reinikainen" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Hyv&#246;nen" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/je500164h" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01364365v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cc02658f" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01364147v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2013.03.021" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QKR0HDF8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01364151v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanta V. Nicolescu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pi.4382" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JBZG7RJ3-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01362658v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erkki Paatero" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heli Sir&#233;n" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie301115u" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01362663v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanta-Verona Nicolescu" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10965-012-0002-7" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PW66C3TN-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01362659v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bernard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Beurroies" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Denoyel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2011.11.001" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90R23JXK-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01361832v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blanc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2010.04.027" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4GBF1876-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01361809v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Depecker" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pigot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2009.09.002" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PXKHRTX9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533169v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vanloot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Brach-Papa" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Boudenne" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-007-1538-y" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7D1B449CF7DE154C76542EEBD7FD868AE241DBB7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533152v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Boussetta" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01496390600674992" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533142v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Boschet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Margaillan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Condamine" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0032-3861(02)00397-X" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407292v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Boudenne" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pi.918" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8Z1XXWFQ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437858v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05450989v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05363776v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05507229v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Sala" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lenoble" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ulrich Mullot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Brisset" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Branger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2025.106521" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036727v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giove" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Laatikainen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Ibrahim" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. El Ouardi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sala" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2025.106203" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-04701826v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien d'Onofrio" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Margaillan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2023.105809" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785501v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Fahs" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aoife Morrin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nanteuil" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2024.107837" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-04475513v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aicha Tasfaout" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Sorrentino" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2023.124434" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036752v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hietala" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2022.130453" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619676v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Ren&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katri Laatikainen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Viguier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2021.105134" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606487v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trac.2022.116536" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619685v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef El Ouardi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Angeletti" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gsd.2020.100544" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619689v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Branger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Durrieu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mounier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01496395.2020.1839772" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530150v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markku Laatikainen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuomo Sainio" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01496395.2019.1708938" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602778v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Mihaela (florea) Gavrila" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanta-Verona Iordache" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37358/mp.20.1.5317" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151490v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Toufik" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Ouammou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2020.100768" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151492v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Chioukh" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2020.128252" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531318v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Ademola Bode-Aluko" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omoniyi Pereao" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Nechaev" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iurii Kochnev" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2019.100580" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531331v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dutduan Udomsap" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Culioli" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dollet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2018.10.019" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184958v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Arab" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mounier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10895-019-02405-0" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532965v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Stoica" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-M. Gavrila" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Dyshlyuk" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37358/MP.19.4.5278" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532983v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Mihaela(florea) Gavrila" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodor Sandu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Zaharia" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita-Laura Radu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37358/MP.19.2.5178" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878413v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitalys Mba Ekomo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Bikanga" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Mihaela Florea" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Istamboulie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2018.04.022" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J1GPM20F-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01737459v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mattio" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Robert-Peillard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vassalo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2018.02.051" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769009v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan&#355;a-Verona Iordache" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2018.01.015" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01636288v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Coulomb" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2017.10.022" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878394v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Elena Georgescu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horia Iovu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Vitrik" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2018.08.004" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533024v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Bianca (georgescu) Stoica" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanta Verona Iordache" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Sarbu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37358/MP.18.3.5008" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769025v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Kulchin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugeniy Mitsai" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem Cherepakhin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2017.2772299" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878471v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Meouche" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timka Silvonen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heli Siren" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2016.12.022" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01499475v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinga Puzio" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2017.03.059" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436750v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Garnier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2016.06.062" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603810v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan&#539;a-Verona Iordache" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Ghiurea" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Avramescu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2015.10.061" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MB4FWRPD-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02286865v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2015.02.055" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01364369v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satu-Pia Reinikainen" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Hyv&#246;nen" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/je500164h" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01364365v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cc02658f" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01364151v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanta V. Nicolescu" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pi.4382" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JBZG7RJ3-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01364147v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2013.03.021" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QKR0HDF8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01362658v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erkki Paatero" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heli Sir&#233;n" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie301115u" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01362663v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanta-Verona Nicolescu" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10965-012-0002-7" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PW66C3TN-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01362659v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bernard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Beurroies" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Denoyel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2011.11.001" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90R23JXK-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01361832v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blanc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2010.04.027" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4GBF1876-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01361809v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Depecker" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pigot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2009.09.002" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PXKHRTX9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533169v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vanloot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Brach-Papa" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Boudenne" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-007-1538-y" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7D1B449CF7DE154C76542EEBD7FD868AE241DBB7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533152v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Boussetta" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01496390600674992" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533142v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Boschet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Margaillan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Condamine" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0032-3861(02)00397-X" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407292v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Boudenne" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pi.918" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8Z1XXWFQ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437858v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05450989v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05363776v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05561419v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>