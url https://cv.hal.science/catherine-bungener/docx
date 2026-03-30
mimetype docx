--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -187,537 +187,537 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude des qualités psychométriques de l’inventaire de soi physique chez des patients atteints d’une maladie neuromusculaire</w:t>
+                <w:t xml:space="preserve">Navigating the challenge of pain when diagnosed at an early age with Parkinson's disease : an interpretative phenomenological analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Rohmer-Cohen</w:t>
+                <w:t xml:space="preserve">Sylvia Zimmers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Thoumie</w:t>
+                <w:t xml:space="preserve">Cécile Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Noël</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catherine Bungener</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Disability and Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04605478v1</w:t>
+                <w:t xml:space="preserve">hal-04848073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pain beliefs and their relationship with pain, psychological distress, and catastrophizing in individuals with Parkinson's disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Étude des qualités psychométriques de l’inventaire de soi physique chez des patients atteints d’une maladie neuromusculaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Rohmer-Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Thoumie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Bungener</w:t>
+                <w:t xml:space="preserve">Guillaume Bassez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvia Zimmers</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gregory Ninot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology, Health and Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 74 (1), pp.100851. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.erap.2022.100851⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848055v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04605478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redefining the relationship in digital care: A qualitative study of the Digital Therapeutic AllianceRedéfinir la relation dans une prise en charge numérique : étude qualitative de l alliance thérapeutique numérique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pain beliefs and their relationship with pain, psychological distress, and catastrophizing in individuals with Parkinson's disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bungener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Zimmers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Stern</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Catherine Bungener</w:t>
+                <w:t xml:space="preserve">Léonore Robieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Encéphale</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Psychology, Health and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04615576v1</w:t>
+                <w:t xml:space="preserve">hal-04848055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Navigating the challenge of pain when diagnosed at an early age with Parkinson's disease : an interpretative phenomenological analysis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Redefining the relationship in digital care: A qualitative study of the Digital Therapeutic AllianceRedéfinir la relation dans une prise en charge numérique : étude qualitative de l alliance thérapeutique numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Stern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zélia Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïa Alexaline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre A. Geoffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Disability and Rehabilitation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L'Encéphale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Online ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.encep.2024.02.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848073v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04615576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a better Comprehension and Management of Pain and Psychological Distress in Parkinson’s: The Role of Catastrophizing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Zimmers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonore Robieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geriatric Psychiatry and Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 36 (5), pp.351-365. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
@@ -764,51 +764,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parasocial relationships and YouTube addiction: The role of viewer and YouTuber video characteristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre de Bérail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychology of Language and Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 26 (1), pp.169-206. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
@@ -855,51 +855,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Favorite YouTubers as a source of health information during quarantine: viewers trust their favorite YouTubers with health information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre de Bérail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Network Analysis and Mining</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (1), pp.88. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1106,51 +1106,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Pourtau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chafika Mazouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Bonastre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1191,468 +1191,468 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02481652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The relations between YouTube addiction, social anxiety and parasocial relationships with YouTubers: A moderated-mediation model based on a cognitive-behavioral framework</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Time perspective differences between depressed patients and non-depressed participants, and their relationships with depressive and anxiety symptoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marlène Guillon</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Héline Kaya Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mirabel-Sarron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Docteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Laszcz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Human Behavior</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chb.2019.05.007⟩</w:t>
+              <w:t xml:space="preserve">Journal of Affective Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 246, pp.320-326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jad.2018.12.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03485875v1</w:t>
+                <w:t xml:space="preserve">hal-04199924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time perspective differences between depressed patients and non-depressed participants, and their relationships with depressive and anxiety symptoms</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Virginie Leclerc</w:t>
+                <w:t xml:space="preserve">The relations between YouTube addiction, social anxiety and parasocial relationships with YouTubers: A moderated-mediation model based on a cognitive-behavioral framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre de Bérail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Laszcz</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marlène Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bungener</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Affective Disorders</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 246, pp.320-326. </w:t>
+              <w:t xml:space="preserve">Computers in Human Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99, pp.190 - 204. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jad.2018.12.053⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chb.2019.05.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03257455v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03485875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time perspective differences between depressed patients and non-depressed participants, and their relationships with depressive and anxiety symptoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héline Kaya Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mirabel-Sarron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Docteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Héline Kaya Lefèvre</w:t>
+                <w:t xml:space="preserve">Virginie Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Laszcz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Affective Disorders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 246, pp.320-326. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jad.2018.12.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04199924v1</w:t>
+                <w:t xml:space="preserve">hal-03257455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Balance Rehabilitation on Self-esteem for Patients with Neuromuscular Disease: A Preliminary Study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Rohmer-Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thoumie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Mane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1703,51 +1703,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotional feeling in patients suffering from amyotrophic lateral sclerosis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Unglik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delgadillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1818,602 +1818,602 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02025374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is alexithymia related to cannabis use disorder? Results from a case-control study in outpatient adolescent cannabis abusers</w:t>
+                <w:t xml:space="preserve">The role of short term psychological and somatic anxiety in the prediction of long term anxiety of early hospital discharged patients with complete functional recovery after a mild stroke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Dorard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Bungener</w:t>
+                <w:t xml:space="preserve">Camille Vansimaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Phan</w:t>
+                <w:t xml:space="preserve">Aurélie Untas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Zuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Edel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maurice Corcos</w:t>
+                <w:t xml:space="preserve">Marie Bruandet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Join-Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Psychosomatic Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpsychores.2017.02.012⟩</w:t>
+              <w:t xml:space="preserve">Journal of European Psychology Students</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (1), pp.1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5334/jeps.421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04141035v1</w:t>
+                <w:t xml:space="preserve">hal-04166295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anxiety, emotional processing and depression in people with multiple sclerosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is alexithymia related to cannabis use disorder? Results from a case-control study in outpatient adolescent cannabis abusers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Dorard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bungener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Claire Gay</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Bungener</w:t>
+                <w:t xml:space="preserve">Olivier Phan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Thomas</w:t>
+                <w:t xml:space="preserve">Yves Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Vrignaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Peter Thomas</w:t>
+                <w:t xml:space="preserve">Maurice Corcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12883-017-0803-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Psychosomatic Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95, pp.74-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpsychores.2017.02.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01566615v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04141035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of early maladaptive schemas, depression, and anxiety on the intensity of self-reported cognitive complaint in older adults with subjective cognitive decline</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Anxiety, emotional processing and depression in people with multiple sclerosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bungener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Tandetnik</w:t>
+                <w:t xml:space="preserve">Sarah Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Hergueta</w:t>
+                <w:t xml:space="preserve">Pierre Vrignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Bonnet</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Peter Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Psychogeriatrics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/s1041610217001119⟩</w:t>
+              <w:t xml:space="preserve">BMC Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Demyelinating diseases, 17 (43), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12883-017-0803-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03931154v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01566615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of short term psychological and somatic anxiety in the prediction of long term anxiety of early hospital discharged patients with complete functional recovery after a mild stroke</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of early maladaptive schemas, depression, and anxiety on the intensity of self-reported cognitive complaint in older adults with subjective cognitive decline</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Tandetnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Vansimaeys</w:t>
+                <w:t xml:space="preserve">Thierry Hergueta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Untas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Zuber</w:t>
+                <w:t xml:space="preserve">Philippe Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Bruandet</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bruno Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bungener</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of European Psychology Students</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 8 (1), pp.1-6. </w:t>
+              <w:t xml:space="preserve">International Psychogeriatrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29, pp.1657 - 1667. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5334/jeps.421⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/s1041610217001119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04166295v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preferences for Receiving Results from a Rare Disease Clinical Trial: A Survey of Subjects with Friedreich’s Ataxia and their Parents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Amelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guilmin-Crepon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2503,51 +2503,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotional Regulation in Amyotrophic Lateral Sclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lacomblez L</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unglik J</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2594,51 +2594,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining Standard Conventional Measures and Ecological Momentary Assessment of Depression, Anxiety and Coping Using Smartphone Application in Minor Stroke Population: A Longitudinal Study Protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Vansimaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Zuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2741,51 +2741,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensation seeking in a community sample of French gamblers: Comparison between strategic and non-strategic gamblers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bonnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Varescon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2845,51 +2845,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anxiety and Coping Strategy Changes in Multiple Sclerosis Patients Initiating Fingolimod: The GRACE Prospective Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Heinzlef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2960,536 +2960,536 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04239136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of 120 images of the IAPS in a French population aged from 20 to 88 years</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Impact of Skin Toxicities Associated with Targeted Cancer Therapies on Body Image: A Prospective Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darius Razavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mateus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lanoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/pnv.2016.0605⟩</w:t>
+              <w:t xml:space="preserve">Clinical Drug Investigation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 36 (3), pp.235-242. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40261-015-0373-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03152293v1</w:t>
+                <w:t xml:space="preserve">hal-04239276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation de 120 images de l'IAPS auprès d'une population française âgée de 20 à 88 ans</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Impact of dermatologic adverse events induced by targeted therapies on quality of life</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darius Razavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mateus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Routier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Critical Reviews in Oncology/Hematology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 101, pp.158-168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.critrevonc.2016.03.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04241525v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04239225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of dermatologic adverse events induced by targeted therapies on quality of life</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Validation of 120 images of the IAPS in a French population aged from 20 to 88 years</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Fiori-Duharcourt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Reviews in Oncology/Hematology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.critrevonc.2016.03.003⟩</w:t>
+              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 14 (2), pp.201-212. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/pnv.2016.0605⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04239225v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03152293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Skin Toxicities Associated with Targeted Cancer Therapies on Body Image: A Prospective Study</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Validation de 120 images de l'IAPS auprès d'une population française âgée de 20 à 88 ans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Lanoy</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bonnet Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiori-Duharcourt Nicole</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Drug Investigation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 14 (2)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04239276v1</w:t>
+                <w:t xml:space="preserve">hal-04241525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soignants et troubles anxio-dépressifs des personnes âgées atteintes de démence sévère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Grondin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3527,103 +3527,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traduction française du « Dysfunctional Thoughts about Caregiving Questionnaire-DTCQ ». Étude préliminaire auprès d’aidants de personnes atteintes de maladies neurodégénératives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Tandetnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hergueta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Velina Negovanska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 24 (1), pp.5-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3670,90 +3670,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proximité des représentations de la maladie chez le malade et ses proches : revue de littérature et illustration clinique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Villani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Montel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Sultan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Numéro 528 (6), pp.477-487. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3781,381 +3781,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04243866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des toxicités cutanées associées aux thérapies ciblées sur la qualité de vie. Résultats d’une étude pilote longitudinale</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Alexithymia and Gambling: A Risk Factor for All Gamblers?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bonnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Varescon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin du Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/bdc.2013.1709⟩</w:t>
+              <w:t xml:space="preserve">Journal of Gambling Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29 (1), pp.83-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10899-012-9297-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04243840v1</w:t>
+                <w:t xml:space="preserve">hal-04130462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Choix thérapeutiques : s’appuyer davantage sur les représentations individuelles des traitements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+                <w:t xml:space="preserve">Impact des toxicités cutanées associées aux thérapies ciblées sur la qualité de vie. Résultats d’une étude pilote longitudinale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Sultan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bungener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Mateus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Dauchy</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Émilie Lanoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin du Cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 100 (10), pp.999-1005. </w:t>
+              <w:t xml:space="preserve">, 2013, 100 (3), pp.213-222. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/bdc.2013.1784⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/bdc.2013.1709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04243796v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04243840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexithymia and Gambling: A Risk Factor for All Gamblers?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Choix thérapeutiques : s’appuyer davantage sur les représentations individuelles des traitements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Dauchy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Varescon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Gambling Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10899-012-9297-x⟩</w:t>
+              <w:t xml:space="preserve">Bulletin du Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 100 (10), pp.999-1005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/bdc.2013.1784⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04130462v1</w:t>
+                <w:t xml:space="preserve">hal-04243796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’apathie dans la démence frontemporale et la maladie d’Alzheimer : existe-t-il des profils distincts ?</w:t>
               </w:r>
@@ -4193,51 +4193,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Fiori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Gély-Nargeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 10, pp.107 - 115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4271,64 +4271,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usage de substances chez l’adolescent suivi en addictologie. Comparaison avec des adolescents de la population générale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Dorard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4360,304 +4360,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04150665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les émotions et la sclérose latérale amyotrophique : une perspective psychopathologique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Coping strategies in MS patients with frontal cognitive disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Montel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Spitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/pnv.2012.0313⟩</w:t>
+              <w:t xml:space="preserve">European Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 68 (2), pp.84-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000337905⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04243917v1</w:t>
+                <w:t xml:space="preserve">hal-04848287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coping strategies in MS patients with frontal cognitive disorders</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Les fonctions suicidaires : revue de la littérature et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Gatelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Neurology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'Encéphale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 38</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848287v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les fonctions suicidaires : revue de la littérature et perspectives</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Les émotions et la sclérose latérale amyotrophique : une perspective psychopathologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Hardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Encéphale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 10 (1), pp.57-64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/pnv.2012.0313⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848303v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04243917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le devenir du couple dans la démence</w:t>
               </w:r>
@@ -4669,51 +4669,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Rieucau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 9 (4), pp.447-454. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4907,51 +4907,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bonnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Varescon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 168 (5), pp.350-356. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4979,842 +4979,842 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04131097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subtypes of French Pathological Gamblers: Comparison of Sensation Seeking, Alexithymia and Depression Scores</w:t>
+                <w:t xml:space="preserve">Pathological gambling and sensation seeking–How do gamblers playing games of chance in cafés differ from those who bet on horses at the racetrack?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bonnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Varescon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Gambling Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 25 (4), pp.455-471. </w:t>
+              <w:t xml:space="preserve">Addiction Research and Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 14 (6), pp.619-629. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10899-009-9142-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/16066350600964296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04131101v1</w:t>
+                <w:t xml:space="preserve">hal-04131623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coping and quality of life of Parkinson's disease patients who have undergone STN DBS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Montel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surgical Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 72</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04848341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coping strategy and anxiety evolution in multiple sclerosis patients initiating interferon beta treatment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Subtypes of French Pathological Gamblers: Comparison of Sensation Seeking, Alexithymia and Depression Scores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bonnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">V. Souvignet</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Varescon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Neurology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Gambling Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 25 (4), pp.455-471. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10899-009-9142-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848354v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04131101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quality of life and relation to mood, coping strategies and dyskinesia in Parkinson's disease</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Coping strategy and anxiety evolution in multiple sclerosis patients initiating interferon beta treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Montel</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Joyeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Bonnet</w:t>
+                <w:t xml:space="preserve">V. Souvignet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geriatric Psychiatry and Neurology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 62</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848327v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pathological gambling and sensation seeking–How do gamblers playing games of chance in cafés differ from those who bet on horses at the racetrack?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Quality of life and relation to mood, coping strategies and dyskinesia in Parkinson's disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Varescon</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Montel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Addiction Research and Theory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 14 (6), pp.619-629. </w:t>
+              <w:t xml:space="preserve">Journal of Geriatric Psychiatry and Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 22, pp.95-102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/16066350600964296⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0891988708328219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04131623v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Affect dysregulation in cannabis abusers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Multimethod alexithymia assessment in adolescents and young adults with a cannabis use disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Dorard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Haviland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Phan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Corcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Child and Adolescent Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00787-007-0663-7⟩</w:t>
+              <w:t xml:space="preserve">Comprehensive Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 49 (6), pp.585-592. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.comppsych.2008.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04141917v1</w:t>
+                <w:t xml:space="preserve">hal-04141829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimethod alexithymia assessment in adolescents and young adults with a cannabis use disorder</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Affect dysregulation in cannabis abusers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Dorard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Phan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Corcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bungener</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comprehensive Psychiatry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 49 (6), pp.585-592. </w:t>
+              <w:t xml:space="preserve">European Child and Adolescent Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 17 (5), pp.274-282. </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.comppsych.2008.05.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00787-007-0663-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04141829v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04141917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche de sensations dans une population française de joueurs de courses de chevaux : comparaison entre des joueurs pathologiques et réguliers</w:t>
               </w:r>
@@ -5826,51 +5826,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bonnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Varescon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Encéphale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 33 (5), pp.798-804. </w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5917,51 +5917,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les théories psychologiques de la motivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Quoniam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 2 (1), pp.7-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5986,51 +5986,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perturbation emotionnelles en neurologie et en psychiatrie: Troubles émotionnels et maladie d'Alzheimer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuro-Psy News</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 2 (3), pp.86-90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6068,51 +6068,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le &amp;quot;post-partum blues&amp;quot;: une revue critique de la littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guedeney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Widlöcher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6221,51 +6221,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delgadillo-Iniguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Quoniam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Fiori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6301,96 +6301,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03076476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motivation and apathy in Lateral Amyotrophic Sclerosis, Fronto-Temporal Dementia, Parkinson's disease, Alzheimer's disease and Mild Cognitive Impairment</w:t>
+                <w:t xml:space="preserve">French validation of the emotional images from the IAPS (International Affective Picture System)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Gély-Nargeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Quoniam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delgadillo-Iniguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Fiori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6402,120 +6402,120 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd meeting of the european societies of neuropsychology, Toulouse (France), 18-20 octobre 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Toulouse, France. 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03076474v1</w:t>
+                <w:t xml:space="preserve">hal-03076473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French validation of the emotional images from the IAPS (International Affective Picture System)</w:t>
+                <w:t xml:space="preserve">Motivation and apathy in Lateral Amyotrophic Sclerosis, Fronto-Temporal Dementia, Parkinson's disease, Alzheimer's disease and Mild Cognitive Impairment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Gély-Nargeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Delgadillo-Iniguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Quoniam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Fiori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6527,51 +6527,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd meeting of the european societies of neuropsychology, Toulouse (France), 18-20 octobre 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Toulouse, France. 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03076473v1</w:t>
+                <w:t xml:space="preserve">hal-03076474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6602,51 +6602,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivir mejor con el dolor crónico. Programa integrativo de grupo en 12 sesiones.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Baeza-Velasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6677,51 +6677,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programa para mejorar la gestión del dolor crónico. 12 sesiones para reaprender a vivir plenamente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Baeza-Velasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elsevier España. Elsevier España, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6733,383 +6733,383 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04848238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mon programme pour mieux gérer la douleur chronique. 12 séances pour réapprendre à mieux vivre</w:t>
+                <w:t xml:space="preserve">Mon programme pour mieux vivre avec la douleur chronique. 12 séances pour réapprendre à vivre pleinement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Baeza-Velasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">De Boeck Sup, 2023, 978-2807332065</w:t>
+              <w:t xml:space="preserve">De Boeck Supérieur, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04258616v1</w:t>
+                <w:t xml:space="preserve">hal-04848313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mieux vivre avec la douleur chronique. Programme intégratif de groupe en 12 séances.</w:t>
+                <w:t xml:space="preserve">Mon programme pour mieux gérer la douleur chronique. 12 séances pour réapprendre à mieux vivre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Baeza-Velasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">De Boeck Supérieur. De Boeck Supérieur, 2023</w:t>
+              <w:t xml:space="preserve">De Boeck Sup, 2023, 978-2807332065</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04848276v1</w:t>
+                <w:t xml:space="preserve">hal-04258616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mieux vivre avec la douleur chronique. Programme intégratif de groupe en 12 séances</w:t>
+                <w:t xml:space="preserve">Mieux vivre avec la douleur chronique. Programme intégratif de groupe en 12 séances.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Baeza-Velasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">De boeck sup, 2023, ‎ 978-2807339262</w:t>
+              <w:t xml:space="preserve">De Boeck Supérieur. De Boeck Supérieur, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04258597v1</w:t>
+                <w:t xml:space="preserve">hal-04848276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mon programme pour mieux vivre avec la douleur chronique. 12 séances pour réapprendre à vivre pleinement</w:t>
+                <w:t xml:space="preserve">Mieux vivre avec la douleur chronique. Programme intégratif de groupe en 12 séances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Baeza-Velasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">De Boeck Supérieur, 2023</w:t>
+              <w:t xml:space="preserve">De boeck sup, 2023, ‎ 978-2807339262</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04848313v1</w:t>
+                <w:t xml:space="preserve">hal-04258597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interventions psychothérapeutiques dans les maladies somatiques : Accompagner les patients et leurs proches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Untas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Flahault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">De Boeck Supérieur; Carrefour Des Psychotherapies, 2018, 9782807300163</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7140,51 +7140,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychopathologies de l'adulte - Approche intégrative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystel Besche-Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dunod, 2018, 978-2100775804</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7215,51 +7215,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychopathologies de l'adulte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystel Besche-Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Armand Colin, coll. Campus psychologie, 2002, 2-200-26472-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7277,51 +7277,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuropsychiatrie de l'infection au HIV (Psychopathologie des affections neurologiques)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Jürgen Von Giesen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7397,51 +7397,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thème 1 : Pourquoi une intervention psychologique pour la douleur ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Baeza-Velasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mon programme pour mieux gérer la douleur chronique. 12 séances pour réapprendre à mieux vivre.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De boeck sup, pp.51-61, 2023, 978-2807332065</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7479,51 +7479,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séance 1 : Pourquoi une intervention psychologique pour la douleur ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Baeza-Velasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mieux vivre avec la douleur chronique. Programme intégratif de groupe en 12 séances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Boeck sup, pp.67-75, 2023, 978-2807339262</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7548,51 +7548,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'épisode dépressif caractérisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Soumet-Leman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7733,51 +7733,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CF769FD5"/>
+    <w:nsid w:val="47AADB5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7964,51 +7964,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catherine-bungener" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0140-822X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059805021" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605478v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Rohmer-Cohen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Thoumie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent No&#235;l" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bassez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Ninot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2022.100851" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848055v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bungener" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Zimmers" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onore Robieux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615576v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Stern" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z&#233;lia Breton" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;a Alexaline" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre A. Geoffroy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2024.02.011" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848073v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Flahault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193963v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/08919887231154932" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193989v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de B&#233;rail" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/plc-2022-0009" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193973v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13278-022-00925-5" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145132v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vansimayes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Zuber" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pitrat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Farhat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Join-Lambert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2020.08.007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02481652v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bourgain" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Pourtau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafika Mazouni" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bonastre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2019.112735" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485875v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Guillon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2019.05.007" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03257455v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;line Kaya Lef&#232;vre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mirabel-Sarron" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Docteur" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Leclerc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Laszcz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2018.12.053" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04199924v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239383v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Ferrari" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Mane" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02025374v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Unglik" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delgadillo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Salachas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fran&#231;ois Pradat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2018.0762" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04141035v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Dorard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Phan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Edel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Corcos" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychores.2017.02.012" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566615v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Gay" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Thomas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vrignaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Thomas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12883-017-0803-8" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931154v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tandetnik" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hergueta" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonnet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dubois" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1041610217001119" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166295v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vansimaeys" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Untas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bruandet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/jeps.421" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194113v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Amelot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guilmin-Crepon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schroedt" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Alberti" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40290-017-0201-y" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635077v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacomblez L" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Unglik J" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2376-0281.1000294" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239198v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Tamazyan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2017.01172" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04129769v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bonnaire" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Varescon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2017.01.057" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239136v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Moreau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Heinzlef" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Suchet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Borgel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000451077" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152293v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Fiori-Duharcourt" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2016.0605" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241525v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnet Philippe" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiori-Duharcourt Nicole" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239225v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Charles" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darius Razavi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mateus" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Routier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.critrevonc.2016.03.003" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-75CWP5DN-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239276v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lanoy" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40261-015-0373-8" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848261v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grondin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241581v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Velina Negovanska" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2013.11.001" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243866v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Villani" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Montel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Sultan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.528.0477" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243840v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Mateus" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Lanoy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/bdc.2013.1709" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243796v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dauchy" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/bdc.2013.1784" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04130462v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10899-012-9297-x" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9LT63RHH-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131515v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Derouesn&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucette Lacomblez" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Fiori" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine G&#233;ly-Nargeot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2012.0315" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04150665v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Berthoz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243917v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2012.0313" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848287v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Spitz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000337905" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848303v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gatelet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hardy" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246629v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rieucau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe David" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2011.0299" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246586v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Suchocka-Capuano" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Br&#233;dart" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dolbeault" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livia Lumbroso-Le Rouic" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine L&#233;vy-Gabriel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/bdc.2011.1300" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04131097v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2009.03.024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04131101v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10899-009-9142-z" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MDNDJWV9-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848341v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848354v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Schmidt" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Joyeux" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Souvignet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848327v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Bonnet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0891988708328219" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04131623v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16066350600964296" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04141917v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00787-007-0663-7" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-52BZQT22-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04141829v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Haviland" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comppsych.2008.05.001" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H75SH2WN-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04131619v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2006.08.010" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254940v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Quoniam" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635575v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256143v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guedeney" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Widl&#246;cher" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076476v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delgadillo-Iniguez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076474v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076473v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848250v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Baeza-Velasco" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848238v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258616v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848276v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258597v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848313v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192884v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259546v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystel Besche-Richard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259591v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259615v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-J&#252;rgen Von Giesen" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256758v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256469v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217648v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Soumet-Leman" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystel Besche" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catherine-bungener" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0140-822X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059805021" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848073v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Zimmers" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Flahault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bungener" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605478v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Rohmer-Cohen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Thoumie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent No&#235;l" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bassez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Ninot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2022.100851" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848055v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onore Robieux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615576v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Stern" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z&#233;lia Breton" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;a Alexaline" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre A. Geoffroy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2024.02.011" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193963v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/08919887231154932" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193989v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de B&#233;rail" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/plc-2022-0009" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193973v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13278-022-00925-5" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145132v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vansimayes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Zuber" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pitrat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Farhat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Join-Lambert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2020.08.007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02481652v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bourgain" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Pourtau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafika Mazouni" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bonastre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2019.112735" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04199924v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;line Kaya Lef&#232;vre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mirabel-Sarron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Docteur" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Leclerc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Laszcz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2018.12.053" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485875v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Guillon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2019.05.007" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03257455v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239383v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Ferrari" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Mane" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02025374v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Unglik" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delgadillo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Salachas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fran&#231;ois Pradat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2018.0762" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166295v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vansimaeys" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Untas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bruandet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/jeps.421" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04141035v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Dorard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Phan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Edel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Corcos" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychores.2017.02.012" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566615v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Gay" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Thomas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vrignaud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Thomas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12883-017-0803-8" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931154v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tandetnik" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hergueta" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonnet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dubois" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1041610217001119" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194113v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Amelot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guilmin-Crepon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schroedt" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Alberti" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40290-017-0201-y" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635077v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacomblez L" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Unglik J" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2376-0281.1000294" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239198v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Tamazyan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2017.01172" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04129769v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bonnaire" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Varescon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2017.01.057" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239136v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Moreau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Heinzlef" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Suchet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Borgel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000451077" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239276v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Charles" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darius Razavi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mateus" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lanoy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40261-015-0373-8" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239225v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Routier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.critrevonc.2016.03.003" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-75CWP5DN-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152293v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Fiori-Duharcourt" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2016.0605" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241525v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnet Philippe" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiori-Duharcourt Nicole" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848261v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grondin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241581v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Velina Negovanska" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2013.11.001" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243866v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Villani" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Montel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Sultan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.528.0477" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04130462v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10899-012-9297-x" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9LT63RHH-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243840v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Mateus" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Lanoy" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/bdc.2013.1709" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243796v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dauchy" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/bdc.2013.1784" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131515v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Derouesn&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucette Lacomblez" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Fiori" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine G&#233;ly-Nargeot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2012.0315" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04150665v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Berthoz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848287v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Spitz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000337905" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848303v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gatelet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hardy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243917v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2012.0313" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246629v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rieucau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe David" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2011.0299" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246586v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Suchocka-Capuano" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Br&#233;dart" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dolbeault" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livia Lumbroso-Le Rouic" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine L&#233;vy-Gabriel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/bdc.2011.1300" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04131097v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2009.03.024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04131623v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16066350600964296" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848341v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04131101v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10899-009-9142-z" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MDNDJWV9-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848354v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Schmidt" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Joyeux" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Souvignet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848327v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Bonnet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0891988708328219" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04141829v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Haviland" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comppsych.2008.05.001" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H75SH2WN-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04141917v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00787-007-0663-7" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-52BZQT22-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04131619v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2006.08.010" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254940v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Quoniam" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635575v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256143v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guedeney" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Widl&#246;cher" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076476v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delgadillo-Iniguez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076473v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076474v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848250v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Baeza-Velasco" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848238v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848313v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258616v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848276v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258597v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192884v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259546v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystel Besche-Richard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259591v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259615v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-J&#252;rgen Von Giesen" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256758v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256469v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217648v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Soumet-Leman" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystel Besche" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>