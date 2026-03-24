--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -415,2136 +415,2136 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05322300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local-scale experimental investigation of a two-phase cross-flow in a tube bundle and flow-induced vibration; Bubbly flow regime</w:t>
+                <w:t xml:space="preserve">Bubbles and bubbly flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giuseppe Spina</w:t>
+                <w:t xml:space="preserve">Valeria Garbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Benguigui</w:t>
+                <w:t xml:space="preserve">Dieter Bothe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Brillant</w:t>
+                <w:t xml:space="preserve">Günter Brenn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniele Vivaldi</w:t>
+                <w:t xml:space="preserve">Carlo Massimo Casciola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 433, pp.113836. </w:t>
+              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 190, pp.105240. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2025.113836⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2025.105240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04976769v1</w:t>
+                <w:t xml:space="preserve">hal-05340503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bubbles and bubbly flows</w:t>
+                <w:t xml:space="preserve">Momentum and energy budgets of high-pressure subcooled boiling flows using two-fluid RANS simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeria Garbin</w:t>
+                <w:t xml:space="preserve">Etienne Chavasse-Fretaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dieter Bothe</w:t>
+                <w:t xml:space="preserve">Alan Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Günter Brenn</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carlo Massimo Casciola</w:t>
+                <w:t xml:space="preserve">Guillaume Bois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2025.105240⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 244, pp.126839. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2025.126839⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05340503v1</w:t>
+                <w:t xml:space="preserve">cea-05273366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local-scale experimental investigation of a two-phase cross-flow in a tube bundle and flow-induced vibration: Intermittent/Churn flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Spina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Benguigui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Brillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Vivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 138, pp.104390. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2025.104390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05461904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Momentum and energy budgets of high-pressure subcooled boiling flows using two-fluid RANS simulations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bois</w:t>
+                <w:t xml:space="preserve">On physical considerations regarding development and validation of Heat Flux Partitioning models: application to vertical boiling flows simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pujet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mimouni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 244, pp.126839. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2025.126839⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 257, pp.128235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2025.128235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-05273366v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05142189v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On physical considerations regarding development and validation of Heat Flux Partitioning models: application to vertical boiling flows simulations</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Mimouni</w:t>
+                <w:t xml:space="preserve">Dynamics of an isolated bubble injected at the horizontal wall in a shear flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Jaunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Sebilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Colin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2025.128235⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (12), pp.123603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/xn86-fg3p⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05142189v2</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05458836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of an isolated bubble injected at the horizontal wall in a shear flow</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">C. Colin</w:t>
+                <w:t xml:space="preserve">Local-scale experimental investigation of a two-phase cross-flow in a tube bundle and flow-induced vibration; Bubbly flow regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Spina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Benguigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Brillant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Vivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 10 (12), pp.123603. </w:t>
+              <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 433, pp.113836. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/xn86-fg3p⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2025.113836⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05458836v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04976769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat flux partition based on onset of significant void</w:t>
+                <w:t xml:space="preserve">Experimental investigation and modelling of hydrodynamics and heat transfer in flow boiling in normal and microgravity conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Reiss</w:t>
+                <w:t xml:space="preserve">Paul Onubi Ayegba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Gerschenfeld</w:t>
+                <w:t xml:space="preserve">Julien Sébilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 181, pp.104972. </w:t>
+              <w:t xml:space="preserve">, 2024, 181, pp.104991. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2024.104972⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2024.104991⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04837831v2</w:t>
+                <w:t xml:space="preserve">hal-04804802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the coupling between direct numerical simulation of nucleate boiling and a micro-region model at the contact line</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Annafederica Urbano</w:t>
+                <w:t xml:space="preserve">Theoretical modeling of heat transfer in vertical upward and downward annular flow boiling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Onubi Ayegba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sebilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Tanguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcp.2023.112602⟩</w:t>
+              <w:t xml:space="preserve">Heat Transfer Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, GDR MFA, 45 (4-5), pp.381-398. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01457632.2023.2191439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04832248v1</w:t>
+                <w:t xml:space="preserve">hal-04121538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boiling-flow multiphase CFD simulations for nuclear reactor conditions without interfacial area transport equation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Corentin Reiss</w:t>
+                <w:t xml:space="preserve">Flow boiling in microgravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modou Mbaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Md. Qaisar Raza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Gerschenfeld</w:t>
+                <w:t xml:space="preserve">Julien Sébilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2766 (1), pp.012124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/2766/1/012124⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2024.113453⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-04697282v1</w:t>
+                <w:t xml:space="preserve">hal-04837850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical modeling of heat transfer in vertical upward and downward annular flow boiling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Sebilleau</w:t>
+                <w:t xml:space="preserve">Study of nucleate boiling growth regime on thin surfaces.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Jaunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattia Bucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matevž Zupančič</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sébilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heat Transfer Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2766 (1), pp.012135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/2766/1/012135⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/01457632.2023.2191439⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04121538v1</w:t>
+                <w:t xml:space="preserve">hal-04637089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation and modelling of hydrodynamics and heat transfer in flow boiling in normal and microgravity conditions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Sébilleau</w:t>
+                <w:t xml:space="preserve">On the coupling between direct numerical simulation of nucleate boiling and a micro-region model at the contact line</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loric Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annafederica Urbano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Tanguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2024.104991⟩</w:t>
+              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 497, pp.112602. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcp.2023.112602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04804802v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04832248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow boiling in microgravity</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien Sébilleau</w:t>
+                <w:t xml:space="preserve">Heat flux partition based on onset of significant void</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Reiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gerschenfeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 181, pp.104972. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2024.104972⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/2766/1/012124⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04837850v1</w:t>
+                <w:t xml:space="preserve">hal-04837831v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of nucleate boiling growth regime on thin surfaces.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Boiling-flow multiphase CFD simulations for nuclear reactor conditions without interfacial area transport equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Reiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yohann Jaunet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Julien Sébilleau</w:t>
+                <w:t xml:space="preserve">Antoine Gerschenfeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 2766 (1), pp.012135. </w:t>
+              <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 428, pp.113453. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/2766/1/012135⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2024.113453⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04637089v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04697282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Foreword</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conception of a compact flow boiling loop for the International Space Station- First results in parabolic flights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Chorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Boned</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sebilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olaf Schoele-Schulz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 351 (S2), pp.1-2. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crmeca.229⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 351 (S2), pp.1-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crmeca.147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04505532v1</w:t>
+                <w:t xml:space="preserve">hal-04044745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ONE-DIMENSIONAL MIXTURE MODEL CODE FOR THE MODELING OF TWO-PHASE FLOW THERMOSIPHON</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Prusek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multiphase Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 35 (4), pp.47-61. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1615/MultScienTechn.2023047915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04837856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An updated force balance approach to investigate bubble sliding in vertical flow boiling at low and high pressures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Favre</w:t>
+                <w:t xml:space="preserve">Coalescence-induced jumping of bubbles in shear flow in microgravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Md Qaisar Raza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sébilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matevz Zupancic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattia Bucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2023.124227⟩</w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0138200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04121545v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04116295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coalescence-induced jumping of bubbles in shear flow in microgravity</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Sébilleau</w:t>
+                <w:t xml:space="preserve">An updated force balance approach to investigate bubble sliding in vertical flow boiling at low and high pressures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pujet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mimouni</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0138200⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 211, pp.124227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2023.124227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04116295v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04121545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception of a compact flow boiling loop for the International Space Station- First results in parabolic flights</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Foreword</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olaf Schoele-Schulz</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guillaume Legros</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 351 (S2), pp.1-20. </w:t>
+              <w:t xml:space="preserve">, 2023, 351 (S2), pp.1-2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/crmeca.147⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5802/crmeca.229⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04044745v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interaction between the turbulent boundary layer flow of superheated vapor and the velocity field induced by liquid vaporization</w:t>
               </w:r>
@@ -2660,64 +2660,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrodynamics of vertical upward and downward flow boiling in a millimetric tube</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Onubi Ayegba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Sebilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3062,51 +3062,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Scheiff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bergame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Sebilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ruyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3322,51 +3322,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ruyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Sebilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3615,248 +3615,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02874815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of growth and detachment of an isolated bubble on an inclined surface</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Direct numerical simulation of nucleate boiling in micro-layer regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annafederica Urbano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Thomas Lebon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Sebilleau</w:t>
+                <w:t xml:space="preserve">Grégory Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 073602, pp.1-16. </w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, vol. 123, pp. 1128-1137. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.3.073602⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2018.02.104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02094249v1</w:t>
+                <w:t xml:space="preserve">hal-01793518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct numerical simulation of nucleate boiling in micro-layer regime</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamics of growth and detachment of an isolated bubble on an inclined surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Huber</w:t>
+                <w:t xml:space="preserve">Michel Thomas Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sebilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, vol. 123, pp. 1128-1137. </w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 073602, pp.1-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2018.02.104⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.3.073602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01793518v1</w:t>
+                <w:t xml:space="preserve">hal-02094249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bedrock-Hosted Diffusive Hot Storage for Large-Scale Thermo-Electric Energy Storage by Thermal Doublet</w:t>
               </w:r>
@@ -4115,64 +4115,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Kannengieser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wladimir Bergez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Thomas Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Sebilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Basic and applied researches in microgravity – A tribute to Bernard Zappoli’s contribution, 345 (1), pp.21-34. </w:t>
@@ -4210,51 +4210,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct numerical simulation of nucleate pool boiling at large microscopic contact angle and moderate Jakob number</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4751,51 +4751,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ruyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Sebilleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 108, pp.40-51. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5031,377 +5031,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01348780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation of heat transfer in transient boiling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Benchmarks and numerical methods for the simulation of boiling flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Sagan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberta Visentini</w:t>
+                <w:t xml:space="preserve">Benjamin Lalanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Ruyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 55, pp.95-105. </w:t>
+              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, vol. 264, pp. 1-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2014.02.026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcp.2014.01.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02614059v1</w:t>
+                <w:t xml:space="preserve">hal-00973210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmarks and numerical methods for the simulation of boiling flows</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Couderc</w:t>
+                <w:t xml:space="preserve">Flow boiling in tube under normal gravity and microgravity conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Narcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik de Malmazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcp.2014.01.014⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, vol. 60, pp. 50-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2013.11.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00973210v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01120714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow boiling in tube under normal gravity and microgravity conditions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Erik de Malmazet</w:t>
+                <w:t xml:space="preserve">Experimental investigation of heat transfer in transient boiling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Visentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Ruyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 55, pp.95-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2014.02.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2013.11.011⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01120714v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02614059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Updated relevance of mammographic screening modalities in women previously treated with chest irradiation for Hodgkin disease</w:t>
               </w:r>
@@ -6063,51 +6063,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Budenkova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Legros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Académie des Sciences - Institut de France</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 351 (S2), 2023, Comptes Rendus Mécanique, 1631-0721</w:t>
             </w:r>
           </w:p>
@@ -6433,51 +6433,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A87DBB29"/>
+    <w:nsid w:val="BEDE99B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6664,51 +6664,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catherine-colin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9985-9488" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075021919" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229162v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loric Torres" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tanguy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Colin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annafederica Urbano" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.127594" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322300v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Deferrez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.127612" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04976769v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Spina" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Benguigui" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brillant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Vivaldi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2025.113836" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340503v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Garbin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Bothe" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nter Brenn" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Massimo Casciola" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2025.105240" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05461904v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2025.104390" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05273366v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Chavasse-Fretaz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Burlot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bois" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.126839" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142189v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Favre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pujet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mimouni" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.128235" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458836v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jaunet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sebilleau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/xn86-fg3p" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04837831v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Reiss" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gerschenfeld" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2024.104972" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832248v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2023.112602" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04697282v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2024.113453" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121538v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Onubi Ayegba" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sebilleau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01457632.2023.2191439" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804802v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien S&#233;billeau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2024.104991" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04837850v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modou Mbaye" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md. Qaisar Raza" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2766/1/012124" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637089v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Jaunet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Bucci" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matev&#382; Zupan&#269;i&#269;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2766/1/012135" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04505532v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Legros" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.229" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04837856v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boyer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Prusek" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/MultScienTechn.2023047915" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121545v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Favre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pujet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mimouni" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.124227" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116295v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Qaisar Raza" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matevz Zupancic" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0138200" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04044745v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chorin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boned" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Schoele-Schulz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.147" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113073v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.-R. Popescu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Dawson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brandt" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatfluidflow.2022.109033" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834353v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2022.104120" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03877382v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sielaff" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mangini" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Kabov" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.Q. Raza" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.I. Garivalis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2021.117932" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112993v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Oikonomidou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Evgenidis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Argyropoulos" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zabulis" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Karamaoynas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cis.2022.102751" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100474v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Scheiff" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bergame" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ruyer" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.120548" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098317v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno van Ruymbeke" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Latrache" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gabillet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.034302" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510441v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baudin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2019.04.069" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139295v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena-Roxana Popescu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2019.02.046" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874815v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2019.118521" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094249v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Thomas Lebon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.3.073602" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793518v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Huber" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2018.02.104" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02915493v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Nguyen" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Gino Macchi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tauveron" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Tarti&#232;re" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2017.05.288" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743774v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanti Fau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Bergez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2016.12.012" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472139v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kannengieser" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2016.10.004" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552748v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Sagan" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2017.05.083" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094242v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuichi Murai" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuji Tasaka" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshihiko Oishi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12650-016-0391-5" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094234v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Avilov" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Aaron" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Amroussia" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Boehlert" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2016.02.068" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094245v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaritis Kostoglou" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thodoris D. Karapantsios" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2016.03.016" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065317v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2016.04.017" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134429v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Ndongo Fokoua" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Aubert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4915071" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348780v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Narcy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/InterfacPhenomHeatTransfer.2015012413" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614059v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Visentini" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ruyer" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2014.02.026" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PFRCS7PT-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973210v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lalanne" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Couderc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2014.01.014" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120714v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik de Malmazet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2013.11.011" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762942v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent de Vathaire" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Noel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Charlot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Devic" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1148/radiol.12120794" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875768v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fabre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjan Kamp" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2012.401" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873953v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cees van Der Geld" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quint Segers" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.H. Pereira da Rosa" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harunori Yoshikawa" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4743026" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609136v2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Ravelet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Risso" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3648035" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057094v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Lewis Kiambi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Billet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Dupont" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjce.5450810357" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C4E8F68BB6DDDDC9D874CCFCC306E5815EBEAAB2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04107413v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Budenkova" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://comptes-rendus.academie-sciences.fr/mecanique" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02526879v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Goyeau" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013895v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Bonjour" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Revellin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catherine-colin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9985-9488" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075021919" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229162v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loric Torres" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tanguy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Colin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annafederica Urbano" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.127594" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322300v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Deferrez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.127612" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340503v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Garbin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Bothe" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nter Brenn" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Massimo Casciola" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2025.105240" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05273366v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Chavasse-Fretaz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Burlot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bois" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.126839" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05461904v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Spina" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Benguigui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brillant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Vivaldi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2025.104390" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142189v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Favre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pujet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mimouni" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.128235" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458836v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jaunet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sebilleau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/xn86-fg3p" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04976769v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2025.113836" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804802v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Onubi Ayegba" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien S&#233;billeau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2024.104991" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121538v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sebilleau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01457632.2023.2191439" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04837850v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modou Mbaye" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md. Qaisar Raza" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2766/1/012124" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637089v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Jaunet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Bucci" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matev&#382; Zupan&#269;i&#269;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2766/1/012135" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832248v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2023.112602" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04837831v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Reiss" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gerschenfeld" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2024.104972" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04697282v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2024.113453" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04044745v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chorin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boned" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Schoele-Schulz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.147" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04837856v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boyer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Prusek" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/MultScienTechn.2023047915" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116295v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Qaisar Raza" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matevz Zupancic" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0138200" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121545v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Favre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pujet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mimouni" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.124227" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04505532v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Legros" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.229" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113073v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.-R. Popescu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Dawson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brandt" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatfluidflow.2022.109033" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834353v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2022.104120" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03877382v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sielaff" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mangini" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Kabov" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.Q. Raza" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.I. Garivalis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2021.117932" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112993v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Oikonomidou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Evgenidis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Argyropoulos" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zabulis" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Karamaoynas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cis.2022.102751" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100474v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Scheiff" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bergame" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ruyer" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.120548" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098317v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno van Ruymbeke" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Latrache" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gabillet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.034302" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510441v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baudin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2019.04.069" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139295v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena-Roxana Popescu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2019.02.046" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874815v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2019.118521" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793518v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Huber" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2018.02.104" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094249v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Thomas Lebon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.3.073602" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02915493v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Nguyen" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Gino Macchi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tauveron" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Tarti&#232;re" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2017.05.288" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743774v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanti Fau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Bergez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2016.12.012" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472139v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kannengieser" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2016.10.004" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552748v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Sagan" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2017.05.083" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094242v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuichi Murai" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuji Tasaka" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshihiko Oishi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12650-016-0391-5" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094234v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Avilov" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Aaron" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Amroussia" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Boehlert" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2016.02.068" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094245v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaritis Kostoglou" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thodoris D. Karapantsios" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2016.03.016" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065317v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2016.04.017" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134429v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Ndongo Fokoua" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Aubert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4915071" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348780v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Narcy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/InterfacPhenomHeatTransfer.2015012413" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973210v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lalanne" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Couderc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2014.01.014" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120714v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik de Malmazet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2013.11.011" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614059v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Visentini" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ruyer" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2014.02.026" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PFRCS7PT-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762942v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent de Vathaire" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Noel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Charlot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Devic" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1148/radiol.12120794" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875768v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fabre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjan Kamp" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2012.401" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873953v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cees van Der Geld" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quint Segers" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.H. Pereira da Rosa" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harunori Yoshikawa" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4743026" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609136v2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Ravelet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Risso" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3648035" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057094v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Lewis Kiambi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Billet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Dupont" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjce.5450810357" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C4E8F68BB6DDDDC9D874CCFCC306E5815EBEAAB2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04107413v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Budenkova" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://comptes-rendus.academie-sciences.fr/mecanique" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02526879v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Goyeau" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013895v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Bonjour" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Revellin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>