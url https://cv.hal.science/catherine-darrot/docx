--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Catherine Darrot </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Maître de conférences en sociologie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Département Milieu physique, paysage, territoire (MilPPaT)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Unité pédagogique : Sciences humaines et territoires</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Unité de recherche : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UMR CNRS Espaces et Sociétés (ESO)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Activités d'enseignement</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coordination de formations</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-coordinatrice pédagogique de la </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">spécialisation d’ingénieur Génie de l’Environnement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> et du </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Master TEAM</w:t></w:r></w:hyperlink><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Correspondante locale pour l’Institut Agro de l’équipe pédagogique du </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Master International IMRD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Thématiques d’enseignement, du L3 au M2</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Dynamiques de transition dans les systèmes agri-alimentaires territorialisés en Europe</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Approches multi-critères de la durabilité des exploitations agricoles</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Sociologie des mondes agricoles et ruraux</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Trajectoires et état contemporain des politiques agricoles et rurales en Europe : quels processus de construction sociale ?</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Méthodes qualitatives en sciences sociales</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Approcher les processus multi-acteurs autour des biens communs environnementaux</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Thèmes de recherche</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Transitions dans les systèmes agri-alimentaires et sociologie rurale</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projet Atlass2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Action Territoriale pour une Alimentation Soutenable et Solidaire, 2021-2024 - Coordination FRCIVAM Bretagne, co-financement Fondation de France, Plan de relance - Forme : recherche-action - Objectif : caractériser et accompagner l’adaptation des systèmes alimentaires territoriaux aux situations de crise dans 6 territoires pilotes en Bretagne et Normandie, élaborer des préconisations politiques - Mon rôle : coordination scientifique du volet 1 consacré au bilan de la crise Covid dans ces 6 territoires)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête nationale « Manger au temps du coronavirus » (2020)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> – Membre de l’équipe de coordination scientifique, analyse et publication des données</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coordinatrice scientifique du </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">projet SOFIANE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Soutenir et Favoriser dans les iles atlantiques françaises une agriculture nourricière et à externalités positives - 2018-2022 - UMR CNRS ESO, IEP de Rennes - Financement Fondation de France)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Dont direction d’une thèse CIFRE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Expert extérieur et coordinatrice de la collecte de données en Bretagne pour le </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">projet H2020 SALSA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2016-2020) « Small farms, small food businesses and sustainable food and nutrition security »</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Coordination scientifique du projet</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FRUGAL Grand Ouest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Formes Urbaines et Gouvernance Alimentaire) en partenariat avec FRUGAL Rhône-Alpes (direction Bernard Pecqueur) et le réseau Terres en Ville (2015-2020 - Financement PSDR4)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obs-TAE – Observatoire sociologique des transitions agro-écologiques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2015-2018 – Coordination Claire Lamine, Marc Barbier, Nathalie Couix, INRAE)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet européen FP7 Farmpath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2011-2013) « Territorial transition toward sustainable agriculture » : coordination scientifique de l’équipe française, coordination scientifique du cluster « Local Food Systems »</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RENNES VILLE VIVRIERE – Prospective pour l’autonomie et la résilience alimentaire du bassin de Rennes Métropole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2010-2013</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projet SOLALTER</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2013-2014) : « Solidarités alimentaires territorialisées en Bretagne » (co-financements FEADER / Fondation de France) Direction scientifique du projet, partenariat avec la FRCIVAM Bretagne</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projet européen FP7 FAAN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Facilitating Alternative Agrifood networks in Europe – 2008-2010) – Post-doc durant tout le projet</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Sociologie de l’environnement</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation sociologique du programme Breizh Bocage 2</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2020 - Programme de replantation publique du bocage agricole, maîtrise d’œuvre Région Bretagne, Agence de l’Eau, maîtrise d’ouvrage collectivités locales)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">- dont direction d’un post-doc de 9 mois</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coordinatrice scientifique Grand ouest du </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">projet FRUGAL</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Formes Urbaines et Gouvernance Alimentaire - 2015 - 2020 - PSDR4) - Approche interdisciplinaire des processus de relocalisation des filières alimentaires autour de 9 métropoles françaises, en partenariat avec l’association Terres en Ville</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Prévalaye Paysanne » 1 et 2 à Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - Collecte des données sociologiques - Coordination INRA-SAD</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Participation au volet sociologique du </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">projet ANR Maris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2015-2017)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet ANR BipPop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2011-2014) : coordination du volet de recherche sociologique du projet</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Encadrement de thèses</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-encadrement de la thèse de Paola Hernandez (Université d’Evora, Portugal), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Local Food Systems, Food Security and the Role of Consumers in Linking Farm to the Table</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> – Début de thèse novembre 2018</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Direction de thèse CIFRE de Naïla Bedrani (Université Rennes 2), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultures insulaires et politiques publiques dans les iles atlantiques françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> – Début de thèse septembre 2018</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité scientifique de la thèse de Logan Penvern (UQAM, Université de Québec à Montréal, direction Eric Duchemin et Louise Vandelacque), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’agriculture urbaine domestique à Montréal : pratiques agronomiques et contribution à l’alimentation des ménages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> – Début de thèse octobre 2018</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-encadrement de la thèse de Marion Diaz, UMR ESO (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition vers la durabilité de l'agriculture à l'échelle des territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">,direction Jean-Eudes Beuret) soutenue en octobre 2015 à L'Institut Agro Rennes-Angers</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Nathalie Udo, UMR Ecobio (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quels sont les facteurs naturels et humains conduisant au statut invasif ? Le cas de l'ajonc (Ulex europaeus) sur l'île de La Réunion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Direction Anne Atlan), soutenue en janvier 2016 à l’Université Rennes 1</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Publications récentes</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Direction d’ouvrage, rapports d’expertise, rapports de recherche</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Manger au temps du coronavirus, 2020, Chiffoleau, Y., Darrot, C., Maréchal, G., Editions Apogée, 224 p.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2021 : Rapporteur pour le CNA (Conseil National de l’Alimentation) du Retex Covid (</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNA-Avis89</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) – Retour d’expérience de la crise Covid-19 dans le domaine alimentaire – Période du 1er confinement</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2020 : </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livret recherche du projet PSDR4 FRUGAL</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Formes Urbaines et Gouvernance Alimentaire), Dir. Darrot, C., Pecqueur, B., Marie, M., Bodiguel, L., Saleilles, S., Buyck, J., Margetic, C., Delfosse, C., Hochedez, C.Guillemin, P., Baysse-Lainé, A., Noël, J., Maréchal; G.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2019 : Darrot, C., Maréchal, G., Bréger. T., septembre 2019, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sur les Projets Alimentaires Territoriaux (P.A.T.) en France : Etat des lieux et analyse : Rapport pour l'Institut Hanseo-Agrico, Séoul, République de Corée.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> [Rapport Technique] l'Institut Agro Rennes-Angers : Rennes; Cabinet Territoires et Alimentation Terralim</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Articles scientifiques et chapitres d’ouvrages (extraits choisis)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">(Accepté, en révision) Gaillardo Gomez, J ., Darrot, C., 2022, The role of low-income consumers in food system transitions: case studies of community supported agriculture and social groceries in France, Review of Agricultural, Food and Environmental Studies</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">(Accepté, en révision) Darrot, C. , Chau, M., Filières agricoles insulaires : spécificités systémiques, dynamiques de transition, Etudes de cas à Batz, Belle-Ile-en-Mer et Ré, Revue Norois</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">(Accepté, en révision) Darrot, C., Marie, M. Hochedez, C., Guillemin, P., Guillermin, P. Chronologie des collectifs et objets de la transition vers l’alimentation locale dans 5 villes de l’ouest de la France : quels enseignements ?, Revue Economie Rurale, 2022</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">(Remis à l’éditeur pour ouvrage de synthèse sur le projet Obs-TAE) Olivier, G., Lamine, C., Darrot, C., Donner du sens aux pratiques d’écologisation, 2022. (chapitre 55 000 caractères)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Darrot, C., Marie, M., Bodiguel , L., Hochedez, C., Margetic, C., Pecqueur, B., Approcher les systèmes alimentaires urbains par les indicateurs : décrire, comparer, prioriser. Innovations Agronomiques, INRAE, 2022, 86, pp.91-105. ⟨</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655351</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">⟩</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Darrot, C., 2021, Reconnexion entre agriculture et société à travers les biens publics environnementaux : une typologie des dynamiques, in Nutridialogo,, « Le funzioni sociali dell'agricoltura », Edizioni ETS, Publisher: A. Di Lauro, G. Strambi (dir.), Pisa, Italia</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Darrot, C., Chiffoleau, Y., Bodiguel, L., Akerman, G., Maréchal, G., 2020, Les systèmes alimentaires de proximité à l’épreuve de la Covid-19 : retours d’expérience en France, Revue Systèmes alimentaire / Food Systems 2020-5</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Noël, J. et Darrot, C ; « Huit initiatives bretonnes d’agriculture urbaine solidaire : quelles formes de justice et de démocratie alimentaire ? », VertigO - la revue électronique en sciences de l'environnement [En ligne], Hors-série 31 | septembre 2018, mis en ligne le 05 septembre 2018</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Darrot, C. et Sbiti, N., 2018, « Formes urbaines et gouvernance alimentaire demain : l'exemple rennais », Les dossiers FNAU, « Planification alimentaire : enjeux et initiatives locales », n°44, pp 18-19, décembre 2018</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Noël, J., Darrot, C., « Vers des solidarités alimentaires territorialisées. Retour sur la recherche-action SOLALTER menée en Bretagne », Anthropology of Food, 2018, URL : </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://journals.openedition.org/aof/8271</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Udo, N., Darrot, C., & Atlan, A., 2018, From usefull to invasive, the status of gorse on Reunion Island. Journal of Environmental Management.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Udo N., Darrot C., Tarayre M., Atlan A. « Histoire humaine et naturelle d’une invasion biologique », Revue d’ethnoécologie N°9, 2016, URL : </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://journals.openedition.org/ethnoecologie/2724</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Udo, N., Darrot, C., Atlan, A., 2018, « Espèce nuisible, espèce invasive : des statuts publics inscrits dans la succession des lectures du monde. Le cas de l’ajonc d’Europe sur l’ile de la Réunion », in Luglia, R. (dir.), Sales bêtes ! Mauvaises herbes ! « Nuisible », une notion en débat, Ed. Presses Universitaires de Rennes, pp. 247-262</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1Darrot, C., Diaz,M., Tsakallou, E., Zagata, L., , &amp;quot;The missing actor”: Alternative Agri-Food Networks facing resistances of key regime actor&amp;quot;, in Sutherland et al. (Dir.), Transition pathways towards sustainability in European agriculture, CABI (Ed.), 2014</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FRUGAL Indicators: Assessing the Food Strategies of Urban Areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Hochedez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Margetic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal international de bioéthique et d'éthique des sciences </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, L’alimentation entre éthique, science et innovation, 34 (4), pp.101-118. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jibes.344.0101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04629017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of low-income consumers in food system transitions: case studies of community supported agriculture and social groceries in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Gallardo Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 103 (4), pp.369-392. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41130-022-00181-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04437794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronologie de la transition vers l’alimentation locale dans quatre villes de l’Ouest : quels enseignements ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Hochedez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Guillermin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 382, https://journals.openedition.org/economierurale/10718. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.10718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03934226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A composição social do território na constituição das Cestas de Bens e Serviços: o exemplo da estruturação local dos circuitos curtos de proximidades alimentares na França</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pecqueur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 42 (1), pp.42-59. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.2022.v42.781⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03836946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PSDR4 FRUGAL -Approcher les systèmes alimentaires urbains par les indicateurs : décrire, comparer, prioriser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Hochedez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Margetic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 86, pp.91-105. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les systèmes alimentaires de proximité à l’épreuve de la Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuna Chiffoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégori Akermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes alimentaires / Food Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Systèmes alimentaires / Food Systems 2020, n° 5, 2020 (5), pp.89-110. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-11062-0.p.0089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03031978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From useful to invasive, the status of gorse on Reunion Island</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Udo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Atlan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 229, pp.166-173. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jenvman.2018.06.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01827712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huit initiatives bretonnes d’agriculture urbaine solidaire : quelles formes de justice et de démocratie alimentaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Hors-série 31, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.21209⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02368766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers des solidarités alimentaires territorialisées... Retour sur la recherche-action SOLALTER menée en Bretagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropology of Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01718364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les mangeurs ont renversé l’ordre des préoccupations; Des circuits courts aux systèmes alimentaires territorialisés : panorama sur deux décennies d’évolutions en France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urbanisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 405</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire humaine et naturelle d’une invasion biologique [Human and natural history of a biological invasion]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Udo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Tarayre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Atlan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d’ethnoécologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9, pp.article2724. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ethnoecologie.2724⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01618943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public goods. Sociological Approach of an Economic Construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.11805⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02368719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment favoriser la fourniture de biens publics d’origine agricole en Europe ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Giorgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Billaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01885216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biens publics : construction économique et registres sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01544549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of the uses of gorse in native and invaded regions: what are the impacts on its dynamics and management?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Attlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Udo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Hornoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sup12, pp.191-206</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rennes, ville vivrière?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 4, pp.405-414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01544554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment favoriser la fourniture de biens publics d'origine agricole en Europe ? Les gens ne viennent pas voir la qualité de l'eau dans un ruisseau, ils viennent voir un paysage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Giorgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Billaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 96 (4), pp.625-641</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01471515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of the uses of gorse in native and invaded regions: what are the impact on its dynamics and management?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Atlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Udo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Hornoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 70 (supplément 12 - Espèces nvasives), pp.191-206</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rennes, ville vivrière ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 224 (4), pp.405. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pour.224.0405⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02551957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand producteurs et consommateurs se « reconnectent »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Durand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Place publique (Rennes)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, #32 Novembre-Décembre 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01544552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les circuits courts dans les villes, comparaison entre Pilsen (République Tchèque) et Rennes (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Zagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 217, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pour.217.0149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00857233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agriculture biologique, le mirage des petites et moyennes exploitations en Pologne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 217</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00991986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les invasions biologiques entre écologie et sciences sociales: Quelles spécificités pour l'outre-mer français?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Atlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11 (supplement), pp.101-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00704872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les invasions biologiques entre écologie et sciences sociales : quelles spécificités pour l’Outre-Mer français ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Atlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Sup11, pp.101-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invasive species between biology and social sciences: what distinctive features for French overseas territories?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Atlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.101-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00840984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PAC et transition agricole en Pologne et Roumanie : les nouveaux termes du processus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice von Hirschhausen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Luce Ghib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Vingt ans de transition agricoles et rurales à l'Est, 325-326, pp.69-84. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.3257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01060535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers effets de la politique européenne des préretraites en Pologne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Mouchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.00-00</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01060503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers effets de la nouvelle politique des préretraites agricoles en Pologne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrisian Mouchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 313-314, pp.85-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La voie paysanne polonaise, une chimère structurelle qui déconcerte l'Europe &amp;quot; Centre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autrepart - Revue de sciences sociales au Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.00-00</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01060427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La voie paysanne polonaise, une chimère structurelle qui déconnecte l'Europe &amp;quot;centre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autrepart - Revue de sciences sociales au Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 46, pp.89-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (47)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-non-human global change: The case study of the Barbary macaque in the National Park of Ifrane in Morocco.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Minot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Ernoult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Ménard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autumn School « Global Forests 2024 » Forest Biodiversity: the ecology-social sciences dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIP ECOFOR, Oct 2024, Oxford, Maison française d'Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05434237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gouvernance alimentaire locale selon FRUGAL (FoRmes Urbaines et Gouvernance Alimentaire)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Margetic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ateliers Lascaux "Politiques foncières innovantes ; Politiques agricoles et alimentaires innovantes"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État des lieux et pistes de recherche sur les compétences des collectivités territoriales en matière alimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice N’daye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rendez-vous d’automne du Réseau National des Projets alimentaires territoriaux (RnPAT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saisir le système alimentaire urbain par les indicateurs (FRUGAL)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Hochedez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Margetic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium PSDR 4 « transitions pour le développement des territoires »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02983314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les catégorisations du foncier agricole à Belle-Ile-en-Mer, révélatrices des spécificités sociales insulaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bedrani Naila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Congretel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8eme congrès de l'association française de sociologie "Classer, déclasser, reclasser"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de sociologie, Aug 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02368903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filières agricoles insulaires : spécificités systémiques, dynamiques de transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Chau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloques Des Iles à venir, Brest 17 et 18 octobre 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Louis Brigand, Université de Bretagne Occidentale (UBO) ; Fondation de France ; Association Les îles du Ponant (AIP), Oct 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02552000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frises chronologiques de la gouvernance de la transition agricole et alimentaire dans 4 villes de l'Ouest de la France : quels enseignements ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Hochedez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guillemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIIeme journées de la recherche en sciences sociales "L"innovation sociale"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRA-SFER-CIRAD, Dec 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02413167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers retours d'expériences sur la recherche-action FRUGAL (FoRmes Urbaines & Gouvernance Alimentaire PSDR4, 2015-2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Rencontre nationale de l’Agora des Colibris : " Comment nourrir la ville de façon durable ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Piriac/mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrire et comparer les systèmes alimentaires urbains : proposition d'un jeu d'indicateurs pour onze aires urbaines françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doriane Guennoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Bermond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12èmes Journées de Recherches en Sciences Sociales INRA-SFER-CIRAD : Food for Tomorrow/Cap Aliment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02269232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des circuits courts agri-urbains vecteurs de durabilité sociale alimentaire ? Démocratie / justice agri-alimentaire et solidarités territoriales en Bretagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultures urbaines durables : vecteur pour la transition écologique, CERTOP et LISST Dynamiques rurales, Université de Toulouse 2 Jean Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01654404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-feeding city: the case of Rennes, France Presenting the urban context and a project of extended urban fruit trees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th AESOP-Sustainable Food Planning Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Coventry, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01655938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solidarités territoriales et circuits courts alimentaires. Quelques enseignements du projet de recherche-action SOLALTER en Bretagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Gouvernance alimentaire territoriale », Formation du DU « Développement durable appliqué », Université de Nantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01683127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des systèmes alimentaires relocalisés plus durables : vers un accès à une alimentation de qualité pour tous… Eléments de réflexions autour des solidarités alimentaires territorialisées en Bretagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD 2016. Energie, environnement et mutations sociales, session « Alimentation et développement durable : quelle durabilité des systèmes alimentaires relocalisés ? », </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, St Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01655992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les initiatives de solidarités alimentaires territorialisées en Bretagne : la recherche-action SOLALTER</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études de l’Axe 2, « Nourriture locale et justice sociale », UMR LADYSS – Univ. Paris 8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01683140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gouvernance alimentaire à l’échelle d’une agglomération : enjeux et première méthode d’approche. L’apport du projet FRUGAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École chercheurs PSDR4, INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Aspet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01656616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des systèmes alimentaires relocalisés plus durables : vers un accès à une alimentation de qualité pour tous.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Saint-Étienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some evidences in favour of a widespread territorial transition process towards local food systems in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Democratizing Food Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American University of Rome, Oct 2016, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01639175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers des solidarités alimentaires territorialisées en Bretagne. Présentation et enseignements du projet de recherche-action Solalter »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité opérationnel du Réseau Rural des Pays de la Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Durtal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agriculture familiale dans les territoires en transition : bipolarisation ou continuum dans les processus d'innovation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Structures d’exploitation et exercice de l’activité agricole : Continuités, changements ou ruptures? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Economie Rurale, Feb 2015, RENNES, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01543374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers des solidarités alimentaires territorialisées... Retour sur la recherche-action SOLALTER menée en Bretagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès 2015 de l’Association Française de Sociologie, AFS-RT 21 « Mouvements sociaux »,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Versailles - St Quentin en Yvelines, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01654402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les initiatives territoriales d’accessibilité sociale des circuits courts : retour d’expériences sur le projet SOLALTER</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circuits courts alimentaires et accessibilité sociale. Quels enjeux, quelles réalités, journée régionale de réflexion et d’échanges, </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Alençon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01683102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farming systems as providers of public goods: a sociological perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pereira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII World Congress of Rural Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Lisbonnes (Portugal), Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rennes Self feeding city</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Verdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Urban Food Network, GOUVERNANCE ALIMENTAIRE URBAINE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Paris (FR), France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rennes Self feeding city</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture Through the City, Farming space in the territorial project</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Venise (Italie), Italy. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a self-feeding city ? The example of Rennes Metropole (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congress of European Society of Rural Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Chania (GR), Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating and supporting the sustainability of Polish small and medium-size family farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The present and the future of small farms in the european union</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Cracovie (PL), Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qui lutte aujourd'hui pour la conquête du titre d'agriculture durable ? Trajectoires de modèles, illustrations contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'association française de sociologie "Savoirs, travail et professions"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Grenoble (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Develop sustainable rural economies by promoting local processing and marketing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence au "European Organic Congress", Gödöllö</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les discours sur le développement durable à l’épreuve d’une invasion végétale : l’Ile de la Réunion, un laboratoire clos pour l’élaboration d’un compromis entre acteurs autour de l’ajonc d’Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Développement durable, communautés &amp; sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Mulhouse, France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local Food Systems: practices and strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Levidow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Workshop held</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Bruxelles (BEL), Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressources of the mobilisation of Local Food Systems. Role of local authorities and local policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FAAN workshop Local Food Systems: practices and strategies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Bruxelles (BE), Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressources of the mobilisation of Local Food Systems. Role of local authorities and local policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FAAN workshop Local Food Systems: practices and strategies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Commission. BEL., Feb 2010, Bruxelles, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mieux connaître les circuits courts pour mieux les soutenir politiquement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence organisée par "Réseau rural français, ministère de l'Agriculture", Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mieux connaître les circuits courts pour mieux les soutenir politiquement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque national circuits courts alimentaires : état des lieux de la recherche et mise en réseau des acteurs de la recherche et du développement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Sciences pour l'Action et le Développement : Activités, Produits, Territoires (1048).; Fédération Nationale de Centres d'Initiatives pour Valoriser l'Agriculture et le Milieu rural (FNCIVAM). FRA., May 2010, Paris, France. 41 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les discours sur le développement durable à l'épreuve d'une invasion végétale : l'Ile de la Réunion, un laboratoire clos pour l'élaboration d'un compromis entre acteurs autour de l'ajonc d'Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Développement durable, communautés &amp; sociétés FRE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Mulhouse (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendras, 40 ans après : un modèle actualisé pour caractériser les prises à parti contemporaines des sociétés paysannes européennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Congrès de l'AFS : Violences et société FRE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Paris (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00730014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendras, 40 ans après : un modèle actualisé pour caractériser les prises à parti contemporaines des sociétés paysannes européennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Congrès de l'AFS : Violences et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Sociologie (AFS). FRA., Apr 2009, Paris, France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de la transaction sociale autour des bénéfices tirés des haies bocagères : le cas de l'Ille-et-Vilaine de 1940 à aujourd'hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Congrès AISLF FRE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Istanbul (TR), Turquie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de la transaction sociale autour des bénéfices tirés des haies bocagères : le cas de l’Ille-et-Vilaine de 1940 à aujourd’hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Congrès AISLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AISLF Association Internationale des Sociologues de langue française. FRA., Jul 2008, Istanbul, Turquie. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Injonction modernisatrice et stratégies d'adaptation des petites exploitations en Pologne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilia Chantre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence au séminaire CERI/CNRS/Sciences Po "Développements ruraux et modes de vie paysans, une comparaison Europe / Asie"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique structurelle européenne, paysans polonais et développement durable : un rendez-vous différé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'agriculture française et l'agriculture polonaise dans l'Europe de 2007 : expériences partagées et intérêts communs ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Echanges vivriers non monétarisées en Pologne et système agro-alimentaires alternatifs occidentaux : perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Congrès AISLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AISLF Association Internationale des Sociologues de langue française. FRA., Jul 2008, Istanbul, Turquie. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets paradoxaux de la nouvelle politique des préretraites en Pologne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Bazin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Journées INRA-SFER de recherches en sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questioning the concept of performance: family-like polish farming systems facing CAP conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Congress of the European Society for Rural Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Rural Sociology / Société Européenne de Sociologie Rurale (ESRS). INT., Aug 2007, Wageningen, Netherlands. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutions européennes, paysans polonais et développement durable : un rendez-vous différé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à l'Académie polonaise des sciences, Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle social de la diversification des activités paysannes en Pologne, enjeu incontournable des politiques structurelles européennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Mouchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Journées INRA-SFER de recherches en sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution au forum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’avenir de l’alimentation et des petits producteurs. Conférence électronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Londres, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manger au temps du coronavirus. Enquête sur les systèmes alimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuna Chiffoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégori Akermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Apogée Edition, 161 p., 2020, 9-782843-986840</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03099263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production de biens publics en agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Berriet-Solliec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Devienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Educagri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.224, 2016, Références (Educagri), 979-10-275-0030-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'arbre, la haie, les hommes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes/Écomusée du Pays de Rennes, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01060938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donner du sens aux pratiques d’écologisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lamine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques et savoirs agricoles dans la transition agroécologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions des archives contemporaines, pp.61-78, 2022, 978-2-81300-356-0. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17184/eac.3055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03905886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la différenciation sociale des pratiques alimentaires à la structuration locale des circuits courts de proximité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pecqueur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Di Lauro A., Strambi G. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le funzioni sociali dell'agricoltura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, ETS, 2021, Nurtidialogo</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03182861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gouvernance alimentaire à l'échelle d'une agglomération : enjeux et première méthode d'approche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Coutolleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">TORRE A., WALLET F., NGUYEN BA S. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires en transition. Construire des partenariats des connaissances et des pratiques innovantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02422270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Espèce nuisible, espèce invasive : des statuts publics inscrits dans la succession des lectures du monde. Le cas de l’ajonc d’Europe sur l’île de la Réunion.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Udo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Atlan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">R. Luglia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sales bêtes ! Mauvaises herbes ! « Nuisible », une notion en débat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 229, Presses Universitaires de Rennes, pp.166-173, 2018, 978-2-7535-8912-4. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.168527⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The &amp;quot;missing actor”: Alternative Agri-Food Networks facing resistances of key regime actor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emi Tsakallou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukas Zagata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lee-Ann Sutherland et al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition Pathways towards Sustainability in Agriculture: Case Studies from Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CABI, pp.143-156, 2014, 978-1-78064-219-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Référentiel central des circuits courts de proximité : Mise en évidence et statut pour l'action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Durand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ouvrage "Circuits courts, contribution au développement régional"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Educagri, non paginé, 2011, 2844448089, 9782844448088</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour d’expérience sur la préparation du mémoire d’HDR (suggestions pour en faciliter la conception et la rédaction)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05405049v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser le foncier agricole comme un outil décisif pour la transition écologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Le Caro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Clisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02364184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le statut social du Tertre de Brandefer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, pp.47-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01349192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accessibilité à l'alimentation : Panorama de la situation et des enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projet Solalter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FarmPath Project : Initiative report on Reducing environmental impact of agriculture in Lannion's Bay (Fr)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 37 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FarmPath projects : Cluster report on Alternative Marketing Channels case studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Zagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tsakalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Diaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 36 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FarmPath Project : Initiative report on Alternative Marketing Channels in Rennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 39 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FarmPath Project : Initiative report on High Nature Value Agriculture in Vosges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 40 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FAAN policy report for France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, 38 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis report on National Policy Frameworks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, 80 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00730083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WP3 Report on French case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, 34 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00730118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeu d'indicateurs frugal : vers la résilience des systèmes alimentaires locaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Hochedez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Vachelard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EVOLUTION DES USAGES DES AJONCS DANS LES ZONES D'ORIGINE ET ENVAHIES : QUELS IMPACTS SUR LA DYNAMIQUE ET LA GESTION ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Atlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Udo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Hornoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête sociologique auprès des agriculteurs planteurs de bocage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toussaint Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut Agro Agrocampus Ouest - UMR CNRS 6590 ESO. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bulletins de partage (1, 2, 3, 4, 5, conclusif) « Manger au temps du coronavirus »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuna Chiffoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégori Akermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] CNRS; RMT Alimentation locale; Terralim. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03099287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les systèmes alimentaires urbains : flux alimentaires, systèmes d’acteurs et formes urbaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pecqueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Saleilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR ESO, UMR PACTE, Terres en Villes. 2020, 229 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02987347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sur les Projets Alimentaires Territoriaux (P.A.T.) en France : Etat des lieux et analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bréger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Agrocampus Ouest : Rennes; Cabinet Territoires et Alimentation Terralim. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des changements d'usages des terres dans les conflits homme/faune sauvage: enjeux pour la gestion de la biodiversité de l’écosystème cédraie du Moyen Atlas (Maroc).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Le Gouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Menard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Butet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Rantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahcen Chillasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] osur-Station biologique de Paimpont; Ecobio UMR 6553, CNRS/Univdersité de Rennes 1; Ecole Nationale Forestière d'Ingénieurs, Salé, Maroc; Agrocampus Ouest - UMR ESO (Espaces et Sociétés); IDDRI - Institut du Développement Durable et des Relations Internationales; ECOBIO, UMR6553, avenue de Général Leclerc, Campus de Beaulieu, 35042 Rennes; Université de Meknès (Maroc). 2018, 16p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03013205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journée d’échanges du projet SOLALTER</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Agrocampus Ouest Rennes et FR CIVAM Bretagne. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02438792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un système alimentaire solidaire en Bretagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Agrocampus - Ecole nationale supérieure d'agronomie de rennes; FR CIVAM Bretagne. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01466814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rennes Métropole, ville vivrière ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Bigot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Agrocampus ouest. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03481870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local Food Systems: practices and strategies . European Workshop held on 22 February 2010, Brussels. FAAN Report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Levidow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis report on National Policy Frameworks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] R2b, auto-saisine. 2009, 80 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WP3 Report on French case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] Communauté Economique Européenne. 2009, 34 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FAAN policy report for France [Rapport intermédiaire]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] auto-saisine. 2009, 38 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paysans polonais à l'épreuve de la PAC - Une analyse multi-disciplinaire d'un référentiel professionnel pour un dialogue de normes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Agrocampus - Ecole nationale supérieure d'agronomie de rennes, 2008. Français. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00452538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paysans polonais à l'épreuve de la PAC. Analyse multi-disciplinaire d'un référentiel professionnel pour un dialogue de normes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. AGROCAMPUS OUEST, 2008. Français. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02824967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId227"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Catherine Darrot </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Maître de conférences en sociologie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Département Milieu physique, paysage, territoire (MilPPaT)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Unité pédagogique : Sciences humaines et territoires</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Unité de recherche : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UMR CNRS Espaces et Sociétés (ESO)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Activités d'enseignement</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coordination de formations</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-coordinatrice pédagogique de la </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">spécialisation d’ingénieur Génie de l’Environnement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> et du </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Master TEAM</w:t></w:r></w:hyperlink><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Correspondante locale pour l’Institut Agro de l’équipe pédagogique du </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Master International IMRD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Thématiques d’enseignement, du L3 au M2</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Dynamiques de transition dans les systèmes agri-alimentaires territorialisés en Europe</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Approches multi-critères de la durabilité des exploitations agricoles</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Sociologie des mondes agricoles et ruraux</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Trajectoires et état contemporain des politiques agricoles et rurales en Europe : quels processus de construction sociale ?</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Méthodes qualitatives en sciences sociales</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Approcher les processus multi-acteurs autour des biens communs environnementaux</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Thèmes de recherche</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Transitions dans les systèmes agri-alimentaires et sociologie rurale</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projet Atlass2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Action Territoriale pour une Alimentation Soutenable et Solidaire, 2021-2024 - Coordination FRCIVAM Bretagne, co-financement Fondation de France, Plan de relance - Forme : recherche-action - Objectif : caractériser et accompagner l’adaptation des systèmes alimentaires territoriaux aux situations de crise dans 6 territoires pilotes en Bretagne et Normandie, élaborer des préconisations politiques - Mon rôle : coordination scientifique du volet 1 consacré au bilan de la crise Covid dans ces 6 territoires)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête nationale « Manger au temps du coronavirus » (2020)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> – Membre de l’équipe de coordination scientifique, analyse et publication des données</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coordinatrice scientifique du </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">projet SOFIANE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Soutenir et Favoriser dans les iles atlantiques françaises une agriculture nourricière et à externalités positives - 2018-2022 - UMR CNRS ESO, IEP de Rennes - Financement Fondation de France)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Dont direction d’une thèse CIFRE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Expert extérieur et coordinatrice de la collecte de données en Bretagne pour le </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">projet H2020 SALSA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2016-2020) « Small farms, small food businesses and sustainable food and nutrition security »</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Coordination scientifique du projet</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FRUGAL Grand Ouest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Formes Urbaines et Gouvernance Alimentaire) en partenariat avec FRUGAL Rhône-Alpes (direction Bernard Pecqueur) et le réseau Terres en Ville (2015-2020 - Financement PSDR4)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obs-TAE – Observatoire sociologique des transitions agro-écologiques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2015-2018 – Coordination Claire Lamine, Marc Barbier, Nathalie Couix, INRAE)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet européen FP7 Farmpath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2011-2013) « Territorial transition toward sustainable agriculture » : coordination scientifique de l’équipe française, coordination scientifique du cluster « Local Food Systems »</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RENNES VILLE VIVRIERE – Prospective pour l’autonomie et la résilience alimentaire du bassin de Rennes Métropole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2010-2013</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projet SOLALTER</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2013-2014) : « Solidarités alimentaires territorialisées en Bretagne » (co-financements FEADER / Fondation de France) Direction scientifique du projet, partenariat avec la FRCIVAM Bretagne</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projet européen FP7 FAAN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Facilitating Alternative Agrifood networks in Europe – 2008-2010) – Post-doc durant tout le projet</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Sociologie de l’environnement</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation sociologique du programme Breizh Bocage 2</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2020 - Programme de replantation publique du bocage agricole, maîtrise d’œuvre Région Bretagne, Agence de l’Eau, maîtrise d’ouvrage collectivités locales)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">- dont direction d’un post-doc de 9 mois</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coordinatrice scientifique Grand ouest du </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">projet FRUGAL</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Formes Urbaines et Gouvernance Alimentaire - 2015 - 2020 - PSDR4) - Approche interdisciplinaire des processus de relocalisation des filières alimentaires autour de 9 métropoles françaises, en partenariat avec l’association Terres en Ville</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Prévalaye Paysanne » 1 et 2 à Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - Collecte des données sociologiques - Coordination INRA-SAD</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Participation au volet sociologique du </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">projet ANR Maris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2015-2017)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet ANR BipPop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2011-2014) : coordination du volet de recherche sociologique du projet</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Encadrement de thèses</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-encadrement de la thèse de Paola Hernandez (Université d’Evora, Portugal), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Local Food Systems, Food Security and the Role of Consumers in Linking Farm to the Table</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> – Début de thèse novembre 2018</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Direction de thèse CIFRE de Naïla Bedrani (Université Rennes 2), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultures insulaires et politiques publiques dans les iles atlantiques françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> – Début de thèse septembre 2018</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité scientifique de la thèse de Logan Penvern (UQAM, Université de Québec à Montréal, direction Eric Duchemin et Louise Vandelacque), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’agriculture urbaine domestique à Montréal : pratiques agronomiques et contribution à l’alimentation des ménages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> – Début de thèse octobre 2018</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-encadrement de la thèse de Marion Diaz, UMR ESO (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition vers la durabilité de l'agriculture à l'échelle des territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">,direction Jean-Eudes Beuret) soutenue en octobre 2015 à L'Institut Agro Rennes-Angers</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Nathalie Udo, UMR Ecobio (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quels sont les facteurs naturels et humains conduisant au statut invasif ? Le cas de l'ajonc (Ulex europaeus) sur l'île de La Réunion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Direction Anne Atlan), soutenue en janvier 2016 à l’Université Rennes 1</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Publications récentes</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Direction d’ouvrage, rapports d’expertise, rapports de recherche</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Manger au temps du coronavirus, 2020, Chiffoleau, Y., Darrot, C., Maréchal, G., Editions Apogée, 224 p.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2021 : Rapporteur pour le CNA (Conseil National de l’Alimentation) du Retex Covid (</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNA-Avis89</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) – Retour d’expérience de la crise Covid-19 dans le domaine alimentaire – Période du 1er confinement</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2020 : </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livret recherche du projet PSDR4 FRUGAL</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Formes Urbaines et Gouvernance Alimentaire), Dir. Darrot, C., Pecqueur, B., Marie, M., Bodiguel, L., Saleilles, S., Buyck, J., Margetic, C., Delfosse, C., Hochedez, C.Guillemin, P., Baysse-Lainé, A., Noël, J., Maréchal; G.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2019 : Darrot, C., Maréchal, G., Bréger. T., septembre 2019, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sur les Projets Alimentaires Territoriaux (P.A.T.) en France : Etat des lieux et analyse : Rapport pour l'Institut Hanseo-Agrico, Séoul, République de Corée.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> [Rapport Technique] l'Institut Agro Rennes-Angers : Rennes; Cabinet Territoires et Alimentation Terralim</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Articles scientifiques et chapitres d’ouvrages (extraits choisis)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">(Accepté, en révision) Gaillardo Gomez, J ., Darrot, C., 2022, The role of low-income consumers in food system transitions: case studies of community supported agriculture and social groceries in France, Review of Agricultural, Food and Environmental Studies</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">(Accepté, en révision) Darrot, C. , Chau, M., Filières agricoles insulaires : spécificités systémiques, dynamiques de transition, Etudes de cas à Batz, Belle-Ile-en-Mer et Ré, Revue Norois</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">(Accepté, en révision) Darrot, C., Marie, M. Hochedez, C., Guillemin, P., Guillermin, P. Chronologie des collectifs et objets de la transition vers l’alimentation locale dans 5 villes de l’ouest de la France : quels enseignements ?, Revue Economie Rurale, 2022</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">(Remis à l’éditeur pour ouvrage de synthèse sur le projet Obs-TAE) Olivier, G., Lamine, C., Darrot, C., Donner du sens aux pratiques d’écologisation, 2022. (chapitre 55 000 caractères)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Darrot, C., Marie, M., Bodiguel , L., Hochedez, C., Margetic, C., Pecqueur, B., Approcher les systèmes alimentaires urbains par les indicateurs : décrire, comparer, prioriser. Innovations Agronomiques, INRAE, 2022, 86, pp.91-105. ⟨</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655351</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">⟩</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Darrot, C., 2021, Reconnexion entre agriculture et société à travers les biens publics environnementaux : une typologie des dynamiques, in Nutridialogo,, « Le funzioni sociali dell'agricoltura », Edizioni ETS, Publisher: A. Di Lauro, G. Strambi (dir.), Pisa, Italia</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Darrot, C., Chiffoleau, Y., Bodiguel, L., Akerman, G., Maréchal, G., 2020, Les systèmes alimentaires de proximité à l’épreuve de la Covid-19 : retours d’expérience en France, Revue Systèmes alimentaire / Food Systems 2020-5</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Noël, J. et Darrot, C ; « Huit initiatives bretonnes d’agriculture urbaine solidaire : quelles formes de justice et de démocratie alimentaire ? », VertigO - la revue électronique en sciences de l'environnement [En ligne], Hors-série 31 | septembre 2018, mis en ligne le 05 septembre 2018</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Darrot, C. et Sbiti, N., 2018, « Formes urbaines et gouvernance alimentaire demain : l'exemple rennais », Les dossiers FNAU, « Planification alimentaire : enjeux et initiatives locales », n°44, pp 18-19, décembre 2018</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Noël, J., Darrot, C., « Vers des solidarités alimentaires territorialisées. Retour sur la recherche-action SOLALTER menée en Bretagne », Anthropology of Food, 2018, URL : </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://journals.openedition.org/aof/8271</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Udo, N., Darrot, C., & Atlan, A., 2018, From usefull to invasive, the status of gorse on Reunion Island. Journal of Environmental Management.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Udo N., Darrot C., Tarayre M., Atlan A. « Histoire humaine et naturelle d’une invasion biologique », Revue d’ethnoécologie N°9, 2016, URL : </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://journals.openedition.org/ethnoecologie/2724</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Udo, N., Darrot, C., Atlan, A., 2018, « Espèce nuisible, espèce invasive : des statuts publics inscrits dans la succession des lectures du monde. Le cas de l’ajonc d’Europe sur l’ile de la Réunion », in Luglia, R. (dir.), Sales bêtes ! Mauvaises herbes ! « Nuisible », une notion en débat, Ed. Presses Universitaires de Rennes, pp. 247-262</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1Darrot, C., Diaz,M., Tsakallou, E., Zagata, L., , &amp;quot;The missing actor”: Alternative Agri-Food Networks facing resistances of key regime actor&amp;quot;, in Sutherland et al. (Dir.), Transition pathways towards sustainability in European agriculture, CABI (Ed.), 2014</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FRUGAL Indicators: Assessing the Food Strategies of Urban Areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Hochedez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Margetic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal international de bioéthique et d'éthique des sciences </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, L’alimentation entre éthique, science et innovation, 34 (4), pp.101-118. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jibes.344.0101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04629017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronologie de la transition vers l’alimentation locale dans quatre villes de l’Ouest : quels enseignements ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Hochedez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Guillermin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 382, https://journals.openedition.org/economierurale/10718. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.10718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03934226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of low-income consumers in food system transitions: case studies of community supported agriculture and social groceries in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Gallardo Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 103 (4), pp.369-392. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41130-022-00181-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04437794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A composição social do território na constituição das Cestas de Bens e Serviços: o exemplo da estruturação local dos circuitos curtos de proximidades alimentares na França</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pecqueur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 42 (1), pp.42-59. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.2022.v42.781⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03836946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PSDR4 FRUGAL -Approcher les systèmes alimentaires urbains par les indicateurs : décrire, comparer, prioriser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Hochedez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Margetic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 86, pp.91-105. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les systèmes alimentaires de proximité à l’épreuve de la Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuna Chiffoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégori Akermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes alimentaires / Food Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Systèmes alimentaires / Food Systems 2020, n° 5, 2020 (5), pp.89-110. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-11062-0.p.0089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03031978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From useful to invasive, the status of gorse on Reunion Island</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Udo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Atlan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 229, pp.166-173. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jenvman.2018.06.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01827712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huit initiatives bretonnes d’agriculture urbaine solidaire : quelles formes de justice et de démocratie alimentaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Hors-série 31, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.21209⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02368766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers des solidarités alimentaires territorialisées... Retour sur la recherche-action SOLALTER menée en Bretagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropology of Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01718364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les mangeurs ont renversé l’ordre des préoccupations; Des circuits courts aux systèmes alimentaires territorialisés : panorama sur deux décennies d’évolutions en France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urbanisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 405</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biens publics : construction économique et registres sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01544549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire humaine et naturelle d’une invasion biologique [Human and natural history of a biological invasion]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Udo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Tarayre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Atlan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d’ethnoécologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9, pp.article2724. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ethnoecologie.2724⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01618943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment favoriser la fourniture de biens publics d’origine agricole en Europe ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Giorgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Billaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01885216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public goods. Sociological Approach of an Economic Construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.11805⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02368719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of the uses of gorse in native and invaded regions: what are the impacts on its dynamics and management?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Attlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Udo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Hornoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sup12, pp.191-206</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rennes, ville vivrière?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 4, pp.405-414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01544554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of the uses of gorse in native and invaded regions: what are the impact on its dynamics and management?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Atlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Udo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Hornoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 70 (supplément 12 - Espèces nvasives), pp.191-206</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment favoriser la fourniture de biens publics d'origine agricole en Europe ? Les gens ne viennent pas voir la qualité de l'eau dans un ruisseau, ils viennent voir un paysage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Giorgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Billaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 96 (4), pp.625-641</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01471515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand producteurs et consommateurs se « reconnectent »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Durand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Place publique (Rennes)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, #32 Novembre-Décembre 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01544552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rennes, ville vivrière ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 224 (4), pp.405. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pour.224.0405⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02551957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les circuits courts dans les villes, comparaison entre Pilsen (République Tchèque) et Rennes (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Zagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 217, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pour.217.0149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00857233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agriculture biologique, le mirage des petites et moyennes exploitations en Pologne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 217</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00991986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invasive species between biology and social sciences: what distinctive features for French overseas territories?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Atlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.101-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00840984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les invasions biologiques entre écologie et sciences sociales: Quelles spécificités pour l'outre-mer français?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Atlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11 (supplement), pp.101-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00704872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les invasions biologiques entre écologie et sciences sociales : quelles spécificités pour l’Outre-Mer français ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Atlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Sup11, pp.101-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PAC et transition agricole en Pologne et Roumanie : les nouveaux termes du processus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice von Hirschhausen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Luce Ghib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Vingt ans de transition agricoles et rurales à l'Est, 325-326, pp.69-84. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.3257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01060535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers effets de la politique européenne des préretraites en Pologne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Mouchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.00-00</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01060503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers effets de la nouvelle politique des préretraites agricoles en Pologne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrisian Mouchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 313-314, pp.85-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La voie paysanne polonaise, une chimère structurelle qui déconcerte l'Europe &amp;quot; Centre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autrepart - Revue de sciences sociales au Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.00-00</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01060427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La voie paysanne polonaise, une chimère structurelle qui déconnecte l'Europe &amp;quot;centre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autrepart - Revue de sciences sociales au Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 46, pp.89-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (47)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-non-human global change: The case study of the Barbary macaque in the National Park of Ifrane in Morocco.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Minot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Ernoult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Ménard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autumn School « Global Forests 2024 » Forest Biodiversity: the ecology-social sciences dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIP ECOFOR, Oct 2024, Oxford, Maison française d'Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05434237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État des lieux et pistes de recherche sur les compétences des collectivités territoriales en matière alimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice N’daye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rendez-vous d’automne du Réseau National des Projets alimentaires territoriaux (RnPAT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gouvernance alimentaire locale selon FRUGAL (FoRmes Urbaines et Gouvernance Alimentaire)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Margetic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ateliers Lascaux "Politiques foncières innovantes ; Politiques agricoles et alimentaires innovantes"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saisir le système alimentaire urbain par les indicateurs (FRUGAL)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Hochedez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Margetic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium PSDR 4 « transitions pour le développement des territoires »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02983314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frises chronologiques de la gouvernance de la transition agricole et alimentaire dans 4 villes de l'Ouest de la France : quels enseignements ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Hochedez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guillemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIIeme journées de la recherche en sciences sociales "L"innovation sociale"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRA-SFER-CIRAD, Dec 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02413167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les catégorisations du foncier agricole à Belle-Ile-en-Mer, révélatrices des spécificités sociales insulaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bedrani Naila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Congretel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8eme congrès de l'association française de sociologie "Classer, déclasser, reclasser"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de sociologie, Aug 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02368903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filières agricoles insulaires : spécificités systémiques, dynamiques de transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Chau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloques Des Iles à venir, Brest 17 et 18 octobre 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Louis Brigand, Université de Bretagne Occidentale (UBO) ; Fondation de France ; Association Les îles du Ponant (AIP), Oct 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02552000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers retours d'expériences sur la recherche-action FRUGAL (FoRmes Urbaines & Gouvernance Alimentaire PSDR4, 2015-2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Rencontre nationale de l’Agora des Colibris : " Comment nourrir la ville de façon durable ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Piriac/mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrire et comparer les systèmes alimentaires urbains : proposition d'un jeu d'indicateurs pour onze aires urbaines françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doriane Guennoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Bermond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12èmes Journées de Recherches en Sciences Sociales INRA-SFER-CIRAD : Food for Tomorrow/Cap Aliment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02269232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-feeding city: the case of Rennes, France Presenting the urban context and a project of extended urban fruit trees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th AESOP-Sustainable Food Planning Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Coventry, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01655938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des circuits courts agri-urbains vecteurs de durabilité sociale alimentaire ? Démocratie / justice agri-alimentaire et solidarités territoriales en Bretagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultures urbaines durables : vecteur pour la transition écologique, CERTOP et LISST Dynamiques rurales, Université de Toulouse 2 Jean Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01654404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gouvernance alimentaire à l’échelle d’une agglomération : enjeux et première méthode d’approche. L’apport du projet FRUGAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École chercheurs PSDR4, INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Aspet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01656616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des systèmes alimentaires relocalisés plus durables : vers un accès à une alimentation de qualité pour tous.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Saint-Étienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some evidences in favour of a widespread territorial transition process towards local food systems in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Democratizing Food Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American University of Rome, Oct 2016, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01639175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solidarités territoriales et circuits courts alimentaires. Quelques enseignements du projet de recherche-action SOLALTER en Bretagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Gouvernance alimentaire territoriale », Formation du DU « Développement durable appliqué », Université de Nantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01683127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des systèmes alimentaires relocalisés plus durables : vers un accès à une alimentation de qualité pour tous… Eléments de réflexions autour des solidarités alimentaires territorialisées en Bretagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD 2016. Energie, environnement et mutations sociales, session « Alimentation et développement durable : quelle durabilité des systèmes alimentaires relocalisés ? », </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, St Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01655992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les initiatives de solidarités alimentaires territorialisées en Bretagne : la recherche-action SOLALTER</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études de l’Axe 2, « Nourriture locale et justice sociale », UMR LADYSS – Univ. Paris 8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01683140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers des solidarités alimentaires territorialisées en Bretagne. Présentation et enseignements du projet de recherche-action Solalter »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité opérationnel du Réseau Rural des Pays de la Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Durtal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agriculture familiale dans les territoires en transition : bipolarisation ou continuum dans les processus d'innovation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Structures d’exploitation et exercice de l’activité agricole : Continuités, changements ou ruptures? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Economie Rurale, Feb 2015, RENNES, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01543374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers des solidarités alimentaires territorialisées... Retour sur la recherche-action SOLALTER menée en Bretagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès 2015 de l’Association Française de Sociologie, AFS-RT 21 « Mouvements sociaux »,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Versailles - St Quentin en Yvelines, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01654402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les initiatives territoriales d’accessibilité sociale des circuits courts : retour d’expériences sur le projet SOLALTER</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circuits courts alimentaires et accessibilité sociale. Quels enjeux, quelles réalités, journée régionale de réflexion et d’échanges, </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Alençon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01683102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farming systems as providers of public goods: a sociological perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pereira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII World Congress of Rural Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Lisbonnes (Portugal), Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rennes Self feeding city</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture Through the City, Farming space in the territorial project</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Venise (Italie), Italy. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rennes Self feeding city</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Verdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Urban Food Network, GOUVERNANCE ALIMENTAIRE URBAINE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Paris (FR), France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Develop sustainable rural economies by promoting local processing and marketing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence au "European Organic Congress", Gödöllö</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qui lutte aujourd'hui pour la conquête du titre d'agriculture durable ? Trajectoires de modèles, illustrations contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'association française de sociologie "Savoirs, travail et professions"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Grenoble (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a self-feeding city ? The example of Rennes Metropole (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congress of European Society of Rural Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Chania (GR), Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating and supporting the sustainability of Polish small and medium-size family farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The present and the future of small farms in the european union</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Cracovie (PL), Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les discours sur le développement durable à l’épreuve d’une invasion végétale : l’Ile de la Réunion, un laboratoire clos pour l’élaboration d’un compromis entre acteurs autour de l’ajonc d’Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Développement durable, communautés &amp; sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Mulhouse, France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressources of the mobilisation of Local Food Systems. Role of local authorities and local policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FAAN workshop Local Food Systems: practices and strategies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Bruxelles (BE), Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local Food Systems: practices and strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Levidow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Workshop held</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Bruxelles (BEL), Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mieux connaître les circuits courts pour mieux les soutenir politiquement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence organisée par "Réseau rural français, ministère de l'Agriculture", Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressources of the mobilisation of Local Food Systems. Role of local authorities and local policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FAAN workshop Local Food Systems: practices and strategies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Commission. BEL., Feb 2010, Bruxelles, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mieux connaître les circuits courts pour mieux les soutenir politiquement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque national circuits courts alimentaires : état des lieux de la recherche et mise en réseau des acteurs de la recherche et du développement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Sciences pour l'Action et le Développement : Activités, Produits, Territoires (1048).; Fédération Nationale de Centres d'Initiatives pour Valoriser l'Agriculture et le Milieu rural (FNCIVAM). FRA., May 2010, Paris, France. 41 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les discours sur le développement durable à l'épreuve d'une invasion végétale : l'Ile de la Réunion, un laboratoire clos pour l'élaboration d'un compromis entre acteurs autour de l'ajonc d'Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Développement durable, communautés &amp; sociétés FRE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Mulhouse (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendras, 40 ans après : un modèle actualisé pour caractériser les prises à parti contemporaines des sociétés paysannes européennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Congrès de l'AFS : Violences et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Sociologie (AFS). FRA., Apr 2009, Paris, France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendras, 40 ans après : un modèle actualisé pour caractériser les prises à parti contemporaines des sociétés paysannes européennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Congrès de l'AFS : Violences et société FRE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Paris (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00730014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de la transaction sociale autour des bénéfices tirés des haies bocagères : le cas de l'Ille-et-Vilaine de 1940 à aujourd'hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Congrès AISLF FRE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Istanbul (TR), Turquie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de la transaction sociale autour des bénéfices tirés des haies bocagères : le cas de l’Ille-et-Vilaine de 1940 à aujourd’hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Congrès AISLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AISLF Association Internationale des Sociologues de langue française. FRA., Jul 2008, Istanbul, Turquie. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Injonction modernisatrice et stratégies d'adaptation des petites exploitations en Pologne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilia Chantre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence au séminaire CERI/CNRS/Sciences Po "Développements ruraux et modes de vie paysans, une comparaison Europe / Asie"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique structurelle européenne, paysans polonais et développement durable : un rendez-vous différé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'agriculture française et l'agriculture polonaise dans l'Europe de 2007 : expériences partagées et intérêts communs ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Echanges vivriers non monétarisées en Pologne et système agro-alimentaires alternatifs occidentaux : perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Congrès AISLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AISLF Association Internationale des Sociologues de langue française. FRA., Jul 2008, Istanbul, Turquie. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets paradoxaux de la nouvelle politique des préretraites en Pologne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Bazin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Journées INRA-SFER de recherches en sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questioning the concept of performance: family-like polish farming systems facing CAP conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Congress of the European Society for Rural Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Rural Sociology / Société Européenne de Sociologie Rurale (ESRS). INT., Aug 2007, Wageningen, Netherlands. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutions européennes, paysans polonais et développement durable : un rendez-vous différé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à l'Académie polonaise des sciences, Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle social de la diversification des activités paysannes en Pologne, enjeu incontournable des politiques structurelles européennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Mouchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Journées INRA-SFER de recherches en sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution au forum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’avenir de l’alimentation et des petits producteurs. Conférence électronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Londres, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manger au temps du coronavirus. Enquête sur les systèmes alimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuna Chiffoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégori Akermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Apogée Edition, 161 p., 2020, 9-782843-986840</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03099263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production de biens publics en agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Berriet-Solliec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Devienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Educagri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.224, 2016, Références (Educagri), 979-10-275-0030-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'arbre, la haie, les hommes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes/Écomusée du Pays de Rennes, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01060938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donner du sens aux pratiques d’écologisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lamine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques et savoirs agricoles dans la transition agroécologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions des archives contemporaines, pp.61-78, 2022, 978-2-81300-356-0. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17184/eac.3055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03905886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la différenciation sociale des pratiques alimentaires à la structuration locale des circuits courts de proximité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pecqueur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Di Lauro A., Strambi G. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le funzioni sociali dell'agricoltura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, ETS, 2021, Nurtidialogo</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03182861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gouvernance alimentaire à l'échelle d'une agglomération : enjeux et première méthode d'approche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Coutolleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">TORRE A., WALLET F., NGUYEN BA S. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires en transition. Construire des partenariats des connaissances et des pratiques innovantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02422270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Espèce nuisible, espèce invasive : des statuts publics inscrits dans la succession des lectures du monde. Le cas de l’ajonc d’Europe sur l’île de la Réunion.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Udo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Atlan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">R. Luglia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sales bêtes ! Mauvaises herbes ! « Nuisible », une notion en débat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 229, Presses Universitaires de Rennes, pp.166-173, 2018, 978-2-7535-8912-4. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.168527⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The &amp;quot;missing actor”: Alternative Agri-Food Networks facing resistances of key regime actor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emi Tsakallou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukas Zagata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lee-Ann Sutherland et al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition Pathways towards Sustainability in Agriculture: Case Studies from Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CABI, pp.143-156, 2014, 978-1-78064-219-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Référentiel central des circuits courts de proximité : Mise en évidence et statut pour l'action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Durand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ouvrage "Circuits courts, contribution au développement régional"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Educagri, non paginé, 2011, 2844448089, 9782844448088</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour d’expérience sur la préparation du mémoire d’HDR (suggestions pour en faciliter la conception et la rédaction)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05405049v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser le foncier agricole comme un outil décisif pour la transition écologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Le Caro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Clisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02364184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le statut social du Tertre de Brandefer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Boudes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, pp.47-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01349192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accessibilité à l'alimentation : Panorama de la situation et des enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projet Solalter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FarmPath Project : Initiative report on High Nature Value Agriculture in Vosges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 40 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FarmPath Project : Initiative report on Reducing environmental impact of agriculture in Lannion's Bay (Fr)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 37 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FarmPath projects : Cluster report on Alternative Marketing Channels case studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Zagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tsakalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Diaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 36 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FarmPath Project : Initiative report on Alternative Marketing Channels in Rennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 39 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FAAN policy report for France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, 38 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis report on National Policy Frameworks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, 80 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00730083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WP3 Report on French case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, 34 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00730118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeu d'indicateurs frugal : vers la résilience des systèmes alimentaires locaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Hochedez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Vachelard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EVOLUTION DES USAGES DES AJONCS DANS LES ZONES D'ORIGINE ET ENVAHIES : QUELS IMPACTS SUR LA DYNAMIQUE ET LA GESTION ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Atlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Udo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Hornoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête sociologique auprès des agriculteurs planteurs de bocage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toussaint Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut Agro Agrocampus Ouest - UMR CNRS 6590 ESO. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les systèmes alimentaires urbains : flux alimentaires, systèmes d’acteurs et formes urbaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pecqueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Saleilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR ESO, UMR PACTE, Terres en Villes. 2020, 229 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02987347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bulletins de partage (1, 2, 3, 4, 5, conclusif) « Manger au temps du coronavirus »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuna Chiffoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bodiguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégori Akermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] CNRS; RMT Alimentation locale; Terralim. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03099287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sur les Projets Alimentaires Territoriaux (P.A.T.) en France : Etat des lieux et analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bréger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Agrocampus Ouest : Rennes; Cabinet Territoires et Alimentation Terralim. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des changements d'usages des terres dans les conflits homme/faune sauvage: enjeux pour la gestion de la biodiversité de l’écosystème cédraie du Moyen Atlas (Maroc).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Le Gouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Menard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Butet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Rantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahcen Chillasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] osur-Station biologique de Paimpont; Ecobio UMR 6553, CNRS/Univdersité de Rennes 1; Ecole Nationale Forestière d'Ingénieurs, Salé, Maroc; Agrocampus Ouest - UMR ESO (Espaces et Sociétés); IDDRI - Institut du Développement Durable et des Relations Internationales; ECOBIO, UMR6553, avenue de Général Leclerc, Campus de Beaulieu, 35042 Rennes; Université de Meknès (Maroc). 2018, 16p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03013205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un système alimentaire solidaire en Bretagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Agrocampus - Ecole nationale supérieure d'agronomie de rennes; FR CIVAM Bretagne. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01466814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journée d’échanges du projet SOLALTER</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Agrocampus Ouest Rennes et FR CIVAM Bretagne. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02438792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rennes Métropole, ville vivrière ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Bigot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Agrocampus ouest. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03481870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local Food Systems: practices and strategies . European Workshop held on 22 February 2010, Brussels. FAAN Report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Levidow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis report on National Policy Frameworks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] R2b, auto-saisine. 2009, 80 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WP3 Report on French case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] Communauté Economique Européenne. 2009, 34 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FAAN policy report for France [Rapport intermédiaire]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] auto-saisine. 2009, 38 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paysans polonais à l'épreuve de la PAC. Analyse multi-disciplinaire d'un référentiel professionnel pour un dialogue de normes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. AGROCAMPUS OUEST, 2008. Français. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02824967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paysans polonais à l'épreuve de la PAC - Une analyse multi-disciplinaire d'un référentiel professionnel pour un dialogue de normes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Darrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Agrocampus - Ecole nationale supérieure d'agronomie de rennes, 2008. Français. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00452538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId227"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="74152DE2"/>
+    <w:nsid w:val="589A58B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -254,51 +254,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="CA217667"/>
+    <w:nsid w:val="43D4B979"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -402,51 +402,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="AD1DF39A"/>
+    <w:nsid w:val="302A0CD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -550,51 +550,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="C4487CFE"/>
+    <w:nsid w:val="0A9E7B70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -698,51 +698,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="45A17159"/>
+    <w:nsid w:val="43B93670"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -846,51 +846,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="C38A38D4"/>
+    <w:nsid w:val="900AD299"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1092,51 +1092,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eso.cnrs.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://genie-environnement.institut-agro-rennes-angers.fr/fr/specialisation-dingenieur" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institut-agro-rennes-angers.fr/formation/masters/parcours-transition-environnement-agriculture-milieux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imrd.ugent.be/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rmt-alimentation-locale.org/covid-19-et-alimentation" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://raia-iles.fr/projet-de-recherche/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://halshs.archives-ouvertes.fr/halshs-02987347/document" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colloque.inrae.fr/mcae-obs/content/download/3484/36566/version/1/file/Synthe%CC%80se+MCAE-Obs+TAE.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://farmpath.hutton.ac.uk/fr" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.autonomiealimentaire.info/wp-content/uploads/2020/02/etude_rennes_darrot_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hal-03277645/document" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projetfrugal.fr/wp-content/uploads/2020/11/frugal-livret-recherche-04-ld.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://valleedelavilaine.fr/les-sons/static/documents/etudes-memoires-articles-territoire-et-projet/la-prevalaye-paysanne-plurielle-carasso-855209b426.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eso-rennes.cnrs.fr/fr/recherche-1/archives/anr-maris.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anr.fr/Projet-ANR-10-STRA-0006" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cna-alimentation.fr/wp-content/uploads/2021/07/CNA_Avis89_retex_covid.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hal-02465471" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hal-03655351" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://journals.openedition.org/aof/8271" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://journals.openedition.org/ethnoecologie/2724" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04629017v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Darrot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Marie" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bodiguel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Hochedez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Margetic" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jibes.344.0101" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437794v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gallardo Gomez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-022-00181-3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934226v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guillemin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Guillermin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.10718" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03836946v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pecqueur" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.2022.v42.781" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03838642v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art09" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031978v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuna Chiffoleau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gori Akermann" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mar&#233;chal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11062-0.p.0089" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01827712v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Udo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Atlan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2018.06.036" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368766v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Noel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.21209" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718364v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02053529v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618943v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tarayre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.2724" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368719v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boudes" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.11805" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885216v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Giorgis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Billaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01544549v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530723v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Attlan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hornoy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01544554v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471515v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358427v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551957v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.224.0405" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01544552v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Durand" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00857233v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Diaz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Zagata" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.217.0149" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00991986v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martinez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704872v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530760v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00840984v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01060535v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice von Hirschhausen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Luce Ghib" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.3257" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01060503v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bazin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mouchet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462502v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrisian Mouchet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01060427v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729879v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05434237v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Minot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Simon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ernoult" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly M&#233;nard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929625v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929631v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice N&#8217;daye" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02983314v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368903v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedrani Naila" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Congretel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552000v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413167v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421243v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02269232v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Guennoc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bermond" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654404v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01655938v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683127v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Berger" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655992v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683140v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656616v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349972v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639175v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421178v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01543374v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654402v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683102v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00912583v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pereira" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00920116v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Verdier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00920117v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729404v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729355v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729388v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01064730v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819042v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729569v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Levidow" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729609v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819140v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01064714v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462472v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729565v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730014v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819086v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729135v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462463v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01064603v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Chantre" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462464v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462416v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756254v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462477v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01064568v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754309v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750684v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099263v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595669v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Berriet-Solliec" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Devienne" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.educagri.fr/livres/4887-la-production-de-biens-publics-en-agriculture.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01060938v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03905886v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ollivier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3055" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03182861v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422270v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coutolleau" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957495v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.168527" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240133v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emi Tsakallou" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Zagata" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729389v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405049v2" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364184v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Le Caro" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clisson" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01349192v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420896v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00920096v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Diaz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00920100v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zagata" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tsakalou" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00920090v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00920092v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729202v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730083v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730118v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Berger" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804542v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vachelard" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358433v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277645v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toussaint Marie" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099287v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02987347v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Saleilles" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465471v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Br&#233;ger" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03013205v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Gouar" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Menard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Butet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Rantier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahcen Chillasse" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438792v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01466814v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481870v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Verdier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bigot" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821171v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Les Levidow" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462545v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462478v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462531v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00452538v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02824967v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eso.cnrs.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://genie-environnement.institut-agro-rennes-angers.fr/fr/specialisation-dingenieur" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institut-agro-rennes-angers.fr/formation/masters/parcours-transition-environnement-agriculture-milieux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imrd.ugent.be/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rmt-alimentation-locale.org/covid-19-et-alimentation" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://raia-iles.fr/projet-de-recherche/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://halshs.archives-ouvertes.fr/halshs-02987347/document" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colloque.inrae.fr/mcae-obs/content/download/3484/36566/version/1/file/Synthe%CC%80se+MCAE-Obs+TAE.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://farmpath.hutton.ac.uk/fr" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.autonomiealimentaire.info/wp-content/uploads/2020/02/etude_rennes_darrot_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hal-03277645/document" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projetfrugal.fr/wp-content/uploads/2020/11/frugal-livret-recherche-04-ld.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://valleedelavilaine.fr/les-sons/static/documents/etudes-memoires-articles-territoire-et-projet/la-prevalaye-paysanne-plurielle-carasso-855209b426.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eso-rennes.cnrs.fr/fr/recherche-1/archives/anr-maris.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anr.fr/Projet-ANR-10-STRA-0006" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cna-alimentation.fr/wp-content/uploads/2021/07/CNA_Avis89_retex_covid.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hal-02465471" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hal-03655351" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://journals.openedition.org/aof/8271" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://journals.openedition.org/ethnoecologie/2724" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04629017v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Darrot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Marie" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bodiguel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Hochedez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Margetic" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jibes.344.0101" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934226v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guillemin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Guillermin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.10718" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437794v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gallardo Gomez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-022-00181-3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03836946v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pecqueur" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.2022.v42.781" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03838642v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art09" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031978v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuna Chiffoleau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gori Akermann" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mar&#233;chal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11062-0.p.0089" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01827712v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Udo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Atlan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2018.06.036" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368766v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Noel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.21209" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718364v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02053529v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01544549v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boudes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618943v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tarayre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.2724" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885216v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Giorgis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Billaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368719v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.11805" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530723v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Attlan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hornoy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01544554v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358427v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471515v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01544552v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Durand" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551957v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.224.0405" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00857233v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Diaz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Zagata" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.217.0149" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00991986v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martinez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00840984v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704872v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530760v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01060535v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice von Hirschhausen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Luce Ghib" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.3257" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01060503v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bazin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mouchet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462502v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrisian Mouchet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01060427v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729879v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05434237v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Minot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Simon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ernoult" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly M&#233;nard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929631v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice N&#8217;daye" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929625v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02983314v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413167v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368903v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedrani Naila" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Congretel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552000v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421243v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02269232v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Guennoc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bermond" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01655938v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654404v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656616v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349972v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639175v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683127v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Berger" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655992v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683140v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421178v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01543374v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654402v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683102v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00912583v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pereira" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00920117v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00920116v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Verdier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01064730v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729388v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729404v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729355v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819042v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729609v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729569v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Levidow" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01064714v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819140v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462472v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729565v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819086v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730014v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729135v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462463v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01064603v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Chantre" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462464v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462416v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756254v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462477v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01064568v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754309v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750684v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099263v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595669v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Berriet-Solliec" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Devienne" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.educagri.fr/livres/4887-la-production-de-biens-publics-en-agriculture.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01060938v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03905886v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ollivier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3055" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03182861v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422270v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coutolleau" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957495v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.168527" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240133v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emi Tsakallou" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Zagata" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729389v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405049v2" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364184v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Le Caro" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clisson" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01349192v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420896v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00920092v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Diaz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00920096v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00920100v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zagata" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tsakalou" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00920090v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729202v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730083v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730118v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Berger" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804542v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vachelard" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358433v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277645v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toussaint Marie" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02987347v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Saleilles" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099287v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465471v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Br&#233;ger" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03013205v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Gouar" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Menard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Butet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Rantier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahcen Chillasse" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01466814v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438792v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481870v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Verdier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bigot" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821171v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Les Levidow" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462545v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462478v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462531v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02824967v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00452538v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>