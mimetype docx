--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Catherine Deborde </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">catherine-deborde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5687-9059</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">234659610</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/HCH-3128-2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ingénieur de Recherche INRAE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes publications de chimiste </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">RMN en solution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> pour </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">explorer les métabolisme et métabolome,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> des bactéries aux plantes en passant par l'animal  depuis 1995et </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">IRM/RMN solide et en solution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> pour </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">caractériser les structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> de plantes, matériaux et assemblages de biopolymères depuis 2023</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (90)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR Analysis of Wine Metabolites: Method Development and Validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Leleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Butelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou-Ann Kurkiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Boulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 31 (1), pp.65. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules31010065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comprehensive platform investigating thermal, mechanical and rheological properties for biocomposite based on poly (3-hydroxybutyrate-co-3-hydroxyvalerate) reinforced with biomass by-products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mathel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theo Le Gagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Falourd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Le-Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Materials and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 45, pp.e01471. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.susmat.2025.e01471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05319950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dataset for common wheat (Triticum aestivum L.) grain and flour characterization using classical and advanced analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Munch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rezette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Buche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Chambrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 59, pp.111375. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2025.111375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937377v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical exchange saturation transfer magnetic resonance imaging for metabolic mapping of ripening tomato fruit: Quite a challenge!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Bonny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 493 (1), pp.145630. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2025.145630⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of metabolic and protein markers representative of the impact of mild nitrogen deficit on agronomic performance of maize hybrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Urrutia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélisande Blein-Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 20 (6), pp.128. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-024-02186-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolite quantification data based on 1H-NMR profiling of eggplant or pepper fruit during its development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Clavé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marguerite Batsale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Research Notes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (1), pp.337. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13104-024-06996-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04800078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative metabolomics reveals how the severity of predation by the invasive insect Cydalima perspectalis modulates the metabolism re–orchestration of native Buxus sempervirens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Emmanuelle Hay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Dussarrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Millery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/plb.13691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New alternative ingredients and genetic selection are the next game changers in rainbow trout nutrition: a metabolomics appraisal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Médale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13, pp.19634. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-023-46809-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04305424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR metabolite quantification of a synthetic urine sample: an inter-laboratory comparison of processing workflows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Canlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edern Cahoreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roselyne Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 19 (7), pp.65. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-023-02028-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04155487v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-omics quantitative data of tomato fruit unveils regulation modes of least variable metabolites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salimata Diarrassouba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23 (365), </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12870-023-04370-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04183193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a metabolomic characterization of the grapevine response to &amp;quot;flavescence dorée&amp;quot; infection by NMR and LC-MS profiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josep Valls Fonayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Malembic-Maher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytopathogenic Mollicutes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.17-18. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5958/2249-4677.2023.00009.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biological and Chemical Characterization of Musa paradisiaca Leachate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Boulogne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucienne Desfontaines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Durambur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (10), pp.1326. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biology12101326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04237977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PeakForest: a multi-platform digital infrastructure for interoperable metabolite spectral data and metadata management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Paulhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Canlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelaure Damont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lindsay Peyriga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18 (6), pp.40. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-022-01899-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development, Validation, and Use of 1H-NMR Spectroscopy for Evaluating the Quality of Acerola-Based Food Supplements and Quantifying Ascorbic Acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Bourafai-Aziez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwladys Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Cassin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Rousselot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (17), pp.5614. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules27175614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03767989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical assessment of metabolism and related growth and quality traits in trout fed spirulina-supplemented plant-based diets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 553, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2022.738033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03592312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maize metabolome and proteome responses to controlled cold stress partly mimic early‐sowing effects in the field and differ from those of Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Urrutia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melisande Blein-Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Prigent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 44 (5), pp.1504-1521. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/pce.13993⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MRSI vs CEST MRI to understand tomato metabolism in ripening fruit: is there a better contrast?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Bonny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 413, pp.1251-1257. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-020-03101-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03101885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolite Fruit Profile Is Altered in Response to Source–Sink Imbalance and Can Be Used as an Early Predictor of Fruit Quality in Nectarine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Paz Covarrubias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Lillo-Carmona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorena Melet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianfranco Benedetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Andrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.604133. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2020.604133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Putative imbalanced amino acid metabolism in rainbow trout long term fed a plant-based diet as revealed by 1 H-NMR metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nutritional Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10, pp.e13. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jns.2021.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03163223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction to : MRSI vs CEST MRI to understand tomato metabolism in ripening fruit: is there a better contrast ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Bonny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 413 (6), pp.1777-1777. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-021-03180-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03297107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR Metabolomics at Natural 13 C Abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gandriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 92 (22), pp.14867-14871. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.0c03510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03035414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proton-NMR Metabolomics of Rainbow Trout Fed a Plant-Based Diet Supplemented with Graded Levels of a Protein-Rich Yeast Fraction Reveal Several Metabolic Processes Involved in Growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadege Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Larroquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 150 (9), pp.2268-2277. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jn/nxaa206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02927022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in plant growth, Cd partitioning and xylem sap composition in two sunflower cultivars exposed to low Cd concentrations in hydroponics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Bussiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Coriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 205, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2020.111145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02926808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The tomato Guanylate-Binding Protein SlGBP1 enables fruit tissue differentiation by maintaining endopolyploid cells in a non-proliferative state</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Musseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Jorly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Gadin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iben Sørensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Plant cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 32 (10), pp.3188-3205. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1105/tpc.20.00245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02914290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrative Metabolomics for Assessing the Effect of Insect (Hermetia illucens) Protein Extract on Rainbow Trout Metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Guimas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadege Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (3), pp.83. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/metabo10030083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02570723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomics and fish nutrition: a review in the context of sustainable feed development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadege Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reviews in Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 112 (1), pp.261-282. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/raq.12316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02141403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Metabolomics and Molecular Phylogenetics of Melon (Cucumis melo, Cucurbitaceae) Biodiversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. William Allwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asaph Aharoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Beale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (3), pp.121. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/metabo10030121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02533195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomass composition explains fruit relative growth rate and discriminates climacteric from non-climacteric species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Prigent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Klose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coffi-Belmys Cakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 71 (19), pp.5823-5836. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/eraa302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omics data reveal putative regulators of einkorn grain protein composition under sulfur deficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Bonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Hatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Dardevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 183 (2), pp.501-516. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.19.00842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02553742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Central Metabolism Is Tuned to the Availability of Oxygen in Developing Melon Fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kentaro Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. William Allwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, pp.594. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2019.00594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR-Based Tissular and Developmental Metabolomics of Tomato Fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (5), pp.93. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/metabo9050093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing 1D 1H-NMR profiling of plant samples for high throughput analysis: extract preparation, standardization, automation and spectra processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier J.-X. Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adolfo Botana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Nicaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (3), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-019-1488-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic characterization of sunflower leaf allows discriminating genotype groups or stress levels with a minimal set of metabolic markers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Urrutia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (4), pp.56. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-019-1515-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02487236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing alternative feeds for rainbow trout (O. mykiss) by 1 H NMR metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luce Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Kurz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (12), pp.155. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-018-1454-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02141406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A systems biology study in tomato fruit reveals correlations between the ascorbate pool and genes involved in ribosome biogenesis, translation, and the heat-shock response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Stevens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baldet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Causse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9 (137), 16 p. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2018.00137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01721265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR metabolomic profiling reveals a distinct metabolic recovery response in shoots and roots of temporarily drought-stressed sugar beets.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rita Wedeking</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (5), pp.e0196102. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0196102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mycotoxin biosynthesis and central metabolism are two interlinked pathways in &amp;lt;em&amp;gt;Fusarium graminearum&amp;lt;/em&amp;gt;, as demonstrated by the extensive metabolic changes induced by caffeic acid exposure.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vessela Atanasova-Penichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Legoahec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 84 (8), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/AEM.01705-17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intestinal microbiota in rainbow trout, Oncorhynchus mykiss, fed diets with different levels of fish-based and plant ingredients: A correlative approach with some plasma metabolites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Joël Gatesoupe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Fauconneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (5), pp.1563-1576. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/anu.12793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01901326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">nmrML: a community supported open data standard for the description, storage, and exchange of NMR data.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Schober</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph A Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Marcu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 90 (1), pp.649-656. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.7b02795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabotyping of 30 maize hybrids under early-sowing conditions reveals potential marker-metabolites for breeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Lamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Urrutia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (10), pp.132. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-018-1427-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02539641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of GMO or glyphosate effects on the composition of maize grain and maize-based diet for rat feeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chéreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (36), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-018-1329-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow: a graphical and interactive tool dedicated to 1D spectra processing for NMR-based metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 13 (4), pp.36. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-017-1178-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant metabolism as studied by NMR spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Nuclear Magnetic Resonance Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 102-103, pp.61-97. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pnmrs.2017.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The peach HECATE3-like gene FLESHY plays a double role during fruit development.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Botton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Rasori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiorenza Ziliotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 91 (1-2), pp.97-114. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11103-016-0445-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly Repeatable Dissolution Dynamic Nuclear Polarization for Heteronuclear NMR Metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bornet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 88 (12), pp.6179-6183. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.6b01094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01366193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-Ievel omic approach of tomato fruit quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiaxin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Pascual-Banuls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Desplat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Faurobert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1099, pp.793-800. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17660/ActaHortic.2015.1099.100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01543456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aluminium stress disrupts metabolic performance of Plantago almogravensis plantlets transiently.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomás Grevenstuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anabela Romano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioMetals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 28 (6), pp.997-1007. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10534-015-9884-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02631872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR of plant and cancer cell extracts at natural abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Dumez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Vuichoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bornet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Lalande-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 140 (17), pp.5860-5863. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5an01203a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01366194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maturation of nematode-induced galls in Medicago truncatula is related to water status and primary metabolism modifications.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Baldacci-Cresp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 232, pp.77-85. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.plantsci.2014.12.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic profiling in tomato reveals diel compositional changes in fruit affected by source-sink relationships.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Osorio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 66 (11), pp.3391-404. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erv151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erratum to: COordination of Standards in MetabOlomicS (COSMOS): facilitating integrated metabolomics data access</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reza Salek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Schober</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Hummel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenny Billiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11 (6), pp.1598-1599. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-015-0822-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absolute quantification of metabolites in tomato fruit extracts by fast 2D NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tangi Jézéquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11 (5), pp.1131-1142. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-015-0780-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COordination of Standards in MetabOlomicS (COSMOS): facilitating integrated metabolomics data access</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reza M. Salek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Schober</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Hummel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenny Billiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11 (6), pp.Journal no. 11306. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-015-0810-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01165673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomics in melon: a new opportunity for aroma analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. William Allwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Cheung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Mumm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ric C. H. de Vos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 99, pp.61-72. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phytochem.2013.12.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An efficient spectra processing method for metabolite identification from (1)H-NMR metabolomics data.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 405, pp.5049-5061. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-013-6852-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02648547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic and elemental profiling of melon fruit quality as affected by genotype and environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (1), pp.57-77. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-012-0429-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering genetic diversity and inheritance of tomato fruit weight and composition through a systems biology approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Pascual-Banuls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiaxin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 64 (18), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/ert349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A genomics and multi-platform metabolomics approach to identify new traits of rice quality in traditional and improved varieties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Calingacion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Boualaphanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V.D. Daygon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Anacleto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sackville Hamilton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (5), pp.771-783. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-011-0374-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR metabolomics: Profiling method for a rapid and efficient screening of transgenic plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yosra Ben Akal-Ben Fatma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Pianelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Dieuaide Noubhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Le Menn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">African Journal of Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11 (52), pp.11386-11399. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5897/AJB12.088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Homo)glutathione deficiency impairs root-knot nematode development in Medicago truncatula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Baldacci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Hopkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Pathogens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (1), pp.e1002471. </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.ppat.1002471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Down-regulation of a single auxin efflux transport protein in tomato induces precocious fruit development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariusz M. Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes J. Rohrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 63 (13), pp.4901-4917. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/ers167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic response in roots of Prunus rootstocks submitted to iron chlorosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Jiménez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ollat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yolenda Gogorcena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 168 (5), pp.415-423. </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jplph.2010.08.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MeRy-B: a web knowledgebase for the storage, visualization, analysis and annotation of plant NMR metabolomic profiles.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ferry-Dumazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 11, pp.104. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2229-11-104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00645944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honeydew feeding increased the longevity of two egg parasitoids of the pine processionary moth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Menassieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 135 (3), pp.184-194. </w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1439-0418.2010.01547.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02652483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced polyamine accumulation alters carotenoid metabolism at the transcriptional level in tomato fruit over-expressing spermidine synthase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hichem Neily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiaki Matsukura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 168 (3), pp.242-252. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jplph.2010.07.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extensive metabolic cross-talk in melon fruit revealed by spatial and developmental combinatorial metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asaph Aharoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilana Rogachev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sagit Meir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 190 (3), pp.683-696. </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1469-8137.2010.03626.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02644457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MeRy-B: a web knowledgebase for the storage, visualization, analysis and annotation of plant 1H-NMR metabolomic profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ferry-Dumazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 11:104, pp.10.1186/1471-2229-11-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00648167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of long-term cadmium exposure on growth and metabolomic profile of tomato plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hédia Hédiji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wahbi Djebali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baldet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 73 (8), pp.1965-1974. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2010.08.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02668879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An inter-laboratory comparison demonstrates that [1H]-NMR metabolite fingerprinting is a robust technique for collaborative plant metabolomic data collection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane L. Ward</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John M. Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia J. Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 6 (2), pp.263-273. </w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-010-0200-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic acclimation to hypoxia revealed by metabolite gradients in melon fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Allwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 167 (3), pp.242-245. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jplph.2009.08.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Métabolomique appliquée à l'étude de la physiologie de la tomate : démarche et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spectra Analyse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 271, pp.26-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proton NMR quantitative profiling for quality assessment of greenhouse-grown tomato fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baldet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 5 (2), pp.183-198. </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-008-0134-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H NMR, GC−EI-TOFMS, and data set correlation for fruit metabolomics: application to spatial metabolite analysis in melon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Allwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 81 (8), pp.2884-2894. </w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ac9001996⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrative genomics approach for deciphering the complex interactions between ascorbate metabolism and fruit growth and composition in tomato</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Stevens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Gilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noé Gest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 332, pp.1007 - 1021. </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crvi.2009.09.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gene and Metabolite Regulatory Network Analysis of Early Developing Fruit Tissues Highlights New Candidate Genes for the Control of Tomato Fruit Composition and Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 149 (3), pp.1505-1528. </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.108.133967⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptional and Metabolic Adjustments in ADP-Glucose pyrophosphorylase -deficient bt2 Maize kernels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Cossegal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chambrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Mbelo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Balzergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Martin-Magniette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 146 (4), pp.1553-1570. </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.107.112698⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00412597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR metabolic profiling of wines from three cultivars, three soil types and two contrasting vintages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Elias Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre J.-P. Gaudillere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal International des Sciences de la Vigne et du Vin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 42 (2), pp.103-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative metabolic profiles of tomato flesh and seeds during fruit development: complementary analysis with ANN and PCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Giraudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 3 (3), pp.273-288. </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-007-0059-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sucrose, glucose, and fructose extraction in aqueous carrot root extracts prepared at different temperatures by means of direct NMR measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cazor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé This</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (13), pp.4681-4686. </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf060144i⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01627200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H NMR metabolite fingerprints of grape berry : comparison of vintage and soil effects in Bordeaux grapevine growing areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano E. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre J.-P. Gaudillere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 563 (1-2), pp.346-352. </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aca.2005.11.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02663000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microclimate influence on mineral and metabolic profiles of grape berries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano E. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre J.-P. Gaudillere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (18), pp.6765-6775. </w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf061013k⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02663721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H NMR and chemometrics to characterize mature grape berries in four wine-growing areas in Bordeaux, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano E. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre J.-P. Gaudillere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 53 (16), pp.6382-6389. </w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf058058q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02682189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H NMR and Chemometrics to characterize mature grape berries in four winegrowing areas in Bordeaux-France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Gaudillère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lavialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 53 (16), pp.6382-6389</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00400128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Whole genome sequencing project of a dairy Propionibacterium freudenreichii subsp. shermanii genome: progress and first bioinformatic analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Meurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Rouault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Lait</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 84 (1-2), pp.15-24. </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lait:2003041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00895526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions between pyruvate abd lactate metabolism in Propionibacterium freudenreichii subsp. shermanii: in vivo 13C nuclear magnetic resinance studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 66 (5), pp.2012-2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vivo 13C NMR study of the bidirectional reactions of the wood-werkman cycle and around the Pyruvate node in Propionibacterium freudenreichii subsp. shermanii and Propionibacterium acidipropionici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.B. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 1, pp.309-319</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress and osmoprotection in propionibacteria:</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisabeth Bégué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Lait</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 79 (1), pp.59-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00929637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vivo nuclear magnetic resonance study of citrate metabolism in Propionibacterium freudenreichii subsp. shermanii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.B. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. de Certaines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dairy Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 65 (3), pp.503-514</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du métabolisme des bactéries propioniques laitières par RMN in vitro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Salvat-Brunaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.B. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analusis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 25 (1), pp.15-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02695823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trehalose biosynthesis in dairy Propionibacterium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.B. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Nadal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. de Certaines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of magnetic resonance analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 2, pp.297-304</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02688859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (117)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can metabolic mri be useful to image tomato metabolism?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moing A Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Bonny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Plant Spectroscopy Conference (IPSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03781345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining phenotypic, metabolome and proteome data to study maize response to a mild nitrogen deficit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Urrutia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melisande Blein-Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du Protéome Vert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Gif-sur-Yette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03878405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MRSI vs CEST MRI to understand tomato metabolism during fruit development: Is there a better contrast?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Bonny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th edition of the International Conference on the Applications of Magnetic Resonance in Food Science (MRFOOD2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Aarhus, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RMN métabolomique, aliments et nutrition : quelques exemples de la plateforme Métabolome-MetaboHUB -Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animation scientifique : La Résonance Magnétique Nucléaire dans tous ses états….</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UR370 QuaPA et PF AgroResonance, INRAE, Jun 2021, distanciel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03728319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR Metabolomics at Natural 13C Abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gandriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GERM 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR metabolomics at natural 13C abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gandriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hyp21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Localization of Metabollites In Fruits By NMR : Tissue Dissection and Metabolic Profiling Or Non-Invasive Whole Fruite Imaging ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lemaire-Chamley Martine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deborde Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounet Fabien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maucourt Mickael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées RMN du Grand-Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03757279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic response of Buxus sempervirens to the invasive moth Cydalima perspectalis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-E. Hay-De-Bettignies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vanhaverbeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Touboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RFMF, Nov 2021, Aussois (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04893568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR metabolomics at natural 13C abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gandriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euromar 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Online due to Covid, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05446378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR-based metabolomics workflow for quality and effect assessment of alternative plant-based diets in rainbow trout.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11èmes JS du Réseau Francophone de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RFMF, May 2018, Liège, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03058513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR Metabolomics at Natural 13C Abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gandriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques du réseau francophone de métabolomique et fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Online due to Covid, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05446593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An overview of NMR applications in metabolite profiling of small molecules for plant metabolism studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier J.-X. Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Molinie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. International Plant Spectroscopy Conference (IPSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR-based metabolomics at Bordeaux Metabolome Facility: 4 short stories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Clave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Franco-Israeli Symposium in Magnetic Resonance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Rehovot, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the adaptation of rainbow trout metabolome to novel aquafeeds by H-NMR metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadege Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2019. 15. Annual Conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, La Haye, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02154627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR metabolomic investigation of the effect of alternative diets on rainbow trout plasma profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Aquaculture 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Aquaculture Society (EAS)., Aug 2018, Montpellier, France. 848 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrative 1H-NMR metabolomic investigation of the effect of alternative diets on rainbow trout plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. ISFNF International Symposium on Fish Nutrition and Feeding "40 years of research in fish nutrition"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Las Palmas de Gran Canaria, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mycotoxin biosynthesis and central metabolism are two interlinked pathways in Fusarium graminearum, as demonstrated by the extensive metabolic changes induced by caffeic acid exposure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chéreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vessela Atanasova-Penichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Legoahec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. European Fusarium Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universität für Bodenkultur Wien [Vienne, Autriche] (BOKU). AUT., Apr 2018, Tulln, Austria. 122 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrative and predictive biology outside the plant: linking computational tools to fleshy fruit systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Colombie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Nazaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Benard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Biologie synthétique et systémique, BioSynSys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bornet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Dumez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Vuichoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Lalande-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique RFMF 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Francophone de Métabolomique et Fluxomique (RFMF). FRA., May 2016, Monpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport des approches de métabolomique sur l'adaptation des poissons à une alimentation durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Fauconneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Corraze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Médale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journées Scientifiques Internationales sur la Valorisation des Bioressources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Sousse, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01901296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leaf marker metabolites for low nitrogen stress in maize</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Urrutia Rosauro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biology Europe EPSO/FESPB 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consequences of high temperatures and drought on peach fruit production strongly depends on their period of occurence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Adra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Vercambre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Bakan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Noblet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate-Smart Agriculture 2015 : Global Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absolute quantitative metabolomics of plant extracts by fast 2D NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Giraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tangi Jézéquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56. Experimental Nuclear Magnetic Resonance Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Pacific Grove, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using metabolomic approaches and modelling of central metabolic to study fleshy fruit quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Colombie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. International Symposium on Metabolomics in Mexico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Guadalajara, Mexico. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RMN 2D rapide pour la métabolomique quantitative ciblée d'extraits végétaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tangi Jézéquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Francophone de Métabolomique et Fluxomique (RFMF). FRA., Jun 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des empreintes métabolomiques en lien avec le potentiel toxinogène chez le champignon phytopathogène &amp;lt;em&amp;gt;Fusarium graminearum&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Escourrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vessela Atanasova-Penichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chéreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Moinard-Monmarson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Francophone de Métabolomique et Fluxomique (RFMF). FRA., Jun 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of metabolomics approaches for quality assessment of plant-based diet in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Joubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Aquaculture Society (EAS). BEL., Oct 2015, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using developmental and diurnal compositional changes of tomato to study metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Osorio-Algar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetaboHUB and RFMF : two tools at the service of metabolomics and fluxomics in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriant Bellvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bertrand-Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Canlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MERLION Metabolomics Workshop Singapore 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomics of growth and type B trichothecenes production in Fusarium graminearum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Legoahec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vessela Atanasova-Penichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Ponts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. European conference on fungal genetics - Fusarium satellite meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Séville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La métabolomique : un outil de la génomique fonctionnelle au service de la biologie des systèmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Congrès Jeunes Chercheurs de la SFBV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Biologie Végétale (SFBV). FRA., Jun 2014, Tours, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ERVA: a novel method of binning, allowing chemical information to be highlighted, from 1H-NMR metabolics data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Amiens, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetaboHUB: a national infrastructure dedicated to metabolomics and fluxomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice A. Agasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bertrand-Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. R. Cole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. B. Colsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journées scientifiques du Réseau Français de Métabolomique et de Fluxomique (RFMF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetaboHUB: a french infrastructure dedicated to metabolomics and fluxomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice A. Agasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bertrand-Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. R. Cole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Colombie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2013 - 9. Annual conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetaboHUB: une infrastructure nationale au service de la métabolomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice A. Agasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bertrand-Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. R. Cole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. B. Colsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séance thématique "La métabolomique : son application en recherche pharmaceutique et diagnostique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie Nationale de Pharmacie. FRA., Feb 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic and molecular profiling of a slow ripening peach selection reveals new mechanisms controlling mesocarp development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rasori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. International Peach Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Horticultural Science (ISHS). INT., Jun 2013, Matera, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diurnal compositional changes of tomato fruit and leaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Benard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Osorio-Algar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Glasgow, United Kingdom. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining systems biology, genome resequencing and MAGIC population to decipher the genetic variation of tomato fruit quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Pascual</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiaxin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Desplat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Y. Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Solanaceae conference (SOL 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomics data integration in tomato plant-fruit systems biology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics-2012, International Conference and Exhibition on Metabolomics &amp; Systems Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-Ievel omic approach of tomato fruit quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiaxin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Pascual</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Desplat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Faurobert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Y. Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Symposium on Horticulture in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compositional changes of tomato seeds during development and maturation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ousmane Harouna Kore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique (RFMF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Nantes, France. p. 60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02807332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolite profiling and feeding bioassays suggest a major role for a dicaffeoylquinic acid in induced resistance of peach to Myzus persicae aphid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poëssel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Sauge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Staudt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PRIR 2011 Joint International Workshop: "PR-proteins Workshop" and the "Working Group Induced Resistance in Plants Against Insects and Diseases"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Neuchâtel, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tools and applications in plant metabolomics at Bordeaux Metabolome Fluxome Facility (PMFB; http://www.bordeaux.inra.fr/umr619/NMR.htm)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labo/service de l'auteur, Ville service., May 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d'outils informatiques pour le traitement et l'analyse des données en RMN-1H, dans un contexte d'expériences métabolomiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labo/service de l'auteur, Ville service., May 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the control of fruit sensorial and nutritional quality in tomato: functional genomics approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rothan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Viron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Gilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie V. Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Biogenouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profils métaboliques du fruit de tomate au cours de sa maturation en présence de cadmium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hédia Hédiji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wahbi Djebali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labo/service de l'auteur, Ville service., May 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation journalière de la composition métabolique de fruit de tomate en cours de maturation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Benard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Osorio-Algar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labo/service de l'auteur, Ville service., May 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">500 MHz-1H NMR profiling for quality assessment of broccoli florets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Valverde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Padraig Mcloughlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Reilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Gaffney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mery-B: a web knowledgebase for the storage, visualization, analysis and annotation of plant metabolomics profiles obtained by NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ferry-Dumazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candidate gene mapping and QTL analysis involved in agronomical and fruit quality traits in Prunus species in the European integrated project ISAFRUIT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Dirlewanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Cardinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loick Le Dantec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Plant &amp; Animal Genomes Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant metabolomics at Bordeaux Metabolome-Fluxome Facility. Tools and applications at PMFB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Quintana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypic variability among wild Vitis species: a tool to study some mechanisms underlying berry development and composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ollat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Decroocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Bordenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Hevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Rencontres Annuelles de l'ISVV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut des Sciences de la Vigne et du Vin (ISVV). FRA., Jul 2010, Villenave d'Ornon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02817846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The French Metabolomics and Fluxomics network (RFMF Réseau Français de Métabolomique et Fluxomique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra and interspecific biochemical phenotyping of Vitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ollat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Doumouya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of different methodological approaches to study sugar contents in stonefruits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dondini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Adami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Tartarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28. International Horticultural Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Lisboa, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the genetic basis of Prunus fruit quality on two apricot and two peach populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bachellez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Noëlle Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Matera, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biochemical phenotyping of Vitis by 1H-NMR profiling and targeted enzymatic analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ollat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Doumouya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative intraspecific metabolomic and genomic variation analyses in Cucumis melo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaakov Tadmor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nurit Katzir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josef Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitaly Portnoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamar Lahav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomics unveils metabolic changes in tomato transformants downregulating an epigenetic-related protein SIEZ2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Boureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Down regulating an epigenetic-related protein, SIEZ2, in tomato induces metabolome modifications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Boureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality assessment of broccoli florets by 500 MHz-1H NMR profiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Valverde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Padraig Mcloughlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Reilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Gaffney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional analysis of SIEZ2, a tomato Enhancer of Zeste protein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Boureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre How Kit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Stammitti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FESPB Congress 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Valence, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mery-B: a web knowledgebase for the storage, visualization, analysis and annotation of plant metabolomics profiles obtained by NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ferry-Dumazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications and tools in plant metabolomics at Bordeaux Metabolome-Fluxome Facility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR profiling and more for the characterization of melon genetic resources and melon fruit physiology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asaph Aharoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilana Rogachev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sagit Meir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct correlation of 1H-NMR and GC-EI-TOF-MS profiling data reveals significant spatial localisations and metabolite gradients in Charentais melon fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Allwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabomeeting 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Norwich, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISAFRUIT. Study of the genetic basis of Prunus fruit quality in two peach and two apricot populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bachellez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Noëlle Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Eucarpia Symposium on Fruit Breeding and Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Daphne gnidium L. extracts behaviourally active for grape pest insect using NMR and LC-MS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nevile Maher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Witold Nowik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabomeeting 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Norwich, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic profiling techniques to assess and manage fruit quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Tadmor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SMASH Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Chamonix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mery-B : management and analysis of plant metabolomics 1H-NMR profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ferry-Dumazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabomeeting 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Norwich, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French metabolomics and fluxomics network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Junot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International metabolomics workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of QTLs controlling major fruit quality components in peach within the European project ISAFRUIT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Dirlewanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Cardinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Boudehri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Monllor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Eucarpia Symposium on Fruit Breeding and Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR profiling for the characterisation of melon commercial varieties and genetic resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabomeeting 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Norwich, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fruit metabolome changes of antisens transformants of fruit specific phosphenolpyruvate carboxylase (S1-ppc2) under various environmental conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Dieuaide Noubhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ben Akal-Ben Fatma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Colloque national de la SFBV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrophilic Interaction Liquid Chromatography – Mass Spectrometry method development for analysis of tomato leaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Pardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. International Mass Spectrometry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Bremen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gene and metabolite regulatory network analyses in tomato fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabomeeting 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Norwich, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mery-B : Base de Données Métabolomiques dédiée au végétal et outils d’intégration, de visualisation et de traitement statistique de profils RMN 1H</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ferry-Dumazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journée scientifique du réseau RMN aquitain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tools and applications in plant metabolomics at Bordeaux metabolome-fluxome facility (PMFB)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Pardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabomeeting 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Norwich, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peach fruit quality : candidate genes or map-based cloning strategy ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Dirlewanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Boudehri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Croset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loick Le Dantec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Peach Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Lleida, Spain. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of cytological, metabolome and transcriptome data in relation with the acquisition of the fleshy trait in tomato pericarp and locular tissue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie V. Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">600 MHz-1H NMR profiling for quality assessment of greenhouse-grown tomato fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Spraul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées scientifiques RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISAFRUIT IP project. Genetic and molecular bases of peach and apricot fruit quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bachellez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Boge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Boudheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Matera, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H NMR and LC-MS metabolomic analysis of tomato leaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethel Mendocilla Sato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yosra Ben Akal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabomeeting 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Metabolomics at Bordeaux: practical implication on tomato</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. International conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profils et empreintes métaboliques par RMN du proton pour évaluer les modifications attendues et inattendues de la composition de tomates transgéniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yosra Ben Akal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethel Mendocilla Sato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Spieldenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3.Journées Scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du profil métabolique chez des plants de tomate en réponse au stress cadmique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Hediji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gallusci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Djebali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées scientifiques RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de profils métaboliques obtenus par RMN-1H pour la localisation spatiale de métabolites primaires dans le melon charentais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Allwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. journées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of QTLs controlling major fruit quality components in peach within the european project ISAfruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Dirlewanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Cardinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Boudehri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Monllor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Eucarpia Symposium on Fruit Breeding and Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR metabolomic analysis of tomato leaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethel Mendocilla Sato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yosra Ben Akal-Ben Fatma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hédia Hédiji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Annual international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR metabolomic analysis of maize kernels: characterization of a novel allele of Brittle2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Cossegal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascual Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Rogowsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics Society's 3rd annual international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Metabolomics Society, Jun 2007, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LC-MS metabolomic profiling of mesocarp tissue during tomato fruit development: comparison of different data pre-processing methods and analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Annual international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR profiling for quality assessment of greenhouse-grown tomato fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baldet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Annual international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISAfruit ip project - genetic and molecular bases of peach and apricot fruit quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bachellez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Boge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Boudehri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Eucarpia Symposium on Fruit Breeding and Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cell expansion in tomato mesocarp and locular tissues: integration of transcriptome and metabolome data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie V. Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Annual international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profils métaboliques de la pêche et de l’abricot pour l’étude des bases génétiques de la qualité des fruits de Prunus dans le projet européen Isafruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bachellez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Saint Sauves d'Auvergne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR metabolic profiling reveals tissue specificity in tomato fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Giraudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Reading, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic profiling of shoot apices infested by the peach-potato aphid in susceptible and resistant peach cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Sauge-Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Noëlle Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gaudillère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings from the 4th International Plant Metabolomics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Berkshire, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02820634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioinformatics resources for the study of plant metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ferry-Dumazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. de Daruvar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Reading, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanisms of Sugar Extraction from Carrot Roots (Daucus carota L.) studied by direct NMR measurements: comparison of aqueous solutions obtained through thermal processing and model solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cazor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve This</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. World congress of food science and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01627198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Carrots stocks” composition by H-NMR analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cazor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve This</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. International conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Nottingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01627199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MétaboP: a French initiative supported by Génoplante for the development of analytical and bioinformatic tools for plant metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graham Noctor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Reading, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of tomato fruit tissues to the acquisition of the fleshy trait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie V. Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. FESPB Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Metabolome pole of the Functional Genomics Platform of Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Saint-Sauves-d'Auvergne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolome-Fluxome facility at the Plant Systems Biology Institute in Bordeaux, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gaudillère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Reading, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic profiling of two tissues during tomato (Solanum lycopersicum) fruit development: cross-validation of LC, LC/MS and NMR approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Saint Sauves d'Auvergne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pôle Métabolome à l'IFR 103 Biologie Végétale Intégrative de Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gaudillère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premières journées scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02764501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profils quantitatifs et empreintes métaboliques par RMN pour étudier la qualité des fruits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premières journées scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tissular specificity of metabolic profiles during tomato fruit development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rothan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Colloque national de la SFBV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Arcachon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H NMR metabolic fingerprints of grape berries produced in different plots in Bordeaux, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano E. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre J.-P. Gaudillere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Soyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Symposium on Grapevine Physiology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Davis, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic profiling of fruit tissues during tomato development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rothan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premières journées scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de l'infestation sur le profil métabolique d'apex de variétés de pêcher sensibles et résistantes au puceron vert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Sauge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Noëlle Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Réseau français de métabolomique et fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Toulouse, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02833593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un outil informatique générique pour le stockage et le data-mining de données de métabolome de plantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ferry-Dumazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premières journées scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical fingerprinting for the evaluation of polar and non polar metabolite changes during fruit development in tomato (Solanum lycopersicum) by means of H NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fourloubey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Colloque national de la SFBV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Arcachon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of carbon metabolism in fruit through metabolomics and fluxomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dieuaide-Noubhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">France Israël Agro-Biotechnologies Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2004, Auzeville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of metabolic fluxes during glucose catabolism in propionibacterium freudenreichii subsp. shermanii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Meurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. forum for applied biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Gent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lactobacillus delbruecki subsp. bulgaricus and heat stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gouesbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénaël Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Forum for applied biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1999, Het Pand Gent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress and osmoprotection in propionibacteria (trehalose, glycine-betaine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bégué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Congrès international sur les Propionibactéries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1998, Cork, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02842106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (84)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the Structural Investigation of Bio-Based Blends from Functionalized Lignin for Additive Manufacturing by 1Hand 13C variable temperature Solid-State NMR.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Bouchetara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Koubaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAR2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Oulu, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05189598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow : A graphical and interactive tool dedicated to batch processing of 1D spectra for NMR based metabolomics, qNMR analysis and ssNMR kinetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GERM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Autrans (Vercors), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05190009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow : A graphical and interactive tool dedicated to batch processing of 1D spectra for NMR based metabolomics and qNMR analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05190119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of signal processing obtained by 1H→13C polarization transfer to better characterize water structuring in biomaterials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentin Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Falourd</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GERM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Autrans (Vercors), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05190060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR CHARACTERIZATION OF 13 C LABELLED LIGNOCELLULOSIC BIOMASS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Vinter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina D'Orlando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Sibout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Falourd</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GERM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Autrans (Vercors), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05190039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR profiling of eggplant and pepper fruits during their development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Clavé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marguerite Batsale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05190161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration of seaweed and wheat grain by magnetic resonance imaging: Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Jouanneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laïla Rodrigues de Araujo Alves Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Bresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Girousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GERM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Autrans (Vercors), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05189983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and Quantitative 2D NMR for metabolomic applications within MetaboHUB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edern Cahoreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Canlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a standardized method for metabolite analysis by NMR to assess wine authenticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Leleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Homobono Brito de Moura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cléo Berrehail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Boulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45. World Congress of Vine and Wine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Dijon, France. OIV 2024, 2024, </w:t></w:r><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58233/IMGGSIME⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05069180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic resonance imaging of node and internode in maize stalk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Boulgsoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Legland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th INTERNATIONAL PLANT SPECTROSCOPY CONFERENCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Vienna (AUSTRIA), Austria. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The challenge to get MRI metabolic maps in fleshy fruit: tomato example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Bonny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Biennial International Bologna Conference Magnetic Resonance in Porous Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Tromso, Norvège, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR profiling of tomato samples with benchtop spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Bouillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting a protocol for 1H-NMR profiling of wine samples before an interlaboratory comparison.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Leleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Le Mao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TOWARDS A METABOLOMIC CHARACTERISATION OF THE GRAPEVINE RESPONSE TO FLAVESCENCE DORÉE INFECTION BY NMR AND LC-MS PROFILING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josep Valls Fonayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Malembic-Maher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytics 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03728111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR metabolomics to explore compositional changes in grape berry under heat stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytics 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03728234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary results of a MetaboHUB 2.0 inter-laboratory test on 1D 1H NMR metabolite quantification of a synthetic urine.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Giraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edern Cahoreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roselyne Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytics 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03728300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To dissect or not to dissect for fruit spatial metabolomics: tissue profiling or MRI?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, online meeting, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03757407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR metabolomics at natural 13C abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gandriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, En ligne, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04433999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To dissect or not to dissect for fruit spatial metabolomics : tissue profiling or MRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées RMN du Grand-Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03757356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial localization of metabolites in fruits by NMR: tissue dissection and metabolic profiling or non-invasive whole fruit imaging?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées RMN du Grand-Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR metabolomics at natural 13C abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gandriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GERM 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04433980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetaboHUB-Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques INRA-BAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Hyères, France. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02570809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFLOW: A graphical and interactive tool dedicated to 1D spectra processing for plant NMR metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Plant Spectroscopy Conference (IPSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Berlin, Germany. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02556875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of GMO or glyphosate effects on the composition of maize grain and maize-based diet for rat feeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chéreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Clermont-Ferrand, France. pp.109 /P30, 2019, 12. Journées Scientifiques du RFMF</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02556668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR metabolomic profiling reveals a distinct metabolic recovery response in shoots and roots of temporarily drought-stressed sugar beets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rita Wedeking</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Plant Spectroscopy Conference (IPSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Berlin, Germany. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02556922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LC-MS and NMR metabolomics study of a tomato (Solanum lycopersicum L.) mutant affected in the fruit pericarp development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Musseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Jorly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Clermont-Ferrand, France. pp.128/P48, 2019, 12. Journées Scientifiques du RFMF</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02556782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de la métabolomique par 1H-RMN pour le développement de nouveaux aliments chez la truite arc en ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Paris, France. , 2019, 6èmes Journées de la Recherche Filière Piscicole</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02179541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precautions of a revisited protocol for 1D 1H-NMR profiling of plant samples from extract preparation to spectra processing. Preliminary results of an inter laboratory experiments.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier J.-X. Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Molinié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adolfo Botana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Mesnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Liège, Belgium. pp.P34, 2018, 11. Journées Scientifiques du RFMF</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow: A graphical and interactive tool dedicated to 1D spectra processing for NMR-based metabolomics.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAR - European Magnetic Resonance Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Nantes, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inter laboratory comparison of a revisited protocol for 1D 1H-NMR profiling of plant samples from extract preparation to spectra processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Molinié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier J.-X. Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adolfo Botana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Mesnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAR - European Magnetic Resonance Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Nantes, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic application in fish nutrition: profiling novel aquaculture feeds and assessing their impact on rainbow trout plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAR - European Magnetic Resonance Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Nantes, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined metabolomic and proteomic profiling of maize leaf to reveal metabolic responses to cold temperatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Urrutia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melisande Blein-Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Liège, Belgium. pp.P25, 2018, 11. Journées Scientifiques du RFMF</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow: An easy GUI tool dedicated to 1D NMR spectra processing (1H & 13C) for Metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Liège, Belgium. pp.P24, 2018, 11. Journées Scientifiques du RFMF</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Primary metabolism investigation of fleshy fruit species using 1H-NMR profiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coffi Belmys Cakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAR - European Magnetic Resonance Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Nantes, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR-based metabolomics workflow for characterization and effect assessment of alternative plant-based diets on plasma and microbiote in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAR - European Magnetic Resonance Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Nantes, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of alternative diets for farmed rainbow trout (Oncorhynchus mykiss) by H-NMR metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Dubrovnik, Croatia. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01901341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study of primary metabolite patterns in diverse fleshy fruit species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C B Cakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Arrivault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MetaboMeeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Birmingham (UK), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04955742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMERODE: nuclEAR MagnEtic Resonance prOfiles DatabasE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique RFMF 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montpellier, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic study of tolerance to water limitation for sunflower germination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Falagan Sama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2016. 12. Annual Conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, dublin, Ireland. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Metabolomics at Bordeaux Metabolome Facility, a member of MetaboHUB and PHENOME IA projects. Tools and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique RFMF 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montpellier, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The timing of shifts in the transcriptome and proteome in relation to metabolic state during tomato fruit development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isma Belouah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Balliau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Benard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Colombie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2016. 12. Annual Conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Dublin, Ireland. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Metabolomics at Bordeaux Metabolome Facility, a member of MetaboHUB and PHENOME IA projects. Tools and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2016. 12. Annual Conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Dublin, Ireland. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for marker metabolites of crop performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Urrutia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Lamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2016. 12. Annual Conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Dublin, United Kingdom. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary results of the first NMR ring test inside MetaboHUB IA project on NMR acquisition and annotation of the NIST standard reference material of human plasma (SRM1950)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique RFMF 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montpellier, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01886393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of a plant cell suspension culture of Vitis vinifera: biomass composition assessment before C13-metabolic flux analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Machado Vieira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Cluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique RFMF 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montpellier, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cold treatment affects the metabolite profiles of maize leaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Lamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Réseau Français de Métabolomique et Fluxomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Conseil d'Administration Du Rfmf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Conseil d'Administration Du Rfmf Junior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining MS and proton NMR metabolomic profiling during tomato fruit development to study environment effect on metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Benard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Solanaceae Conference SOL 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Bordeaux, France. 2015, SOL 2015 - Book of abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining MS and NMR metabolomic profiling during tomato fruit development to study environment effect on metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une annotation RMN 1D et 2D ciblée à partir de matrices de référence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Paulhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Metabolomics at Bordeaux Metabolome Facility, a member of MetaboHUB and PHENOME IA projects. Tools and Applications.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consequences of high temperatures and drought on peach fruit production strongly depends on their period of occurence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Adra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Vercambre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Bakan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Noblet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHS International Symposium, INNOHORT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Avignon, France. 2015, Innovation in Integrated &amp; Organic Horticulture</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des conséquences métaboliques de deux régimes alimentaires sur la composition d’extraits lipidiques de foie et de muscle de truite arc-en-ciel par une approche de RMN métabolomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Joubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01901419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">nmrML: an XML-based open standard for NMR data storage and exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Schober</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2014 - 10. Annual Conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Tsuruoka, Japan. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Metabolomics at Bordeaux Metabolome Facility, a member of MetaboHUB IA project. Tools and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La RMN 2D Ultrarapide appliquée à l’identification et la quantification de métabolites d’extraits de fruits de tomate au cours d’une cinétique développementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tangi Jézéquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bibliothèques de spectres de RMN 1D et 2D de composés de référence pour la métabolomique végétale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetaboLights: Metabolomics data repository and the role of COSMOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reza M. Salek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth Haug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Conesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction and application of reference MS spectral database for metabolite profiling and matrix annotation of plant organisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Lamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de la variété et de la torréfaction sur la composition du produit torréfié de la racine de chicorée industrielle (&amp;lt;em&amp;gt;Cichorium intybus&amp;lt;/em&amp;gt; var. &amp;lt;em&amp;gt;sativum&amp;lt;/em&amp;gt;)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honorine Willeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining metabolite and enzymatic profiling during tomato fruit development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des conséquences métaboliques de deux régimes alimentaires chez la truite arc-en-ciel par une approche métabolimique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence L. Larroquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7.Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Amiens, France. , 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of diurnal factor on compositional changes of tomato fruit and leaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Benard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Osorio-Algar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Amiens, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined NMR-based metabolomic analyses in rainbow trout nutrition studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence L. Larroquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Annual International Meeting of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Glasgow, United Kingdom. , 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ERVA method for 1H-NMR metabolomics data: a novel binning strategy highlighting chemical information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Glasgow, United Kingdom. 1 p., 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-going method developments in Bordeaux Metabolome Facility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Fouillen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Guntz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2013 - 9. Annual conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Glasgow, United Kingdom. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coordinated methodological developments for plant metabolomics at Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Fouillen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Guntz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journées scientifiques du Réseau Français de Métabolomique et de Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Amiens, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic and molecular profiling of a slow ripening peach selection reveals new mechanisms controlling mesocarp development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rasori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. International Peach Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Matera, Italy. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomics of growth and type B trichothecenes production in &amp;lt;em&amp;gt;Fusarium graminearum&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Legoahec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vessela Atanasova-Penichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Ponts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Amiens, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mery-B: a plant metabolomics database and knowledge base</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Washington, United States. 1 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compositional changes in fruit pericarp of water-stressed tomato in greenhouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Benard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Washington, United States. 1 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des profils métabolomiques au cours du développement du mésocarpe et de la graine du fruit de palmier à huile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique (RFMF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Nantes, France. p. 89, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de biopesticides d’origine végétale pour l’horticulture : méthodes de production, spectre d’action et validation in vivo de l’efficacité des acides dicaféoylquiniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Croset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Noëlle Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Lecerf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jawad Aarrouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ANR - Grand colloque Biologie et Santé 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Lyon, France. 1 p., 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolite profiling and feeding bioassays suggest a major role for a dicaffeoylquinic acid in induced resistance of peach to Myzus persicae aphid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Sauge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Staudt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PRIR 2011 Joint meeting of the "PR-proteins Workshop" and the "Working Group Induced Resistance in Plants Against Insects and Diseases"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Neuchatel, Switzerland. 154 p., 2011, PR-Proteins and Induced Resistance Against Pathogens and Insects. Abstracts book</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diurnal compositional changes in pericarp of tomato fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Osorio-Algar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabomeeting 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Helsinki, Finland. , 1 p., 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QTL anlysis of characters involved in fruit quality in Prunus persica and a related species and co-location with candidate genes in the European Project ISAFRUIT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Dirlewanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Boudehri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fouché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Croset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Peach Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Lleida, Spain. 2 p., 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QTL analysis of metabolites involved in fruit quality in Prunus species and co-location with candidate genes in the European Project ISAFRUIT - Preliminary results obtained on P. persica related species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Dirlewanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Boudehri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Cardinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Croset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International Rosaceae Genomics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Pucon, Chile. 1 p., 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profils métaboliques de pêche: une étude des métabolites primaires et secondaires par RMN-1H et HPLC de deux descendances révèle de profondes variations entre génotypes et la présence de composés inattendus.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Croset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Quilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseau français de métabolomique et fluxomique : troisième journée scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Bordeaux, France. 2 p., 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the genetic basis of Prunus fruit quality in 2 peach and 2 apricot populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Quilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bachellez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. ISAfruit General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Bologne, Italy. 1 p., 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic profiling of shoot apices infested by the peach-potato aphid in susceptible and resistant peach cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poëssel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Sauge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gaudillère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 4th International Plant Metabolomics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Reading, United Kingdom. , 2006, </w:t></w:r><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-006-0035-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02400315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modification de la teneur en acides aminés des apex de pêcher en réponse à l'infestation par le puceron vert Myzus persicae (Sulzer) : rôle potentiel dans la résistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gaudillère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.H. Sauge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Lacroza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole thématique "Réponses des plantes aux facteurs environnementaux abiotiques"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Montpellier, France. 1 p., 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining genomic, proteomic, NMR and physiological study to understand salt stress response in Propionibacterium freudenreichii.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Meurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Leverrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Rouault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Bernadette Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès RMN Biologique et les Enjeux du Vivant,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03822231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vivo 13C NMR study of glucose metabolism in Propionibacterium freudenreichii subsp. shermanii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Meurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. International Symposium on propionibacteria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2001, Zurich, Switzerland. 1 p., 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02831164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse par 13C RMN in vivo du co-métabolisme aspartate-pyruvate chez Propionibacterium freudenreichii subsp. shermanii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Meurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SFM "De la génomique au gène métabolique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, Paris, France. 1 p., 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02841550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MeRy-B, a Metabolomic Database and Knowledge Base for Exploring Plant Primary Metabolism.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Metabolism : Methods and Protocols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1083, Springer Science+Business Media, 2014, Methods in Molecular Biology, </w:t></w:r><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-62703-661-0_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution 1H-NMR spectroscopy and beyond to explore plant metabolome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Fauvelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics Coming of Age with its Technological Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 67 (1ère éd.), </w:t></w:r><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier Ltd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 693 p., 2013, Advances in Botanical Research, 978-0-12-397922-3. </w:t></w:r><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-397922-3.00001-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New opportunities in metabolomics biochemical phenotyping for plant systems biology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Y. Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, InTech, 2012, 978-953-51-0046-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant metabolomics and its potential for systems biology research: background concepts, technology, and methodology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. William Allwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ric C. H. de Vos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Erban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Systems Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 500, </w:t></w:r><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier Ltd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Methods in Enzymology, 978-0-12-385118-5. </w:t></w:r><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-385118-5.00016-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic fingerprinting and profiling by proton NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional plant genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Science Publishers, 2007, 978-1-57808-506-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02813653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propionibacterium spp.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roginski H; Fuquay JW; Fox PF. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Dairy Sciences.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Academic Press; Elsevier, pp.2330-2339, 2002, </w:t></w:r><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B0-12-227235-8/00718-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chap. 13. Metabolic behaviour of lactic and propionic acid bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMR in microbiology: theory and applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Horizon Scientific Press, 2000, 1-898486-21-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Reproducible Workflow for Modelling of 1 H to 13 C Polarization Transfer Kinetics using Solid-State NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Falourd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Lahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId824" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rondeau-Mouro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05405136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Document for adding numbered structures into PeakForest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Canlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId826" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Traïkia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lindsay Peyriga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03411869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matériel et Méthode thèse Léa ROCH (VF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Gibon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId828" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BioStatFlow -Statistical Analysis Workflow for &amp;quot;Omics&amp;quot; Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId828" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow: A graphical and interactive tool dedicated to 1D spectra processing for NMR-based metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01401241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId830" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du métabolisme carboné primaire de bactéries propioniques laitières par résonance magnétique nucléaire in vivo du 13C : Des voies métaboliques aux tests de performance des souches industrielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Ecole Nationale Supérieure Agronomique, 1998. Français. </w:t></w:r><w:hyperlink r:id="rId831" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId830" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02838770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId832"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Catherine Deborde </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">catherine-deborde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5687-9059</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">234659610</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/HCH-3128-2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ingénieur de Recherche INRAE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes publications de chimiste </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">RMN en solution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> pour </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">explorer les métabolisme et métabolome,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> des bactéries aux plantes en passant par l'animal  depuis 1995et </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">IRM/RMN solide et en solution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> pour </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">caractériser les structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> de plantes, matériaux et assemblages de biopolymères depuis 2023</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (91)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR Analysis of Wine Metabolites: Method Development and Validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Leleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Butelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou-Ann Kurkiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Boulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 31 (1), pp.65. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules31010065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Reproducible Workflow for Modelling of 1 H to 13 C Polarization Transfer Kinetics Using Solid‐State NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Falourd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rondeau-Mouro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mrc.70090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05544812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comprehensive platform investigating thermal, mechanical and rheological properties for biocomposite based on poly (3-hydroxybutyrate-co-3-hydroxyvalerate) reinforced with biomass by-products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mathel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theo Le Gagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Falourd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Le-Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Materials and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 45, pp.e01471. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.susmat.2025.e01471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05319950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dataset for common wheat (Triticum aestivum L.) grain and flour characterization using classical and advanced analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Munch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rezette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Buche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Chambrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 59, pp.111375. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2025.111375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937377v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical exchange saturation transfer magnetic resonance imaging for metabolic mapping of ripening tomato fruit: Quite a challenge!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Bonny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 493 (1), pp.145630. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2025.145630⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of metabolic and protein markers representative of the impact of mild nitrogen deficit on agronomic performance of maize hybrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Urrutia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélisande Blein-Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 20 (6), pp.128. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-024-02186-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolite quantification data based on 1H-NMR profiling of eggplant or pepper fruit during its development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Clavé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marguerite Batsale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Research Notes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (1), pp.337. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13104-024-06996-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04800078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative metabolomics reveals how the severity of predation by the invasive insect Cydalima perspectalis modulates the metabolism re–orchestration of native Buxus sempervirens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Emmanuelle Hay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Dussarrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Millery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/plb.13691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New alternative ingredients and genetic selection are the next game changers in rainbow trout nutrition: a metabolomics appraisal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Médale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Dupont-Nivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13, pp.19634. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-023-46809-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04305424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR metabolite quantification of a synthetic urine sample: an inter-laboratory comparison of processing workflows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Canlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edern Cahoreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roselyne Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 19 (7), pp.65. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-023-02028-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04155487v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a metabolomic characterization of the grapevine response to &amp;quot;flavescence dorée&amp;quot; infection by NMR and LC-MS profiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josep Valls Fonayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Malembic-Maher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytopathogenic Mollicutes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.17-18. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5958/2249-4677.2023.00009.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-omics quantitative data of tomato fruit unveils regulation modes of least variable metabolites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salimata Diarrassouba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23 (365), </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12870-023-04370-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04183193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biological and Chemical Characterization of Musa paradisiaca Leachate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Boulogne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucienne Desfontaines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Durambur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (10), pp.1326. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biology12101326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04237977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development, Validation, and Use of 1H-NMR Spectroscopy for Evaluating the Quality of Acerola-Based Food Supplements and Quantifying Ascorbic Acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Bourafai-Aziez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwladys Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Cassin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Rousselot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (17), pp.5614. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules27175614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03767989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PeakForest: a multi-platform digital infrastructure for interoperable metabolite spectral data and metadata management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Paulhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Canlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelaure Damont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lindsay Peyriga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18 (6), pp.40. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-022-01899-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical assessment of metabolism and related growth and quality traits in trout fed spirulina-supplemented plant-based diets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 553, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2022.738033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03592312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maize metabolome and proteome responses to controlled cold stress partly mimic early‐sowing effects in the field and differ from those of Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Urrutia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melisande Blein-Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Prigent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 44 (5), pp.1504-1521. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/pce.13993⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MRSI vs CEST MRI to understand tomato metabolism in ripening fruit: is there a better contrast?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Bonny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 413, pp.1251-1257. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-020-03101-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03101885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolite Fruit Profile Is Altered in Response to Source–Sink Imbalance and Can Be Used as an Early Predictor of Fruit Quality in Nectarine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Paz Covarrubias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Lillo-Carmona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorena Melet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianfranco Benedetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Andrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.604133. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2020.604133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Putative imbalanced amino acid metabolism in rainbow trout long term fed a plant-based diet as revealed by 1 H-NMR metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nutritional Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10, pp.e13. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jns.2021.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03163223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction to : MRSI vs CEST MRI to understand tomato metabolism in ripening fruit: is there a better contrast ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Bonny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 413 (6), pp.1777-1777. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-021-03180-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03297107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR Metabolomics at Natural 13 C Abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gandriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 92 (22), pp.14867-14871. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.0c03510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03035414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omics data reveal putative regulators of einkorn grain protein composition under sulfur deficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Bonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Hatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Dardevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 183 (2), pp.501-516. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.19.00842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02553742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in plant growth, Cd partitioning and xylem sap composition in two sunflower cultivars exposed to low Cd concentrations in hydroponics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Bussiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Coriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 205, </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2020.111145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02926808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The tomato Guanylate-Binding Protein SlGBP1 enables fruit tissue differentiation by maintaining endopolyploid cells in a non-proliferative state</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Musseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Jorly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Gadin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iben Sørensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Plant cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 32 (10), pp.3188-3205. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1105/tpc.20.00245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02914290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proton-NMR Metabolomics of Rainbow Trout Fed a Plant-Based Diet Supplemented with Graded Levels of a Protein-Rich Yeast Fraction Reveal Several Metabolic Processes Involved in Growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadege Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Larroquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 150 (9), pp.2268-2277. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jn/nxaa206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02927022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrative Metabolomics for Assessing the Effect of Insect (Hermetia illucens) Protein Extract on Rainbow Trout Metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Guimas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadege Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (3), pp.83. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/metabo10030083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02570723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Metabolomics and Molecular Phylogenetics of Melon (Cucumis melo, Cucurbitaceae) Biodiversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. William Allwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asaph Aharoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Beale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (3), pp.121. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/metabo10030121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02533195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomics and fish nutrition: a review in the context of sustainable feed development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadege Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reviews in Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 112 (1), pp.261-282. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/raq.12316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02141403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomass composition explains fruit relative growth rate and discriminates climacteric from non-climacteric species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Prigent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Klose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coffi-Belmys Cakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 71 (19), pp.5823-5836. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/eraa302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic characterization of sunflower leaf allows discriminating genotype groups or stress levels with a minimal set of metabolic markers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Urrutia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (4), pp.56. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-019-1515-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02487236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Central Metabolism Is Tuned to the Availability of Oxygen in Developing Melon Fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kentaro Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. William Allwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, pp.594. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2019.00594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR-Based Tissular and Developmental Metabolomics of Tomato Fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (5), pp.93. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/metabo9050093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing 1D 1H-NMR profiling of plant samples for high throughput analysis: extract preparation, standardization, automation and spectra processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier J.-X. Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adolfo Botana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Nicaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (3), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-019-1488-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mycotoxin biosynthesis and central metabolism are two interlinked pathways in &amp;lt;em&amp;gt;Fusarium graminearum&amp;lt;/em&amp;gt;, as demonstrated by the extensive metabolic changes induced by caffeic acid exposure.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vessela Atanasova-Penichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Legoahec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 84 (8), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/AEM.01705-17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing alternative feeds for rainbow trout (O. mykiss) by 1 H NMR metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luce Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Kurz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (12), pp.155. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-018-1454-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02141406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A systems biology study in tomato fruit reveals correlations between the ascorbate pool and genes involved in ribosome biogenesis, translation, and the heat-shock response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Stevens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baldet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Causse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9 (137), 16 p. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2018.00137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01721265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR metabolomic profiling reveals a distinct metabolic recovery response in shoots and roots of temporarily drought-stressed sugar beets.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rita Wedeking</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (5), pp.e0196102. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0196102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intestinal microbiota in rainbow trout, Oncorhynchus mykiss, fed diets with different levels of fish-based and plant ingredients: A correlative approach with some plasma metabolites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Joël Gatesoupe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Fauconneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (5), pp.1563-1576. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/anu.12793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01901326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">nmrML: a community supported open data standard for the description, storage, and exchange of NMR data.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Schober</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph A Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Marcu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 90 (1), pp.649-656. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.7b02795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of GMO or glyphosate effects on the composition of maize grain and maize-based diet for rat feeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chéreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (36), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-018-1329-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabotyping of 30 maize hybrids under early-sowing conditions reveals potential marker-metabolites for breeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Lamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Urrutia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (10), pp.132. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-018-1427-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02539641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant metabolism as studied by NMR spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Nuclear Magnetic Resonance Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 102-103, pp.61-97. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pnmrs.2017.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow: a graphical and interactive tool dedicated to 1D spectra processing for NMR-based metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 13 (4), pp.36. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-017-1178-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly Repeatable Dissolution Dynamic Nuclear Polarization for Heteronuclear NMR Metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bornet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 88 (12), pp.6179-6183. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.6b01094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01366193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The peach HECATE3-like gene FLESHY plays a double role during fruit development.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Botton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Rasori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiorenza Ziliotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 91 (1-2), pp.97-114. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11103-016-0445-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COordination of Standards in MetabOlomicS (COSMOS): facilitating integrated metabolomics data access</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reza M. Salek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Schober</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Hummel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenny Billiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11 (6), pp.Journal no. 11306. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-015-0810-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01165673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absolute quantification of metabolites in tomato fruit extracts by fast 2D NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tangi Jézéquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11 (5), pp.1131-1142. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-015-0780-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-Ievel omic approach of tomato fruit quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiaxin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Pascual-Banuls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Desplat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Faurobert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1099, pp.793-800. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17660/ActaHortic.2015.1099.100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01543456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maturation of nematode-induced galls in Medicago truncatula is related to water status and primary metabolism modifications.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Baldacci-Cresp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 232, pp.77-85. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.plantsci.2014.12.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aluminium stress disrupts metabolic performance of Plantago almogravensis plantlets transiently.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomás Grevenstuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anabela Romano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioMetals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 28 (6), pp.997-1007. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10534-015-9884-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02631872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR of plant and cancer cell extracts at natural abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Dumez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Vuichoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bornet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Lalande-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 140 (17), pp.5860-5863. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5an01203a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01366194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erratum to: COordination of Standards in MetabOlomicS (COSMOS): facilitating integrated metabolomics data access</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reza Salek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Schober</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Hummel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenny Billiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11 (6), pp.1598-1599. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-015-0822-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic profiling in tomato reveals diel compositional changes in fruit affected by source-sink relationships.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Osorio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 66 (11), pp.3391-404. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erv151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomics in melon: a new opportunity for aroma analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. William Allwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Cheung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Mumm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ric C. H. de Vos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 99, pp.61-72. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phytochem.2013.12.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering genetic diversity and inheritance of tomato fruit weight and composition through a systems biology approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Pascual-Banuls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiaxin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 64 (18), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/ert349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An efficient spectra processing method for metabolite identification from (1)H-NMR metabolomics data.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 405, pp.5049-5061. </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-013-6852-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02648547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic and elemental profiling of melon fruit quality as affected by genotype and environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (1), pp.57-77. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-012-0429-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A genomics and multi-platform metabolomics approach to identify new traits of rice quality in traditional and improved varieties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Calingacion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Boualaphanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V.D. Daygon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Anacleto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sackville Hamilton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (5), pp.771-783. </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-011-0374-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR metabolomics: Profiling method for a rapid and efficient screening of transgenic plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yosra Ben Akal-Ben Fatma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Pianelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Dieuaide Noubhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Le Menn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">African Journal of Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11 (52), pp.11386-11399. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5897/AJB12.088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Homo)glutathione deficiency impairs root-knot nematode development in Medicago truncatula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Baldacci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Hopkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Pathogens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (1), pp.e1002471. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.ppat.1002471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Down-regulation of a single auxin efflux transport protein in tomato induces precocious fruit development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariusz M. Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes J. Rohrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 63 (13), pp.4901-4917. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/ers167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MeRy-B: a web knowledgebase for the storage, visualization, analysis and annotation of plant 1H-NMR metabolomic profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ferry-Dumazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 11:104, pp.10.1186/1471-2229-11-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00648167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic response in roots of Prunus rootstocks submitted to iron chlorosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Jiménez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ollat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yolenda Gogorcena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 168 (5), pp.415-423. </w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jplph.2010.08.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MeRy-B: a web knowledgebase for the storage, visualization, analysis and annotation of plant NMR metabolomic profiles.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ferry-Dumazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 11, pp.104. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2229-11-104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00645944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honeydew feeding increased the longevity of two egg parasitoids of the pine processionary moth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Menassieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 135 (3), pp.184-194. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1439-0418.2010.01547.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02652483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced polyamine accumulation alters carotenoid metabolism at the transcriptional level in tomato fruit over-expressing spermidine synthase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hichem Neily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiaki Matsukura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 168 (3), pp.242-252. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jplph.2010.07.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extensive metabolic cross-talk in melon fruit revealed by spatial and developmental combinatorial metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asaph Aharoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilana Rogachev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sagit Meir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 190 (3), pp.683-696. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1469-8137.2010.03626.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02644457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An inter-laboratory comparison demonstrates that [1H]-NMR metabolite fingerprinting is a robust technique for collaborative plant metabolomic data collection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane L. Ward</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John M. Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia J. Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 6 (2), pp.263-273. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-010-0200-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of long-term cadmium exposure on growth and metabolomic profile of tomato plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hédia Hédiji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wahbi Djebali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baldet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 73 (8), pp.1965-1974. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2010.08.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02668879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic acclimation to hypoxia revealed by metabolite gradients in melon fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Allwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 167 (3), pp.242-245. </w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jplph.2009.08.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gene and Metabolite Regulatory Network Analysis of Early Developing Fruit Tissues Highlights New Candidate Genes for the Control of Tomato Fruit Composition and Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 149 (3), pp.1505-1528. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.108.133967⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Métabolomique appliquée à l'étude de la physiologie de la tomate : démarche et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spectra Analyse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 271, pp.26-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proton NMR quantitative profiling for quality assessment of greenhouse-grown tomato fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baldet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 5 (2), pp.183-198. </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-008-0134-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H NMR, GC−EI-TOFMS, and data set correlation for fruit metabolomics: application to spatial metabolite analysis in melon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Allwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 81 (8), pp.2884-2894. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ac9001996⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrative genomics approach for deciphering the complex interactions between ascorbate metabolism and fruit growth and composition in tomato</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Stevens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Gilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noé Gest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 332, pp.1007 - 1021. </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crvi.2009.09.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptional and Metabolic Adjustments in ADP-Glucose pyrophosphorylase -deficient bt2 Maize kernels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Cossegal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chambrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Mbelo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Balzergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Martin-Magniette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 146 (4), pp.1553-1570. </w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.107.112698⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00412597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR metabolic profiling of wines from three cultivars, three soil types and two contrasting vintages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Elias Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre J.-P. Gaudillere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal International des Sciences de la Vigne et du Vin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 42 (2), pp.103-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative metabolic profiles of tomato flesh and seeds during fruit development: complementary analysis with ANN and PCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Giraudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 3 (3), pp.273-288. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-007-0059-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sucrose, glucose, and fructose extraction in aqueous carrot root extracts prepared at different temperatures by means of direct NMR measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cazor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé This</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (13), pp.4681-4686. </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf060144i⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01627200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H NMR metabolite fingerprints of grape berry : comparison of vintage and soil effects in Bordeaux grapevine growing areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano E. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre J.-P. Gaudillere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 563 (1-2), pp.346-352. </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aca.2005.11.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02663000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microclimate influence on mineral and metabolic profiles of grape berries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano E. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre J.-P. Gaudillere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (18), pp.6765-6775. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf061013k⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02663721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H NMR and chemometrics to characterize mature grape berries in four wine-growing areas in Bordeaux, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano E. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre J.-P. Gaudillere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 53 (16), pp.6382-6389. </w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf058058q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02682189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H NMR and Chemometrics to characterize mature grape berries in four winegrowing areas in Bordeaux-France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Gaudillère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lavialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 53 (16), pp.6382-6389</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00400128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Whole genome sequencing project of a dairy Propionibacterium freudenreichii subsp. shermanii genome: progress and first bioinformatic analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Meurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Rouault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Lait</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 84 (1-2), pp.15-24. </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lait:2003041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00895526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions between pyruvate abd lactate metabolism in Propionibacterium freudenreichii subsp. shermanii: in vivo 13C nuclear magnetic resinance studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 66 (5), pp.2012-2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vivo 13C NMR study of the bidirectional reactions of the wood-werkman cycle and around the Pyruvate node in Propionibacterium freudenreichii subsp. shermanii and Propionibacterium acidipropionici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.B. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 1, pp.309-319</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress and osmoprotection in propionibacteria:</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisabeth Bégué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Lait</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 79 (1), pp.59-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00929637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vivo nuclear magnetic resonance study of citrate metabolism in Propionibacterium freudenreichii subsp. shermanii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.B. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. de Certaines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dairy Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 65 (3), pp.503-514</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du métabolisme des bactéries propioniques laitières par RMN in vitro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Salvat-Brunaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.B. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analusis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 25 (1), pp.15-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02695823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trehalose biosynthesis in dairy Propionibacterium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.B. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Nadal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. de Certaines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of magnetic resonance analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 2, pp.297-304</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02688859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (117)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can metabolic mri be useful to image tomato metabolism?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moing A Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Bonny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Plant Spectroscopy Conference (IPSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03781345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining phenotypic, metabolome and proteome data to study maize response to a mild nitrogen deficit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Urrutia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melisande Blein-Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du Protéome Vert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Gif-sur-Yette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03878405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MRSI vs CEST MRI to understand tomato metabolism during fruit development: Is there a better contrast?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Bonny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th edition of the International Conference on the Applications of Magnetic Resonance in Food Science (MRFOOD2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Aarhus, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic response of Buxus sempervirens to the invasive moth Cydalima perspectalis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-E. Hay-De-Bettignies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vanhaverbeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Touboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RFMF, Nov 2021, Aussois (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04893568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RMN métabolomique, aliments et nutrition : quelques exemples de la plateforme Métabolome-MetaboHUB -Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animation scientifique : La Résonance Magnétique Nucléaire dans tous ses états….</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UR370 QuaPA et PF AgroResonance, INRAE, Jun 2021, distanciel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03728319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR metabolomics at natural 13C abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gandriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hyp21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR Metabolomics at Natural 13C Abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gandriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GERM 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Localization of Metabollites In Fruits By NMR : Tissue Dissection and Metabolic Profiling Or Non-Invasive Whole Fruite Imaging ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lemaire-Chamley Martine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deborde Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounet Fabien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maucourt Mickael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées RMN du Grand-Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03757279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR metabolomics at natural 13C abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gandriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euromar 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Online due to Covid, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05446378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR-based metabolomics workflow for quality and effect assessment of alternative plant-based diets in rainbow trout.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11èmes JS du Réseau Francophone de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RFMF, May 2018, Liège, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03058513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR Metabolomics at Natural 13C Abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gandriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques du réseau francophone de métabolomique et fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Online due to Covid, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05446593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An overview of NMR applications in metabolite profiling of small molecules for plant metabolism studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier J.-X. Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Molinie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. International Plant Spectroscopy Conference (IPSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR-based metabolomics at Bordeaux Metabolome Facility: 4 short stories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Clave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Franco-Israeli Symposium in Magnetic Resonance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Rehovot, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the adaptation of rainbow trout metabolome to novel aquafeeds by H-NMR metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadege Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2019. 15. Annual Conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, La Haye, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02154627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR metabolomic investigation of the effect of alternative diets on rainbow trout plasma profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Aquaculture 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Aquaculture Society (EAS)., Aug 2018, Montpellier, France. 848 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrative 1H-NMR metabolomic investigation of the effect of alternative diets on rainbow trout plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. ISFNF International Symposium on Fish Nutrition and Feeding "40 years of research in fish nutrition"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Las Palmas de Gran Canaria, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mycotoxin biosynthesis and central metabolism are two interlinked pathways in Fusarium graminearum, as demonstrated by the extensive metabolic changes induced by caffeic acid exposure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chéreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vessela Atanasova-Penichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Legoahec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. European Fusarium Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universität für Bodenkultur Wien [Vienne, Autriche] (BOKU). AUT., Apr 2018, Tulln, Austria. 122 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrative and predictive biology outside the plant: linking computational tools to fleshy fruit systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Colombie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Nazaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Benard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Biologie synthétique et systémique, BioSynSys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bornet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Dumez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Vuichoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Lalande-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique RFMF 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Francophone de Métabolomique et Fluxomique (RFMF). FRA., May 2016, Monpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport des approches de métabolomique sur l'adaptation des poissons à une alimentation durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Fauconneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Corraze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Médale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journées Scientifiques Internationales sur la Valorisation des Bioressources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Sousse, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01901296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leaf marker metabolites for low nitrogen stress in maize</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Urrutia Rosauro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biology Europe EPSO/FESPB 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consequences of high temperatures and drought on peach fruit production strongly depends on their period of occurence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Adra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Vercambre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Bakan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Noblet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate-Smart Agriculture 2015 : Global Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RMN 2D rapide pour la métabolomique quantitative ciblée d'extraits végétaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tangi Jézéquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Francophone de Métabolomique et Fluxomique (RFMF). FRA., Jun 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using metabolomic approaches and modelling of central metabolic to study fleshy fruit quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Colombie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. International Symposium on Metabolomics in Mexico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Guadalajara, Mexico. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des empreintes métabolomiques en lien avec le potentiel toxinogène chez le champignon phytopathogène &amp;lt;em&amp;gt;Fusarium graminearum&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Escourrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vessela Atanasova-Penichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chéreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Moinard-Monmarson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Francophone de Métabolomique et Fluxomique (RFMF). FRA., Jun 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absolute quantitative metabolomics of plant extracts by fast 2D NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Giraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tangi Jézéquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56. Experimental Nuclear Magnetic Resonance Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Pacific Grove, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of metabolomics approaches for quality assessment of plant-based diet in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Joubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Aquaculture Society (EAS). BEL., Oct 2015, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La métabolomique : un outil de la génomique fonctionnelle au service de la biologie des systèmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Congrès Jeunes Chercheurs de la SFBV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Biologie Végétale (SFBV). FRA., Jun 2014, Tours, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using developmental and diurnal compositional changes of tomato to study metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Osorio-Algar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetaboHUB and RFMF : two tools at the service of metabolomics and fluxomics in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriant Bellvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bertrand-Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Canlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MERLION Metabolomics Workshop Singapore 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomics of growth and type B trichothecenes production in Fusarium graminearum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Legoahec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vessela Atanasova-Penichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Ponts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. European conference on fungal genetics - Fusarium satellite meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Séville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diurnal compositional changes of tomato fruit and leaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Benard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Osorio-Algar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Glasgow, United Kingdom. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining systems biology, genome resequencing and MAGIC population to decipher the genetic variation of tomato fruit quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Pascual</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiaxin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Desplat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Y. Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Solanaceae conference (SOL 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ERVA: a novel method of binning, allowing chemical information to be highlighted, from 1H-NMR metabolics data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Amiens, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic and molecular profiling of a slow ripening peach selection reveals new mechanisms controlling mesocarp development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rasori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. International Peach Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Horticultural Science (ISHS). INT., Jun 2013, Matera, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetaboHUB: a french infrastructure dedicated to metabolomics and fluxomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice A. Agasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bertrand-Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. R. Cole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Colombie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2013 - 9. Annual conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetaboHUB: a national infrastructure dedicated to metabolomics and fluxomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice A. Agasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bertrand-Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. R. Cole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. B. Colsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journées scientifiques du Réseau Français de Métabolomique et de Fluxomique (RFMF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetaboHUB: une infrastructure nationale au service de la métabolomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice A. Agasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bertrand-Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. R. Cole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. B. Colsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séance thématique "La métabolomique : son application en recherche pharmaceutique et diagnostique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie Nationale de Pharmacie. FRA., Feb 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomics data integration in tomato plant-fruit systems biology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics-2012, International Conference and Exhibition on Metabolomics &amp; Systems Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-Ievel omic approach of tomato fruit quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiaxin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Pascual</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Desplat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Faurobert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Y. Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Symposium on Horticulture in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compositional changes of tomato seeds during development and maturation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ousmane Harouna Kore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique (RFMF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Nantes, France. p. 60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02807332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the control of fruit sensorial and nutritional quality in tomato: functional genomics approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rothan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Viron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Gilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie V. Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Biogenouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation journalière de la composition métabolique de fruit de tomate en cours de maturation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Benard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Osorio-Algar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labo/service de l'auteur, Ville service., May 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profils métaboliques du fruit de tomate au cours de sa maturation en présence de cadmium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hédia Hédiji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wahbi Djebali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labo/service de l'auteur, Ville service., May 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolite profiling and feeding bioassays suggest a major role for a dicaffeoylquinic acid in induced resistance of peach to Myzus persicae aphid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poëssel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Sauge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Staudt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PRIR 2011 Joint International Workshop: "PR-proteins Workshop" and the "Working Group Induced Resistance in Plants Against Insects and Diseases"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Neuchâtel, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d'outils informatiques pour le traitement et l'analyse des données en RMN-1H, dans un contexte d'expériences métabolomiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labo/service de l'auteur, Ville service., May 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tools and applications in plant metabolomics at Bordeaux Metabolome Fluxome Facility (PMFB; http://www.bordeaux.inra.fr/umr619/NMR.htm)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labo/service de l'auteur, Ville service., May 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR profiling and more for the characterization of melon genetic resources and melon fruit physiology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asaph Aharoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilana Rogachev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sagit Meir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications and tools in plant metabolomics at Bordeaux Metabolome-Fluxome Facility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">500 MHz-1H NMR profiling for quality assessment of broccoli florets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Valverde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Padraig Mcloughlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Reilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Gaffney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mery-B: a web knowledgebase for the storage, visualization, analysis and annotation of plant metabolomics profiles obtained by NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ferry-Dumazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra and interspecific biochemical phenotyping of Vitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ollat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Doumouya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of different methodological approaches to study sugar contents in stonefruits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dondini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Adami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Tartarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28. International Horticultural Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Lisboa, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant metabolomics at Bordeaux Metabolome-Fluxome Facility. Tools and applications at PMFB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Quintana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candidate gene mapping and QTL analysis involved in agronomical and fruit quality traits in Prunus species in the European integrated project ISAFRUIT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Dirlewanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Cardinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loick Le Dantec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Plant &amp; Animal Genomes Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypic variability among wild Vitis species: a tool to study some mechanisms underlying berry development and composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ollat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Decroocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Bordenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Hevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Rencontres Annuelles de l'ISVV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut des Sciences de la Vigne et du Vin (ISVV). FRA., Jul 2010, Villenave d'Ornon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02817846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The French Metabolomics and Fluxomics network (RFMF Réseau Français de Métabolomique et Fluxomique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biochemical phenotyping of Vitis by 1H-NMR profiling and targeted enzymatic analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ollat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Doumouya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative intraspecific metabolomic and genomic variation analyses in Cucumis melo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaakov Tadmor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nurit Katzir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josef Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitaly Portnoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamar Lahav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the genetic basis of Prunus fruit quality on two apricot and two peach populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bachellez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Noëlle Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Matera, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Down regulating an epigenetic-related protein, SIEZ2, in tomato induces metabolome modifications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Boureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomics unveils metabolic changes in tomato transformants downregulating an epigenetic-related protein SIEZ2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Boureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality assessment of broccoli florets by 500 MHz-1H NMR profiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Valverde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Padraig Mcloughlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Reilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Gaffney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mery-B: a web knowledgebase for the storage, visualization, analysis and annotation of plant metabolomics profiles obtained by NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ferry-Dumazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional analysis of SIEZ2, a tomato Enhancer of Zeste protein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Boureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre How Kit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Stammitti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FESPB Congress 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Valence, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tools and applications in plant metabolomics at Bordeaux metabolome-fluxome facility (PMFB)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Pardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabomeeting 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Norwich, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peach fruit quality : candidate genes or map-based cloning strategy ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Dirlewanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Boudehri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Croset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loick Le Dantec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Peach Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Lleida, Spain. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct correlation of 1H-NMR and GC-EI-TOF-MS profiling data reveals significant spatial localisations and metabolite gradients in Charentais melon fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Allwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabomeeting 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Norwich, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French metabolomics and fluxomics network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Junot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International metabolomics workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of QTLs controlling major fruit quality components in peach within the European project ISAFRUIT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Dirlewanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Cardinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Boudehri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Monllor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Eucarpia Symposium on Fruit Breeding and Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISAFRUIT. Study of the genetic basis of Prunus fruit quality in two peach and two apricot populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bachellez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Noëlle Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Eucarpia Symposium on Fruit Breeding and Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic profiling techniques to assess and manage fruit quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Tadmor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SMASH Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Chamonix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mery-B : management and analysis of plant metabolomics 1H-NMR profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ferry-Dumazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabomeeting 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Norwich, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Daphne gnidium L. extracts behaviourally active for grape pest insect using NMR and LC-MS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nevile Maher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Witold Nowik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabomeeting 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Norwich, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR profiling for the characterisation of melon commercial varieties and genetic resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabomeeting 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Norwich, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fruit metabolome changes of antisens transformants of fruit specific phosphenolpyruvate carboxylase (S1-ppc2) under various environmental conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Dieuaide Noubhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ben Akal-Ben Fatma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Colloque national de la SFBV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrophilic Interaction Liquid Chromatography – Mass Spectrometry method development for analysis of tomato leaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Pardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. International Mass Spectrometry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Bremen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gene and metabolite regulatory network analyses in tomato fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabomeeting 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Norwich, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mery-B : Base de Données Métabolomiques dédiée au végétal et outils d’intégration, de visualisation et de traitement statistique de profils RMN 1H</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ferry-Dumazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journée scientifique du réseau RMN aquitain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Metabolomics at Bordeaux: practical implication on tomato</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. International conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de profils métaboliques obtenus par RMN-1H pour la localisation spatiale de métabolites primaires dans le melon charentais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Allwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. journées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profils et empreintes métaboliques par RMN du proton pour évaluer les modifications attendues et inattendues de la composition de tomates transgéniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yosra Ben Akal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethel Mendocilla Sato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Spieldenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3.Journées Scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du profil métabolique chez des plants de tomate en réponse au stress cadmique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Hediji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gallusci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Djebali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées scientifiques RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of cytological, metabolome and transcriptome data in relation with the acquisition of the fleshy trait in tomato pericarp and locular tissue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie V. Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">600 MHz-1H NMR profiling for quality assessment of greenhouse-grown tomato fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Spraul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées scientifiques RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISAFRUIT IP project. Genetic and molecular bases of peach and apricot fruit quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bachellez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Boge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Boudheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Matera, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H NMR and LC-MS metabolomic analysis of tomato leaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethel Mendocilla Sato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yosra Ben Akal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabomeeting 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cell expansion in tomato mesocarp and locular tissues: integration of transcriptome and metabolome data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie V. Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Annual international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISAfruit ip project - genetic and molecular bases of peach and apricot fruit quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bachellez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Boge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Boudehri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Eucarpia Symposium on Fruit Breeding and Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of QTLs controlling major fruit quality components in peach within the european project ISAfruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Dirlewanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Cardinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Boudehri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Monllor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Eucarpia Symposium on Fruit Breeding and Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR metabolomic analysis of maize kernels: characterization of a novel allele of Brittle2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Cossegal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascual Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Rogowsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics Society's 3rd annual international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Metabolomics Society, Jun 2007, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LC-MS metabolomic profiling of mesocarp tissue during tomato fruit development: comparison of different data pre-processing methods and analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Annual international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR metabolomic analysis of tomato leaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethel Mendocilla Sato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yosra Ben Akal-Ben Fatma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hédia Hédiji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Annual international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR profiling for quality assessment of greenhouse-grown tomato fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baldet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Annual international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic profiling of two tissues during tomato (Solanum lycopersicum) fruit development: cross-validation of LC, LC/MS and NMR approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Saint Sauves d'Auvergne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR metabolic profiling reveals tissue specificity in tomato fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Giraudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Reading, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profils métaboliques de la pêche et de l’abricot pour l’étude des bases génétiques de la qualité des fruits de Prunus dans le projet européen Isafruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bachellez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Saint Sauves d'Auvergne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Metabolome pole of the Functional Genomics Platform of Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Saint-Sauves-d'Auvergne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic profiling of shoot apices infested by the peach-potato aphid in susceptible and resistant peach cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Sauge-Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Noëlle Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gaudillère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings from the 4th International Plant Metabolomics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Berkshire, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02820634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioinformatics resources for the study of plant metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ferry-Dumazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. de Daruvar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Reading, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MétaboP: a French initiative supported by Génoplante for the development of analytical and bioinformatic tools for plant metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graham Noctor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Reading, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanisms of Sugar Extraction from Carrot Roots (Daucus carota L.) studied by direct NMR measurements: comparison of aqueous solutions obtained through thermal processing and model solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cazor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve This</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. World congress of food science and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01627198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Carrots stocks” composition by H-NMR analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cazor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve This</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. International conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Nottingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01627199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of tomato fruit tissues to the acquisition of the fleshy trait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie V. Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. FESPB Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolome-Fluxome facility at the Plant Systems Biology Institute in Bordeaux, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gaudillère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Reading, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical fingerprinting for the evaluation of polar and non polar metabolite changes during fruit development in tomato (Solanum lycopersicum) by means of H NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fourloubey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Colloque national de la SFBV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Arcachon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pôle Métabolome à l'IFR 103 Biologie Végétale Intégrative de Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gaudillère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premières journées scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02764501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profils quantitatifs et empreintes métaboliques par RMN pour étudier la qualité des fruits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premières journées scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tissular specificity of metabolic profiles during tomato fruit development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rothan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Colloque national de la SFBV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Arcachon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de l'infestation sur le profil métabolique d'apex de variétés de pêcher sensibles et résistantes au puceron vert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Sauge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Noëlle Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Réseau français de métabolomique et fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Toulouse, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02833593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic profiling of fruit tissues during tomato development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rothan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premières journées scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H NMR metabolic fingerprints of grape berries produced in different plots in Bordeaux, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano E. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre J.-P. Gaudillere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Soyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Symposium on Grapevine Physiology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Davis, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un outil informatique générique pour le stockage et le data-mining de données de métabolome de plantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ferry-Dumazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premières journées scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of carbon metabolism in fruit through metabolomics and fluxomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dieuaide-Noubhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">France Israël Agro-Biotechnologies Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2004, Auzeville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of metabolic fluxes during glucose catabolism in propionibacterium freudenreichii subsp. shermanii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Meurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. forum for applied biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Gent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lactobacillus delbruecki subsp. bulgaricus and heat stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gouesbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénaël Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Forum for applied biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1999, Het Pand Gent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress and osmoprotection in propionibacteria (trehalose, glycine-betaine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bégué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Congrès international sur les Propionibactéries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1998, Cork, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02842106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (84)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration of seaweed and wheat grain by magnetic resonance imaging: Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Jouanneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laïla Rodrigues de Araujo Alves Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Bresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Girousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GERM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Autrans (Vercors), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05189983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow : A graphical and interactive tool dedicated to batch processing of 1D spectra for NMR based metabolomics and qNMR analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05190119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the Structural Investigation of Bio-Based Blends from Functionalized Lignin for Additive Manufacturing by 1Hand 13C variable temperature Solid-State NMR.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Bouchetara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Koubaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAR2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Oulu, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05189598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow : A graphical and interactive tool dedicated to batch processing of 1D spectra for NMR based metabolomics, qNMR analysis and ssNMR kinetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GERM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Autrans (Vercors), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05190009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of signal processing obtained by 1H→13C polarization transfer to better characterize water structuring in biomaterials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentin Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Falourd</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GERM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Autrans (Vercors), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05190060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR profiling of eggplant and pepper fruits during their development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Clavé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marguerite Batsale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05190161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR CHARACTERIZATION OF 13 C LABELLED LIGNOCELLULOSIC BIOMASS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Vinter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina D'Orlando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Sibout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Falourd</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GERM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Autrans (Vercors), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05190039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The challenge to get MRI metabolic maps in fleshy fruit: tomato example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Bonny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Biennial International Bologna Conference Magnetic Resonance in Porous Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Tromso, Norvège, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and Quantitative 2D NMR for metabolomic applications within MetaboHUB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edern Cahoreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Canlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic resonance imaging of node and internode in maize stalk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Boulgsoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Legland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th INTERNATIONAL PLANT SPECTROSCOPY CONFERENCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Vienna (AUSTRIA), Austria. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a standardized method for metabolite analysis by NMR to assess wine authenticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Leleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Homobono Brito de Moura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cléo Berrehail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Boulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45. World Congress of Vine and Wine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Dijon, France. OIV 2024, 2024, </w:t></w:r><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58233/IMGGSIME⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05069180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR profiling of tomato samples with benchtop spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Bouillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting a protocol for 1H-NMR profiling of wine samples before an interlaboratory comparison.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Leleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Le Mao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TOWARDS A METABOLOMIC CHARACTERISATION OF THE GRAPEVINE RESPONSE TO FLAVESCENCE DORÉE INFECTION BY NMR AND LC-MS PROFILING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josep Valls Fonayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Malembic-Maher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytics 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03728111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR metabolomics to explore compositional changes in grape berry under heat stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytics 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03728234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary results of a MetaboHUB 2.0 inter-laboratory test on 1D 1H NMR metabolite quantification of a synthetic urine.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Giraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edern Cahoreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roselyne Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytics 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03728300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To dissect or not to dissect for fruit spatial metabolomics: tissue profiling or MRI?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, online meeting, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03757407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR metabolomics at natural 13C abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gandriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, En ligne, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04433999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To dissect or not to dissect for fruit spatial metabolomics : tissue profiling or MRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées RMN du Grand-Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03757356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial localization of metabolites in fruits by NMR: tissue dissection and metabolic profiling or non-invasive whole fruit imaging?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lemaire-Chamley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées RMN du Grand-Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperpolarized NMR metabolomics at natural 13C abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnab Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gandriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GERM 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04433980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of GMO or glyphosate effects on the composition of maize grain and maize-based diet for rat feeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chéreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Clermont-Ferrand, France. pp.109 /P30, 2019, 12. Journées Scientifiques du RFMF</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02556668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetaboHUB-Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques INRA-BAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Hyères, France. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02570809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFLOW: A graphical and interactive tool dedicated to 1D spectra processing for plant NMR metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Plant Spectroscopy Conference (IPSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Berlin, Germany. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02556875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR metabolomic profiling reveals a distinct metabolic recovery response in shoots and roots of temporarily drought-stressed sugar beets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rita Wedeking</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Plant Spectroscopy Conference (IPSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Berlin, Germany. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02556922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LC-MS and NMR metabolomics study of a tomato (Solanum lycopersicum L.) mutant affected in the fruit pericarp development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Musseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Jorly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Clermont-Ferrand, France. pp.128/P48, 2019, 12. Journées Scientifiques du RFMF</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02556782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de la métabolomique par 1H-RMN pour le développement de nouveaux aliments chez la truite arc en ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées de la Recherche Filière Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Paris, France. , 2019, 6èmes Journées de la Recherche Filière Piscicole</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02179541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR-based metabolomics workflow for characterization and effect assessment of alternative plant-based diets on plasma and microbiote in rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAR - European Magnetic Resonance Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Nantes, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precautions of a revisited protocol for 1D 1H-NMR profiling of plant samples from extract preparation to spectra processing. Preliminary results of an inter laboratory experiments.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier J.-X. Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Molinié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adolfo Botana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Mesnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Liège, Belgium. pp.P34, 2018, 11. Journées Scientifiques du RFMF</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic application in fish nutrition: profiling novel aquaculture feeds and assessing their impact on rainbow trout plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAR - European Magnetic Resonance Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Nantes, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined metabolomic and proteomic profiling of maize leaf to reveal metabolic responses to cold temperatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Urrutia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melisande Blein-Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Liège, Belgium. pp.P25, 2018, 11. Journées Scientifiques du RFMF</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow: A graphical and interactive tool dedicated to 1D spectra processing for NMR-based metabolomics.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAR - European Magnetic Resonance Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Nantes, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inter laboratory comparison of a revisited protocol for 1D 1H-NMR profiling of plant samples from extract preparation to spectra processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Molinié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier J.-X. Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adolfo Botana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Mesnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAR - European Magnetic Resonance Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Nantes, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow: An easy GUI tool dedicated to 1D NMR spectra processing (1H & 13C) for Metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Liège, Belgium. pp.P24, 2018, 11. Journées Scientifiques du RFMF</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Primary metabolism investigation of fleshy fruit species using 1H-NMR profiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coffi Belmys Cakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAR - European Magnetic Resonance Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Nantes, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of alternative diets for farmed rainbow trout (Oncorhynchus mykiss) by H-NMR metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Dubrovnik, Croatia. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01901341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study of primary metabolite patterns in diverse fleshy fruit species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C B Cakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Arrivault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MetaboMeeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Birmingham (UK), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04955742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic study of tolerance to water limitation for sunflower germination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Falagan Sama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2016. 12. Annual Conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, dublin, Ireland. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMERODE: nuclEAR MagnEtic Resonance prOfiles DatabasE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique RFMF 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montpellier, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Metabolomics at Bordeaux Metabolome Facility, a member of MetaboHUB and PHENOME IA projects. Tools and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique RFMF 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montpellier, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The timing of shifts in the transcriptome and proteome in relation to metabolic state during tomato fruit development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isma Belouah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Balliau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Benard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Colombie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2016. 12. Annual Conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Dublin, Ireland. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for marker metabolites of crop performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Urrutia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Lamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2016. 12. Annual Conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Dublin, United Kingdom. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Metabolomics at Bordeaux Metabolome Facility, a member of MetaboHUB and PHENOME IA projects. Tools and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2016. 12. Annual Conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Dublin, Ireland. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of a plant cell suspension culture of Vitis vinifera: biomass composition assessment before C13-metabolic flux analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Machado Vieira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Cluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Hilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique RFMF 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montpellier, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary results of the first NMR ring test inside MetaboHUB IA project on NMR acquisition and annotation of the NIST standard reference material of human plasma (SRM1950)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique RFMF 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montpellier, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01886393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cold treatment affects the metabolite profiles of maize leaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Lamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Réseau Français de Métabolomique et Fluxomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Conseil d'Administration Du Rfmf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Conseil d'Administration Du Rfmf Junior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining MS and proton NMR metabolomic profiling during tomato fruit development to study environment effect on metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Benard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Solanaceae Conference SOL 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Bordeaux, France. 2015, SOL 2015 - Book of abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining MS and NMR metabolomic profiling during tomato fruit development to study environment effect on metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une annotation RMN 1D et 2D ciblée à partir de matrices de référence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Paulhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consequences of high temperatures and drought on peach fruit production strongly depends on their period of occurence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Adra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Vercambre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Bakan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Noblet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHS International Symposium, INNOHORT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Avignon, France. 2015, Innovation in Integrated &amp; Organic Horticulture</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Metabolomics at Bordeaux Metabolome Facility, a member of MetaboHUB and PHENOME IA projects. Tools and Applications.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des conséquences métaboliques de deux régimes alimentaires sur la composition d’extraits lipidiques de foie et de muscle de truite arc-en-ciel par une approche de RMN métabolomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Joubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01901419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining metabolite and enzymatic profiling during tomato fruit development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de la variété et de la torréfaction sur la composition du produit torréfié de la racine de chicorée industrielle (&amp;lt;em&amp;gt;Cichorium intybus&amp;lt;/em&amp;gt; var. &amp;lt;em&amp;gt;sativum&amp;lt;/em&amp;gt;)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honorine Willeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">nmrML: an XML-based open standard for NMR data storage and exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Schober</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2014 - 10. Annual Conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Tsuruoka, Japan. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Metabolomics at Bordeaux Metabolome Facility, a member of MetaboHUB IA project. Tools and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La RMN 2D Ultrarapide appliquée à l’identification et la quantification de métabolites d’extraits de fruits de tomate au cours d’une cinétique développementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tangi Jézéquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bibliothèques de spectres de RMN 1D et 2D de composés de référence pour la métabolomique végétale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetaboLights: Metabolomics data repository and the role of COSMOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reza M. Salek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth Haug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Conesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction and application of reference MS spectral database for metabolite profiling and matrix annotation of plant organisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Lamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomics of growth and type B trichothecenes production in &amp;lt;em&amp;gt;Fusarium graminearum&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Legoahec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vessela Atanasova-Penichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Ponts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Amiens, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des conséquences métaboliques de deux régimes alimentaires chez la truite arc-en-ciel par une approche métabolimique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence L. Larroquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7.Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Amiens, France. , 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of diurnal factor on compositional changes of tomato fruit and leaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Benard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Osorio-Algar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Amiens, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-going method developments in Bordeaux Metabolome Facility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Fouillen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Guntz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2013 - 9. Annual conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Glasgow, United Kingdom. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined NMR-based metabolomic analyses in rainbow trout nutrition studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Madji Hounoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence L. Larroquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Annual International Meeting of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Glasgow, United Kingdom. , 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ERVA method for 1H-NMR metabolomics data: a novel binning strategy highlighting chemical information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Glasgow, United Kingdom. 1 p., 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coordinated methodological developments for plant metabolomics at Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Fouillen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Guntz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journées scientifiques du Réseau Français de Métabolomique et de Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Amiens, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic and molecular profiling of a slow ripening peach selection reveals new mechanisms controlling mesocarp development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rasori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. International Peach Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Matera, Italy. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mery-B: a plant metabolomics database and knowledge base</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Washington, United States. 1 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compositional changes in fruit pericarp of water-stressed tomato in greenhouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Benard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Washington, United States. 1 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des profils métabolomiques au cours du développement du mésocarpe et de la graine du fruit de palmier à huile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique (RFMF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Nantes, France. p. 89, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de biopesticides d’origine végétale pour l’horticulture : méthodes de production, spectre d’action et validation in vivo de l’efficacité des acides dicaféoylquiniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Croset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Noëlle Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Lecerf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jawad Aarrouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ANR - Grand colloque Biologie et Santé 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Lyon, France. 1 p., 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolite profiling and feeding bioassays suggest a major role for a dicaffeoylquinic acid in induced resistance of peach to Myzus persicae aphid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Sauge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Staudt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PRIR 2011 Joint meeting of the "PR-proteins Workshop" and the "Working Group Induced Resistance in Plants Against Insects and Diseases"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Neuchatel, Switzerland. 154 p., 2011, PR-Proteins and Induced Resistance Against Pathogens and Insects. Abstracts book</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diurnal compositional changes in pericarp of tomato fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Biais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Osorio-Algar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabomeeting 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Helsinki, Finland. , 1 p., 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QTL anlysis of characters involved in fruit quality in Prunus persica and a related species and co-location with candidate genes in the European Project ISAFRUIT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Dirlewanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Boudehri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fouché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Croset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Peach Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Lleida, Spain. 2 p., 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QTL analysis of metabolites involved in fruit quality in Prunus species and co-location with candidate genes in the European Project ISAFRUIT - Preliminary results obtained on P. persica related species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Dirlewanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Boudehri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Cardinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Croset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International Rosaceae Genomics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Pucon, Chile. 1 p., 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profils métaboliques de pêche: une étude des métabolites primaires et secondaires par RMN-1H et HPLC de deux descendances révèle de profondes variations entre génotypes et la présence de composés inattendus.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Croset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Quilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseau français de métabolomique et fluxomique : troisième journée scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Bordeaux, France. 2 p., 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the genetic basis of Prunus fruit quality in 2 peach and 2 apricot populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Quilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bachellez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. ISAfruit General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Bologne, Italy. 1 p., 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic profiling of shoot apices infested by the peach-potato aphid in susceptible and resistant peach cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poëssel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Sauge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gaudillère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 4th International Plant Metabolomics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Reading, United Kingdom. , 2006, </w:t></w:r><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-006-0035-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02400315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modification de la teneur en acides aminés des apex de pêcher en réponse à l'infestation par le puceron vert Myzus persicae (Sulzer) : rôle potentiel dans la résistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Poessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gaudillère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.H. Sauge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Lacroza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole thématique "Réponses des plantes aux facteurs environnementaux abiotiques"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Montpellier, France. 1 p., 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining genomic, proteomic, NMR and physiological study to understand salt stress response in Propionibacterium freudenreichii.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Meurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Leverrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Rouault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Bernadette Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès RMN Biologique et les Enjeux du Vivant,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03822231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vivo 13C NMR study of glucose metabolism in Propionibacterium freudenreichii subsp. shermanii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Meurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. International Symposium on propionibacteria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2001, Zurich, Switzerland. 1 p., 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02831164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse par 13C RMN in vivo du co-métabolisme aspartate-pyruvate chez Propionibacterium freudenreichii subsp. shermanii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Meurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SFM "De la génomique au gène métabolique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, Paris, France. 1 p., 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02841550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MeRy-B, a Metabolomic Database and Knowledge Base for Exploring Plant Primary Metabolism.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Metabolism : Methods and Protocols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1083, Springer Science+Business Media, 2014, Methods in Molecular Biology, </w:t></w:r><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-62703-661-0_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution 1H-NMR spectroscopy and beyond to explore plant metabolome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cabasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Fauvelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics Coming of Age with its Technological Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 67 (1ère éd.), </w:t></w:r><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier Ltd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 693 p., 2013, Advances in Botanical Research, 978-0-12-397922-3. </w:t></w:r><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-397922-3.00001-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New opportunities in metabolomics biochemical phenotyping for plant systems biology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Y. Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, InTech, 2012, 978-953-51-0046-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant metabolomics and its potential for systems biology research: background concepts, technology, and methodology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. William Allwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ric C. H. de Vos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Erban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Systems Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 500, </w:t></w:r><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier Ltd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Methods in Enzymology, 978-0-12-385118-5. </w:t></w:r><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-385118-5.00016-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId824" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic fingerprinting and profiling by proton NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional plant genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Science Publishers, 2007, 978-1-57808-506-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId824" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02813653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propionibacterium spp.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roginski H; Fuquay JW; Fox PF. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Dairy Sciences.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Academic Press; Elsevier, pp.2330-2339, 2002, </w:t></w:r><w:hyperlink r:id="rId826" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B0-12-227235-8/00718-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chap. 13. Metabolic behaviour of lactic and propionic acid bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyaval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMR in microbiology: theory and applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Horizon Scientific Press, 2000, 1-898486-21-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId828" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Reproducible Workflow for Modelling of 1 H to 13 C Polarization Transfer Kinetics using Solid-State NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Falourd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Lahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId830" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rondeau-Mouro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId828" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05405136v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId831" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Document for adding numbered structures into PeakForest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Canlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId832" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Traïkia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lindsay Peyriga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId831" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03411869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId833" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matériel et Méthode thèse Léa ROCH (VF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Gibon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId833" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId834" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BioStatFlow -Statistical Analysis Workflow for &amp;quot;Omics&amp;quot; Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId834" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId835" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow: A graphical and interactive tool dedicated to 1D spectra processing for NMR-based metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId835" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01401241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId836" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du métabolisme carboné primaire de bactéries propioniques laitières par résonance magnétique nucléaire in vivo du 13C : Des voies métaboliques aux tests de performance des souches industrielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Ecole Nationale Supérieure Agronomique, 1998. Français. </w:t></w:r><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId836" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02838770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId838"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="82BC9492"/>
+    <w:nsid w:val="CCDB9E6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catherine-deborde" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5687-9059" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/234659610" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/HCH-3128-2022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05442085v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Leleu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Butelle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jacob" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou-Ann Kurkiewicz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Boulet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules31010065" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319950v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mathel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Le Gagne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Falourd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Le-Bot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susmat.2025.e01471" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04937377v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Munch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rezette" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Buche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chambrey" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111375" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05185366v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Pag&#232;s" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bonny" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lemaire-Chamley" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Moing" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2025.145630" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04799829v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Urrutia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fernandez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernillon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Maucourt" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-024-02186-z" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04800078v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Roch" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Clav&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Batsale" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-024-06996-1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667965v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Emmanuelle Hay" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dussarrat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Millery" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/plb.13691" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04305424v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roques" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Skiba-Cassy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise M&#233;dale" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dupont-Nivet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-46809-2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04155487v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edern Cahoreau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory da Costa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Gautier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-023-02028-4" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183193v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berton" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salimata Diarrassouba" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-023-04370-0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650467v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Valls Fonayet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Malembic-Maher" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5958/2249-4677.2023.00009.9" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-04237977v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boulogne" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Petit" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucienne Desfontaines" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Durambur" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology12101326" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695453v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Paulhe" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelaure Damont" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Peyriga" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-022-01899-3" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03767989v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Bourafai-Aziez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Charpentier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cassin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rousselot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27175614" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03592312v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cala" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Marchand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2022.738033" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03107184v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Prigent" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.13993" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03101885v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bonny" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-020-03101-w" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03107100v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Paz Covarrubias" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Lillo-Carmona" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Melet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianfranco Benedetto" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Andrade" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.604133" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03163223v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Madji Hounoum" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jns.2021.3" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03297107v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Pag&#233;s" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-021-03180-3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03035414v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnab Dey" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Charrier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Martineau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gandriau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.0c03510" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02927022v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadege Richard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Larroquet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jn/nxaa206" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02926808v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Cornu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bussiere" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coriou" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Robert" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2020.111145" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02914290v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Musseau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Jorly" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gadin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iben S&#248;rensen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.20.00245" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02570723v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guimas" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10030083" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141403v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/raq.12316" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02533195v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. William Allwood" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asaph Aharoni" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Baker" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Beale" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10030121" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02904041v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Klose" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coffi-Belmys Cakpo" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Beauvoit" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraa302" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02553742v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Bonnot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martre" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Hatte" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Dardevet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leroy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.19.00842" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621412v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentaro Mori" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Biais" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chabane" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00594" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621416v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Mounet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Maucourt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo9050093" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622523v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Xavier J.-X. Fontaine" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolfo Botana" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Nicaise" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-019-1488-3" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02487236v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-019-1515-4" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141406v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Richard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luce Sergent" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kurz" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-018-1454-5" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721265v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Stevens" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baldet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bouchet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Causse" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00137" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622637v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Wedeking" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gibon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0196102" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621110v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vessela Atanasova-Penichon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Legoahec" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01705-17" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901326v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Jo&#235;l Gatesoupe" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fauconneau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/anu.12793" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621139v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schober" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Wilson" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph A Cruz" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Marcu" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b02795" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539641v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Lamari" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Zhendre" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-018-1427-8" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624451v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ch&#233;reau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-018-1329-9" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606304v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefebvre" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-017-1178-y" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602524v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rolin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnmrs.2017.05.001" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636594v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Botton" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Rasori" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorenza Ziliotto" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael M. Maucourt" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-016-0445-z" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366193v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bornet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Milani" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.6b01094" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543456v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaxin Xu" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pascual-Banuls" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Desplat" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Faurobert" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2015.1099.100" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631872v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;s Grevenstuk" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabela Romano" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10534-015-9884-2" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366194v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Dumez" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Vuichoud" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lalande-Martin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5an01203a" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630314v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Baldacci-Cresp" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pierre" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2014.12.019" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KVPW9GJR-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641303v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille B&#233;nard" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Osorio" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv151" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630736v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Salek" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Neumann" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Hummel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenny Billiau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-015-0822-7" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638209v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangi J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-015-0780-0" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165673v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza M. Salek" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-015-0810-y" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636046v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Cheung" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Xu" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Mumm" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ric C. H. de Vos" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2013.12.010" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648547v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-013-6852-y" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2B5E0A1D5BA8AFE2D997C48A4128BD364B023EFD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651407v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cabasson" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-012-0429-1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-745VPHM9-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208665v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ballias" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ert349" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651386v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Calingacion" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boualaphanh" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.D. Daygon" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Anacleto" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sackville Hamilton" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-011-0374-4" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3EDCC7B4F9E8BC48020BA4D36B0C8FC2A589CA60/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643145v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Ben Akal-Ben Fatma" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Pianelli" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Dieuaide Noubhani" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Le Menn" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5897/AJB12.088" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647565v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Baldacci" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chang" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hopkins" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1002471" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000616v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariusz M. Kowalczyk" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes J. Rohrmann" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann J. Petit" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ers167" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647058v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Jim&#233;nez" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ollat" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolenda Gogorcena" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2010.08.010" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645944v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ferry-Dumazet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gil" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2229-11-104" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652483v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ma&#239;miti Dulaurent" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Rossi" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Menassieu" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0418.2010.01547.x" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C58E0DACF33664F135CE6B9EE73367A029C9B61E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647454v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hichem Neily" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiaki Matsukura" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2010.07.003" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644457v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilana Rogachev" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sagit Meir" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2010.03626.x" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648167v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668879v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;dia H&#233;diji" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahbi Djebali" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2010.08.014" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BFD6MNTR-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667728v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane L. Ward" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M. Baker" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia J. Miller" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-010-0200-4" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667147v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Allwood" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2009.08.010" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X6H6QX28-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656881v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664640v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-008-0134-2" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CEC0A79044639B1033F94C83867E8A7B18EE03A0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662211v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac9001996" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03371236v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Garcia" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Gilbert" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Gest" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2009.09.013" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FXZM6RN4-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666886v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mounet" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.108.133967" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412597v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Cossegal" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chambrier" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mbelo" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Balzergue" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Martin-Magniette" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.107.112698" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655666v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliano Elias Pereira" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre J.-P. Gaudillere" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelis van Leeuwen" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Hilbert" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667259v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lemaire" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Giraudel" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-007-0059-1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627200v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cazor" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; This" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf060144i" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-XSNR1VPS-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663000v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliano E. Pereira" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2005.11.007" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SRGS5V4H-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663721v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pieri" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf061013k" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-JXK3L9R6-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682189v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf058058q" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-JSQFR07K-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400128v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliano Pereira" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gaudill&#232;re" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lavialle" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895526v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Meurice" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaillou" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Rouault" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2003041" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689412v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Boyaval" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698703v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.B. Rolin" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929637v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Corre" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Blanco" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth B&#233;gu&#233;" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689684v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bondon" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de Certaines" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695823v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Salvat-Brunaud" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thierry" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688859v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Corre" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nadal" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. de Certaines" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03781345v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moing A Lemaire-Chamley" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878405v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695147v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728319v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432708v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Charrier" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432581v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757279v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemaire-Chamley Martine" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborde Catherine" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounet Fabien" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maucourt Mickael" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893568v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-E. Hay-De-Bettignies" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vanhaverbeke" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446378v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03058513v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446593v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786819v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Molinie" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786826v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Clave" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154627v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913018v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831458v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737991v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739719v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Cabasson" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Colombie" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Nazaret" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Benard" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740469v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901296v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Corraze" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605806v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Urrutia Rosauro" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maucourt" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603456v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Adra" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vercambre" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pl&#233;net" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Bakan" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Noblet" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605080v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Giraudeau" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800371v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Colombie" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Rolin" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743962v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742557v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Escourrou" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Moinard-Monmarson" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740877v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Joubert" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793195v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Osorio-Algar" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798242v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bertrand-Michel" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cole" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793632v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Ponts" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801036v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805015v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002241v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice A. Agasse" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. R. Cole" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B. Colsch" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002247v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002248v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808354v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rasori" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803658v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750138v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pascual" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Gibon" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803433v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748459v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807332v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmane Harouna Kore" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338895v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Po&#235;ssel" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Sauge" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Staudt" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dufour" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749839v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747402v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805441v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rothan" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Viron" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie V. Garcia" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746272v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749748v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751556v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Valverde" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Padraig Mcloughlin" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Reilly" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gaffney" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755793v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755616v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dirlewanger" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Cardinet" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Renaud" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loick Le Dantec" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756773v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Quintana" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817846v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Decroocq" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Bordenave" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Hevin" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752618v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757382v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Doumouya" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755618v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dondini" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Adami" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Tartarini" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Bassi" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ruiz" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757590v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Audergon" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bachellez" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanc" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie No&#235;lle Corre" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753834v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757926v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaakov Tadmor" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurit Katzir" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Burger" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly Portnoy" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamar Lahav" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757445v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Boureau" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bertrand" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752418v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756439v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753749v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre How Kit" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Stammitti" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756823v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757642v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754338v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755485v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755617v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757318v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Andr&#233;" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nevile Maher" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis D. Thiery" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Nowik" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751149v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Tadmor" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751144v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757375v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Junot" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756986v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cardinet" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Boudehri" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Monllor" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753178v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754892v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ben Akal-Ben Fatma" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755840v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pardon" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754208v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752654v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753447v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822786v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Croset" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755787v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758234v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Keller" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spraul" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755679v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Boge" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Boudheri" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756215v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethel Mendocilla Sato" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Ben Akal" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753465v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752709v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Spieldenner" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Henry" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755981v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hediji" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gallusci" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Djebali" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754209v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752788v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756940v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753743v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascual Perez" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Rogowsky" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756030v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Le Gall" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756754v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757537v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754523v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757967v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Poessel" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757194v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Giraudel" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820634v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Sauge-Collet" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Gaudill&#232;re" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754398v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ferry-Dumazet" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barre" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jacob" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Daruvar" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627198v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve This" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627199v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754317v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Noctor" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751528v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753989v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754805v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753431v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764501v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759652v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762787v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763419v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Soyer" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763722v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833593v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759485v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Barr&#233;" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762461v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fourloubey" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761369v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dieuaide-Noubhani" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Raymond" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762111v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Meurice" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768470v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gouesbet" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Jan" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842106v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blanco" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. B&#233;gu&#233;" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05189598v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Bouchetara" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belhabib" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Koubaa" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Guessasma" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190009v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190119v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190060v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Chauveau" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190039v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vinter" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina D'Orlando" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sibout" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190161v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05189983v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Jouanneau" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#239;la Rodrigues de Araujo Alves Cruz" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bresson" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Girousse" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815205v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Marchand" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069180v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Homobono Brito de Moura" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;o Berrehail" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58233/IMGGSIME" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718891v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Boulgsoa" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Devaux" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Guillon" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Legland" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683887v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156153v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Bouillaud" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Casanova" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04380770v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Le Mao" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728111v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728234v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cariou" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Parisi" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728300v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory da Costa" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757407v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04433999v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757356v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329972v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04433980v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02570809v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cassan" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02556875v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02556668v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02556922v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02556782v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179541v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125729v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Molini&#233;" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Mesnard" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733608v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737299v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mesnard" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161578v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125712v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125691v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737961v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coffi Belmys Cakpo" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160639v1" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901341v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Richard" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Marchand" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04955742v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C B Cakpo" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Arrivault" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741930v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605791v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Falagan Sama" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743906v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603579v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma Belouah" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741696v1" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744241v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886393v1" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741756v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Machado Vieira" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cluzet" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742488v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739342v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Conseil d'Administration Du Rfmf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Conseil d'Administration Du Rfmf Junior" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606414v1" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739251v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743576v1" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pinelli" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lopez" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743630v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608225v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901419v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799345v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799366v1" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800325v1" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791990v1" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800369v1" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Haug" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Conesa" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Williams" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798309v1" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801296v1" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honorine Willeman" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793996v1" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747469v1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence L. Larroquet" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805301v1" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747807v1" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805243v1" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804388v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fouillen" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Guntz" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810760v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808355v1" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804120v1" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801976v1" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805488v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811510v1" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Legrand" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810470v1" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lecerf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Aarrouf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748156v1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747463v1" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823051v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fouch&#233;" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821062v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821044v1" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822407v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lambert" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400315v1" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Corre" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-006-0035-1" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830266v1" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Corre" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Sauge" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Lacroza" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03822231v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Leverrier" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Maillard" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831164v1" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841550v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793139v1" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-62703-661-0_1" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811296v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fauvelle" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/bookseries/00652296/67" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-397922-3.00001-0" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804473v1" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811463v1" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Erban" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gateway.isiknowledge.com/gateway/Gateway.cgi?&amp;amp;GWVersion=2&amp;amp;SrcAuth=INRA&amp;amp;SrcApp=INRA&amp;amp;DestLinkType=FullRecord&amp;amp;DestApp=WOS&amp;amp;KeyUT=000295816800016" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-385118-5.00016-5" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813653v1" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05064491v1" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B0-12-227235-8/00718-5" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839365v1" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05405136v1" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lahaye" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03411869v1" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Tra&#239;kia" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04760180v1" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02894113v1" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401241v1" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02838770v1" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catherine-deborde" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5687-9059" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/234659610" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/HCH-3128-2022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05442085v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Leleu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Butelle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jacob" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou-Ann Kurkiewicz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Boulet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules31010065" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05544812v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Falourd" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Deborde" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lahaye" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.70090" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319950v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mathel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Le Gagne" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Falourd" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Le-Bot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susmat.2025.e01471" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04937377v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Munch" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rezette" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Buche" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chambrey" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111375" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05185366v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Pag&#232;s" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bonny" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lemaire-Chamley" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Moing" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2025.145630" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04799829v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Urrutia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fernandez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernillon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Maucourt" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-024-02186-z" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04800078v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Roch" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Clav&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Batsale" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-024-06996-1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667965v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Emmanuelle Hay" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dussarrat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Millery" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/plb.13691" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04305424v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roques" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Skiba-Cassy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise M&#233;dale" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dupont-Nivet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-46809-2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04155487v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edern Cahoreau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory da Costa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Gautier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-023-02028-4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650467v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Valls Fonayet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Malembic-Maher" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5958/2249-4677.2023.00009.9" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183193v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berton" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salimata Diarrassouba" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-023-04370-0" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-04237977v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boulogne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Petit" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucienne Desfontaines" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Durambur" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology12101326" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03767989v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Bourafai-Aziez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Charpentier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cassin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rousselot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27175614" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695453v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Paulhe" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelaure Damont" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Peyriga" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-022-01899-3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03592312v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cala" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Marchand" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2022.738033" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03107184v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Prigent" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.13993" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03101885v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bonny" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-020-03101-w" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03107100v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Paz Covarrubias" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Lillo-Carmona" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Melet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianfranco Benedetto" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Andrade" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.604133" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03163223v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Madji Hounoum" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jns.2021.3" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03297107v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Pag&#233;s" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-021-03180-3" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03035414v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnab Dey" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Charrier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Martineau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gandriau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.0c03510" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02553742v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Bonnot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martre" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Hatte" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Dardevet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leroy" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.19.00842" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02926808v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Cornu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bussiere" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coriou" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Robert" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2020.111145" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02914290v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Musseau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Jorly" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gadin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iben S&#248;rensen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.20.00245" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02927022v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadege Richard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Larroquet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jn/nxaa206" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02570723v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guimas" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10030083" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02533195v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. William Allwood" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asaph Aharoni" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Baker" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Beale" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10030121" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141403v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/raq.12316" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02904041v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Klose" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coffi-Belmys Cakpo" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Beauvoit" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraa302" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02487236v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-019-1515-4" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621412v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentaro Mori" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Biais" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chabane" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00594" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621416v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Mounet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Maucourt" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo9050093" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622523v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Xavier J.-X. Fontaine" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolfo Botana" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Nicaise" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-019-1488-3" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621110v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vessela Atanasova-Penichon" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Legoahec" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01705-17" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141406v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Richard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luce Sergent" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kurz" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-018-1454-5" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721265v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Stevens" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baldet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bouchet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Causse" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00137" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622637v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Wedeking" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gibon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0196102" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901326v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Jo&#235;l Gatesoupe" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fauconneau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/anu.12793" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621139v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schober" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Wilson" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph A Cruz" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Marcu" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b02795" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624451v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ch&#233;reau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-018-1329-9" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539641v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Lamari" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Zhendre" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-018-1427-8" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602524v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rolin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnmrs.2017.05.001" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606304v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefebvre" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-017-1178-y" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366193v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bornet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Milani" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.6b01094" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636594v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Botton" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Rasori" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorenza Ziliotto" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael M. Maucourt" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-016-0445-z" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165673v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza M. Salek" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Neumann" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Hummel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenny Billiau" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-015-0810-y" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638209v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangi J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-015-0780-0" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543456v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaxin Xu" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pascual-Banuls" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Desplat" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Faurobert" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2015.1099.100" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630314v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Baldacci-Cresp" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pierre" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2014.12.019" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KVPW9GJR-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631872v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;s Grevenstuk" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabela Romano" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10534-015-9884-2" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366194v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Dumez" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Vuichoud" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lalande-Martin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5an01203a" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630736v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Salek" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-015-0822-7" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641303v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille B&#233;nard" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Osorio" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv151" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636046v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Cheung" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Xu" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Mumm" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ric C. H. de Vos" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2013.12.010" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208665v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ballias" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ert349" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648547v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-013-6852-y" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2B5E0A1D5BA8AFE2D997C48A4128BD364B023EFD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651407v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cabasson" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-012-0429-1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-745VPHM9-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651386v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Calingacion" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boualaphanh" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.D. Daygon" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Anacleto" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sackville Hamilton" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-011-0374-4" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3EDCC7B4F9E8BC48020BA4D36B0C8FC2A589CA60/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643145v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Ben Akal-Ben Fatma" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Pianelli" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Dieuaide Noubhani" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Le Menn" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5897/AJB12.088" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647565v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Baldacci" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chang" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hopkins" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1002471" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000616v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariusz M. Kowalczyk" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes J. Rohrmann" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann J. Petit" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ers167" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648167v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ferry-Dumazet" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gil" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647058v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Jim&#233;nez" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ollat" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolenda Gogorcena" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2010.08.010" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645944v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2229-11-104" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652483v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ma&#239;miti Dulaurent" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Rossi" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Menassieu" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0418.2010.01547.x" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C58E0DACF33664F135CE6B9EE73367A029C9B61E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647454v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hichem Neily" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiaki Matsukura" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2010.07.003" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644457v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilana Rogachev" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sagit Meir" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2010.03626.x" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667728v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane L. Ward" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M. Baker" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia J. Miller" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-010-0200-4" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668879v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;dia H&#233;diji" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahbi Djebali" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2010.08.014" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BFD6MNTR-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667147v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Allwood" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2009.08.010" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X6H6QX28-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666886v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mounet" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Garcia" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.108.133967" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656881v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664640v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-008-0134-2" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CEC0A79044639B1033F94C83867E8A7B18EE03A0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662211v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac9001996" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03371236v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Gilbert" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Gest" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2009.09.013" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FXZM6RN4-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412597v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Cossegal" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chambrier" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mbelo" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Balzergue" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Martin-Magniette" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.107.112698" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655666v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliano Elias Pereira" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre J.-P. Gaudillere" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelis van Leeuwen" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Hilbert" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667259v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lemaire" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Giraudel" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-007-0059-1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627200v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cazor" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; This" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf060144i" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-XSNR1VPS-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663000v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliano E. Pereira" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2005.11.007" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SRGS5V4H-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663721v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pieri" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf061013k" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-JXK3L9R6-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682189v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf058058q" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-JSQFR07K-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400128v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliano Pereira" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gaudill&#232;re" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lavialle" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895526v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Meurice" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaillou" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Rouault" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2003041" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689412v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Boyaval" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698703v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.B. Rolin" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929637v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Corre" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Blanco" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth B&#233;gu&#233;" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689684v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bondon" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de Certaines" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695823v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Salvat-Brunaud" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thierry" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688859v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Corre" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nadal" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. de Certaines" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03781345v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moing A Lemaire-Chamley" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878405v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695147v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893568v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-E. Hay-De-Bettignies" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vanhaverbeke" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728319v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432581v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Charrier" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432708v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757279v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemaire-Chamley Martine" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborde Catherine" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounet Fabien" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maucourt Mickael" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446378v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03058513v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446593v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786819v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Molinie" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786826v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Clave" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154627v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913018v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831458v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737991v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739719v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Cabasson" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Colombie" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Nazaret" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Benard" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740469v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901296v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Corraze" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605806v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Urrutia Rosauro" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maucourt" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603456v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Adra" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vercambre" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pl&#233;net" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Bakan" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Noblet" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743962v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800371v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Colombie" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Rolin" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742557v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Escourrou" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Moinard-Monmarson" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605080v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Giraudeau" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740877v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Joubert" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801036v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793195v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Osorio-Algar" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798242v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bertrand-Michel" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cole" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793632v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Ponts" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803658v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750138v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pascual" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Gibon" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805015v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808354v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rasori" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002247v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice A. Agasse" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. R. Cole" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002241v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B. Colsch" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002248v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803433v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748459v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807332v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmane Harouna Kore" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805441v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rothan" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Viron" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie V. Garcia" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749748v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746272v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338895v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Po&#235;ssel" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Sauge" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Staudt" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dufour" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747402v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749839v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754338v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757642v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751556v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Valverde" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Padraig Mcloughlin" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Reilly" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gaffney" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755793v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757382v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Renaud" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Doumouya" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755618v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dondini" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Adami" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Tartarini" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Bassi" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ruiz" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756773v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Quintana" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755616v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dirlewanger" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Cardinet" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loick Le Dantec" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817846v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Decroocq" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Bordenave" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Hevin" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752618v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753834v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757926v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaakov Tadmor" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurit Katzir" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Burger" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly Portnoy" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamar Lahav" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757590v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Audergon" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bachellez" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanc" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie No&#235;lle Corre" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752418v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Boureau" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bertrand" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757445v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756439v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756823v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753749v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre How Kit" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Stammitti" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753447v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pardon" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822786v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Boudehri" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Croset" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755485v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757375v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Junot" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756986v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cardinet" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Monllor" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755617v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751149v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Tadmor" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751144v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757318v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Andr&#233;" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nevile Maher" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis D. Thiery" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Nowik" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753178v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754892v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ben Akal-Ben Fatma" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755840v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754208v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752654v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753465v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754209v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752709v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Ben Akal" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethel Mendocilla Sato" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Spieldenner" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Henry" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755981v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hediji" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gallusci" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Djebali" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755787v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758234v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Keller" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spraul" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755679v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Boge" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Boudheri" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756215v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754523v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757537v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752788v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753743v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascual Perez" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Rogowsky" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756030v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Le Gall" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756940v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756754v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753431v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757194v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Giraudel" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757967v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Poessel" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753989v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820634v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Sauge-Collet" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Gaudill&#232;re" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754398v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ferry-Dumazet" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barre" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jacob" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Daruvar" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754317v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Noctor" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627198v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve This" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627199v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751528v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754805v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762461v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fourloubey" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764501v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759652v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762787v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833593v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763722v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763419v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Soyer" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759485v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Barr&#233;" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761369v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dieuaide-Noubhani" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Raymond" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762111v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Meurice" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768470v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gouesbet" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Jan" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842106v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blanco" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. B&#233;gu&#233;" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05189983v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Jouanneau" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#239;la Rodrigues de Araujo Alves Cruz" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bresson" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Girousse" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190119v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05189598v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Bouchetara" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belhabib" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Koubaa" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Guessasma" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190009v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190060v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Chauveau" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190161v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190039v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vinter" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina D'Orlando" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sibout" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683887v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815205v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Marchand" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718891v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Boulgsoa" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Devaux" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Guillon" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Legland" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069180v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Homobono Brito de Moura" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;o Berrehail" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58233/IMGGSIME" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156153v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Bouillaud" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Casanova" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04380770v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Le Mao" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728111v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728234v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cariou" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Parisi" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728300v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory da Costa" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757407v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04433999v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757356v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329972v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04433980v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02556668v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02570809v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cassan" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02556875v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02556922v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02556782v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179541v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160639v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125729v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Molini&#233;" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Mesnard" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161578v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125712v1" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733608v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737299v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mesnard" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125691v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737961v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coffi Belmys Cakpo" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901341v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Richard" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Marchand" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04955742v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C B Cakpo" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Arrivault" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605791v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Falagan Sama" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741930v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743906v1" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603579v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma Belouah" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744241v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741696v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741756v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Machado Vieira" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cluzet" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886393v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742488v1" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739342v1" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Conseil d'Administration Du Rfmf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Conseil d'Administration Du Rfmf Junior" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606414v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739251v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743576v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pinelli" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lopez" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608225v1" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743630v1" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901419v1" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793996v1" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801296v1" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honorine Willeman" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799345v1" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799366v1" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800325v1" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791990v1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800369v1" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Haug" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Conesa" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Williams" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798309v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804120v1" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747469v1" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence L. Larroquet" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805301v1" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804388v1" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fouillen" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Guntz" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747807v1" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805243v1" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810760v1" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808355v1" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801976v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805488v1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811510v1" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Legrand" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810470v1" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lecerf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Aarrouf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748156v1" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747463v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823051v1" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fouch&#233;" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821062v1" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821044v1" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822407v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lambert" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400315v1" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Corre" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-006-0035-1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830266v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Corre" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Sauge" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Lacroza" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03822231v1" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Leverrier" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Maillard" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831164v1" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841550v1" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793139v1" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-62703-661-0_1" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811296v1" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fauvelle" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/bookseries/00652296/67" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-397922-3.00001-0" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804473v1" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811463v1" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Erban" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gateway.isiknowledge.com/gateway/Gateway.cgi?&amp;amp;GWVersion=2&amp;amp;SrcAuth=INRA&amp;amp;SrcApp=INRA&amp;amp;DestLinkType=FullRecord&amp;amp;DestApp=WOS&amp;amp;KeyUT=000295816800016" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-385118-5.00016-5" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813653v1" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05064491v1" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B0-12-227235-8/00718-5" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839365v1" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05405136v2" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lahaye" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03411869v1" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Tra&#239;kia" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04760180v1" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02894113v1" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401241v1" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02838770v1" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>