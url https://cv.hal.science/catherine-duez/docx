--- v0 (2026-03-03)
+++ v1 (2026-03-30)
@@ -121,51 +121,51 @@
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">061405418</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> ResearcherID : </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t xml:space="preserve">B-8425-2018</w:t>
+          <w:t xml:space="preserve">http://www.researcherid.com/rid/B-8425-2018</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
@@ -985,295 +985,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03653426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aberrant anti-viral response of natural killer cells in severe asthma</w:t>
+                <w:t xml:space="preserve">Aberrant anti-viral response of Natural Killer cell in severe asthma.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Devulder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Chenivesse</w:t>
+                <w:t xml:space="preserve">Cecile Chenivesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Ledroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Fry</w:t>
+                <w:t xml:space="preserve">Stephanie Fry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Lobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Respiratory Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 55 (5), pp.1802422. </w:t>
+              <w:t xml:space="preserve">, 2020, European Respiratory Journal, 55, pp.1802422. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1183/13993003.02422-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04906829v1</w:t>
+                <w:t xml:space="preserve">hal-04451995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aberrant anti-viral response of Natural Killer cell in severe asthma.</w:t>
+                <w:t xml:space="preserve">Aberrant anti-viral response of natural killer cells in severe asthma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Devulder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecile Chenivesse</w:t>
+                <w:t xml:space="preserve">Cécile Chenivesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Ledroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Fry</w:t>
+                <w:t xml:space="preserve">Stéphanie Fry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Lobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Respiratory Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, European Respiratory Journal, 55, pp.1802422. </w:t>
+              <w:t xml:space="preserve">, 2020, 55 (5), pp.1802422. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1183/13993003.02422-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04451995v1</w:t>
+                <w:t xml:space="preserve">hal-04906829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of IL (Interleukin)-33 Production in Endothelial Cells via Kinase Activation and Fas/CD95 Upregulation</w:t>
               </w:r>
@@ -2219,51 +2219,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Everaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Han Vorng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chenivesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Respiratory and Critical Care Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 189 (8), pp.899-908. </w:t>
@@ -2962,51 +2962,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="44B24C5F"/>
+    <w:nsid w:val="ED218ECD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3193,51 +3193,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catherine-duez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2327-1095" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/061405418" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/B-8425-2018" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906639v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Devulder" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Barrier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carrard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latiffa Amniai" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Pl&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25179606" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04370816v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lepretre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gras" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chanez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Duez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/16000617.0036-2023" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03791989v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Chebbo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Assou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Pantesco" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Alessi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23063100" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03654480v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Ple" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia de Nadai" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marquillies" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22083879" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05202069v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03653426v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/16000617.0062-2021" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906829v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chenivesse" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ledroit" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Fry" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Lobert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.02422-2018" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04451995v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Chenivesse" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Fry" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041570v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Gross" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Ryffel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.120.314832" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05202072v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02359040v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Valque" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouyer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Leboeuf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/bio.046359" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906711v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tsicopoulos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41423-018-0180-2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03809989v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pinte" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Caetano" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Le Bras" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Havet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Villain" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M116.731331" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462689v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Everaere" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Ait-Yahia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Molendi-Coste" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Vorng" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Quemener" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaci.2016.03.019" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05202067v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Awad" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Yassine" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0094492" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130081v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Ait Yahia" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Azzaoui" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.201310-1827OC" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871113v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Legendre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tokarski" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Chang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie de Freitas Caires" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Lortat-Jacob" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cyto.2013.04.028" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NTKQM6QK-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00305279v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Biet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Locht" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Pestel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2007/67276" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681939v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Duez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Kremer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Marquillies" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Amniai" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1398-9995.2005.00826.x" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751964v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kowalewicz-Kulbat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Druszczynska" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ratajczak" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catherine-duez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2327-1095" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/061405418" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-8425-2018" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906639v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Devulder" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Barrier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carrard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latiffa Amniai" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Pl&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25179606" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04370816v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lepretre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gras" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chanez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Duez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/16000617.0036-2023" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03791989v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Chebbo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Assou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Pantesco" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Alessi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23063100" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03654480v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Ple" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia de Nadai" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marquillies" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22083879" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05202069v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03653426v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/16000617.0062-2021" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04451995v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Chenivesse" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ledroit" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Fry" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Lobert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.02422-2018" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906829v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chenivesse" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Fry" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041570v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Gross" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Ryffel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.120.314832" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05202072v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02359040v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Valque" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouyer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Leboeuf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/bio.046359" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906711v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tsicopoulos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41423-018-0180-2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03809989v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pinte" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Caetano" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Le Bras" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Havet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Villain" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M116.731331" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462689v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Everaere" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Ait-Yahia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Molendi-Coste" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Vorng" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Quemener" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaci.2016.03.019" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05202067v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Awad" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Yassine" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0094492" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130081v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Ait Yahia" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Azzaoui" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.201310-1827OC" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871113v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Legendre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tokarski" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Chang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie de Freitas Caires" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Lortat-Jacob" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cyto.2013.04.028" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NTKQM6QK-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00305279v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Biet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Locht" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Pestel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2007/67276" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681939v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Duez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Kremer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Marquillies" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Amniai" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1398-9995.2005.00826.x" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751964v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kowalewicz-Kulbat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Druszczynska" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ratajczak" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>