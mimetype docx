--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -234,295 +234,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03973352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative study on photosynthetic and antioxidant activities of Haematococcus pluvialis vegetative and resting cells: UVA light-induced stimulation</w:t>
+                <w:t xml:space="preserve">Different types of bubbly flows in a confined channel with the aim of limiting microalgae biofilm development – Part II: study of the development and removal of microalgae biofilm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariem Ben Hammouda</w:t>
+                <w:t xml:space="preserve">Charlène Thobie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adnane Kacem</w:t>
+                <w:t xml:space="preserve">Walid Blel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lotfi Achour</w:t>
+                <w:t xml:space="preserve">Hélène Marec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Youssef Krichen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jack Legrand</w:t>
+                <w:t xml:space="preserve">Jérémy Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jam.15540⟩</w:t>
+              <w:t xml:space="preserve">Chemical Engineering and Processing: Process Intensification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 173 (4), pp.108844. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cep.2022.108899⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04072534v1</w:t>
+                <w:t xml:space="preserve">hal-03973289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Different types of bubbly flows in a confined channel with the aim of limiting microalgae biofilm development – Part II: study of the development and removal of microalgae biofilm</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative study on photosynthetic and antioxidant activities of Haematococcus pluvialis vegetative and resting cells: UVA light-induced stimulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariem Ben Hammouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Thobie</w:t>
+                <w:t xml:space="preserve">Adnane Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walid Blel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Dupré</w:t>
+                <w:t xml:space="preserve">Lotfi Achour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Marec</w:t>
+                <w:t xml:space="preserve">Youssef Krichen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Pruvost</w:t>
+                <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering and Processing: Process Intensification</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 173 (4), pp.108844. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 132 (6), pp.4338-4348. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cep.2022.108899⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jam.15540⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03973289v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04072534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increase in lipid productivity and photosynthetic activities during istillery wastewater decolorization by Chlorella vulgaris cultures</w:t>
               </w:r>
@@ -827,51 +827,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lan Anh Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critical Reviews in Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 36 (4), pp.607-618. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
@@ -957,51 +957,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kohei Yoneda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Makoto M Watanabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Process Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 51 (11), pp.1866 - 1875. </w:t>
@@ -1065,51 +1065,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Jin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Grizeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1182,51 +1182,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lan Anh Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Grizeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1311,51 +1311,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Jenck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2227,64 +2227,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An ecofriendly process to produce secondary metabolites from Nostoc species; application to the biosynthesis of Cryptophycine within photobioreactors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariem Ben Hammouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Grizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2421,51 +2421,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haematococcus pluvialis : activités antioxydantes et contraintes culturales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariem Ben Hammouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2503,90 +2503,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How stresses associated with the operating conditions affect the balance between some non-enzymatic and enzymatic antioxidant activities in Haematococcus pluvialis cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariem Ben Hammouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Achour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Grizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2654,51 +2654,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Grizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lan Anh Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2762,51 +2762,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partial destructuration of Botryococcus braunii exocellular matrix for live cell extraction.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Grizeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2978,77 +2978,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolation of a Haematococcus pluvialis strain from a Mediterranean temporary water pool: antioxidant activities of cellular extract from cultures at the green and the red stages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Ben Hamouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Achour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Grizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3116,51 +3116,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahareh Sadeghin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique M Grizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Makoto M Watanabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3209,502 +3209,502 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02552350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetics of biomass and hydrocarbon oils production of microalgae Botryococcus braunii in continuous culture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characteristics of microalgae; potential use for eco-friendly production of biomass and metabolites in photo-bioreactors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique M Grizeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lan Anh Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenli Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Jin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Asia Pacific Biotech Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Beijing, China</w:t>
+              <w:t xml:space="preserve">3rd International Conference on Ocean, Environment and Ecotoxicology /International Conference of Life Science, ICLS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Malang, Indonesia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02567585v1</w:t>
+                <w:t xml:space="preserve">hal-02567711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics of microalgae; potential use for eco-friendly production of biomass and metabolites in photo-bioreactors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Continuous cultures for production of biomass and extracellular combined nitrogen by a mutant of a diazotrophic cyanobacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenli Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lan Anh Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique M Grizeau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Conference on Ocean, Environment and Ecotoxicology /International Conference of Life Science, ICLS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Malang, Indonesia</w:t>
+              <w:t xml:space="preserve">3nd European Congress of Applied Biotechnology (ECCE10-ECAB3-EPIC5)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EFCE-ESBES-EPIC, Sep 2015, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02567711v1</w:t>
+                <w:t xml:space="preserve">hal-02567632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous cultures for production of biomass and extracellular combined nitrogen by a mutant of a diazotrophic cyanobacteria</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wenli Kang</w:t>
+                <w:t xml:space="preserve">Botryococcus braunii, un modèle biologique aux propriétés singulières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique M Grizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Jin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kohei M Yoneda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique M Grizeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3nd European Congress of Applied Biotechnology (ECCE10-ECAB3-EPIC5)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EFCE-ESBES-EPIC, Sep 2015, Nice, France</w:t>
+              <w:t xml:space="preserve">6ièmes Journées Scientifiques Internationales Valorisation des Bioressources, Biolival</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Monastir, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02567632v1</w:t>
+                <w:t xml:space="preserve">hal-02567698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Botryococcus braunii, un modèle biologique aux propriétés singulières</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Kinetics of biomass and hydrocarbon oils production of microalgae Botryococcus braunii in continuous culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Jin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique M Grizeau</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ièmes Journées Scientifiques Internationales Valorisation des Bioressources, Biolival</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Monastir, Tunisie</w:t>
+              <w:t xml:space="preserve">7th Asia Pacific Biotech Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02567698v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02567585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation de contraintes liées à la production de cyanobactéries hétérocytées en photobioréacteurs</w:t>
               </w:r>
@@ -3729,51 +3729,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lan Anh Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème Congrès Francophone de Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CFGP, Apr 2014, Agadir, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3837,51 +3837,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lan Anh Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème journées Scientifiques Internationales sur la valorisation des Bioressources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Biolival, May 2014, Monastir, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4122,208 +4122,178 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biosynthetic studies on a promising anticancer drug, cryptophycin-1 produced by the cyanobacterium Nostoc sp. ATCC 53789</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A photo-resistant yeast strain used to control potential bacterial contamination in microalgae cultivated within photobioreactors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jack Legrand</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngoc Thanh Tam Huynh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Grizeau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GTs-SFBBM2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Microbes 2025 "Microbes dans un monde en transition"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05424388v1</w:t>
+                <w:t xml:space="preserve">hal-05287247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving a green process for Cryptophycin production from cyanobacteria biomass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariem Ben Hammouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Grizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4342,277 +4312,307 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbes 2025 "Microbes dans un monde en transition"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05287245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolation, purification and chemical diversity of cryptophycin analogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaslonde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaslonde</w:t>
+                <w:t xml:space="preserve">Vincent Jactel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ploux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Méjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Demange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Symposium International AFERP-STOLON</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05303730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A photo-resistant yeast strain used to control potential bacterial contamination in microalgae cultivated within photobioreactors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biosynthetic studies on a promising anticancer drug, cryptophycin-1 produced by the cyanobacterium Nostoc sp. ATCC 53789</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Méjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ngoc Thanh Tam Huynh</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariem Ben Hammouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Grizeau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbes 2025 "Microbes dans un monde en transition"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">GTs-SFBBM2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05287247v1</w:t>
+                <w:t xml:space="preserve">hal-05424388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Culture de la cyanobactérie Anabaena cylindrica en mode biofilm sur support de biochar</w:t>
               </w:r>
@@ -4723,103 +4723,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photosynthetic activities in enkysted cells of Haematococcus pluvialis; impact of growth arrest and presence of extra-plastidial astaxanthin globules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariem Ben Hammouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnen Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Achour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Krichen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10èmes Journées Scientifiques Internationales sur la Valorisation des Bioressources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Hammamet, Tunisia</w:t>
@@ -4900,51 +4900,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Tellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Daligaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Microbes 2019 – 15ème congrès de la SFM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Paris, France</w:t>
@@ -5055,103 +5055,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in intracellular antioxidant defense during the shift from primary to secondary carotenoids synthesis in the microalga, Haematococcus pluvialis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariem Ben Hammouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Achour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9èmes Journées Scientifiques Internationales sur la Valorisation des Bioressources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Monastir, Tunisia</w:t>
@@ -5180,51 +5180,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Screening for astaxanthin producing microalgae strains from Tunisian temporary pools; ecotolerance and mass culture robustness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariem Ben Hammouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Grizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5232,51 +5232,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hadj Hassine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème Congress of the International Society of Applied Phycology (ISAP 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Nantes, France</w:t>
@@ -5482,51 +5482,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Jin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th Asia Pacific Biotech Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Beijing, China</w:t>
@@ -5549,385 +5549,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02567613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A medium-throughput screening (MTS) strategy for microalgae and cyanobacteria characterization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Screening for astaxanthin production by cultures of microalgae within integrated photobioreactors façade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid de Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivia Claude-Lachenal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jian Jin</w:t>
+                <w:t xml:space="preserve">Jeremy Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Le Borgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Asia Pacific Biotech Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Beijing, China</w:t>
+              <w:t xml:space="preserve">3nd European Congress of Applied Biotechnology (ECCE10-ECAB3-EPIC5)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02567593v1</w:t>
+                <w:t xml:space="preserve">hal-02567648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of continuous culture studies for improving Botryococcus braunii production; a case study on the effect of extracellular pH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Jin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique M Grizeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3nd European Congress of Applied Biotechnology (ECCE10-ECAB3-EPIC5)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02567641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screening for astaxanthin production by cultures of microalgae within integrated photobioreactors façade</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A medium-throughput screening (MTS) strategy for microalgae and cyanobacteria characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrid de Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Le Borgne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Lépine</w:t>
+                <w:t xml:space="preserve">Olivia Claude-Lachenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenli Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Jin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3nd European Congress of Applied Biotechnology (ECCE10-ECAB3-EPIC5)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Nice, France</w:t>
+              <w:t xml:space="preserve">7th Asia Pacific Biotech Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02567648v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02567593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de l’intensité lumineuse pH sur la croissance de la microalgue halophile Dunaliella bardawill</w:t>
               </w:r>
@@ -6364,51 +6364,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Grizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gholamreza Djelveh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6814,51 +6814,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973352v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Saumonneau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Lagneau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Awuor Ogonda" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupr&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Daligault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biteb.2023.101335" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072534v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Ben Hammouda" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Kacem" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Achour" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Krichen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Legrand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.15540" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03973289v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Thobie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Blel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Marec" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pruvost" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2022.108899" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973305v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Mojtaba Soleymani Robati" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Nosrati" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faezeh Ghanati" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abazar Hajnowrouzi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grizeau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-021-11233-x" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952660v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahareh Sadeghin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad-Hossein Sarrafzadeh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Jin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makoto Watanabe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biombioe.2018.10.013" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q6FSDWHS-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567193v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan Anh Bui" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/07388551.2014.1002380" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527272v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kohei Yoneda" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makoto M Watanabe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2015.11.026" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527232v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2016.05.007" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03973296v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bej.2014.06.016" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TBF0VZHD-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072651v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jenck" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier L&#233;pine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dreno" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-in201" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04044259v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guary" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grizeau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00157076" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-662QL8P2-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04044272v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Guary" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-3054.1994.tb08846.x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BFW2610V-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044479v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Guary" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206999v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gillon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Blel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour-Eddine Sabiri" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth A. Cazier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399289v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Thanh Tam Huynh" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980441v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenli Kang" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287264v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04237134v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ploux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165360v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089173v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163698v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089411v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089254v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089436v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089426v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ben Hamouda" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552350v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique M Grizeau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567585v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567711v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567632v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567698v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kohei M Yoneda" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162467v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162295v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089300v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298972v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Navarro" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424388v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick M&#233;jean" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287245v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303730v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaslonde" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jactel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Demange" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287247v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204149v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Descours" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat Leconte" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162838v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnen Kacem" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553245v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tellier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Daligaud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089439v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dutertre" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552504v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kacem" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551463v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hadj Hassine" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04185193v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin J" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Yoneda" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Legrand" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Suzuki" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567613v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567593v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid de Luca" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Claude-Lachenal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567641v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567648v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Pruvost" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Borgne" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162312v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab Ben Alaya" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Connan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lofti Achour" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298988v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benrui Wu" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547368v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh D. Burrows" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria G. Maria G. Campos" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Delattre" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Telma Encarna&#231;&#227;o" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-35020-8" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-35020-8_4" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017203v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Mezdour" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gholamreza Djelveh" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044730v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044722v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973352v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Saumonneau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Lagneau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Awuor Ogonda" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupr&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Daligault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biteb.2023.101335" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03973289v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Thobie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Blel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Marec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pruvost" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2022.108899" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072534v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Ben Hammouda" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Kacem" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Achour" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Krichen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Legrand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.15540" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973305v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Mojtaba Soleymani Robati" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Nosrati" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faezeh Ghanati" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abazar Hajnowrouzi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grizeau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-021-11233-x" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952660v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahareh Sadeghin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad-Hossein Sarrafzadeh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Jin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makoto Watanabe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biombioe.2018.10.013" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q6FSDWHS-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567193v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan Anh Bui" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/07388551.2014.1002380" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527272v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kohei Yoneda" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makoto M Watanabe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2015.11.026" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527232v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2016.05.007" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03973296v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bej.2014.06.016" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TBF0VZHD-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072651v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jenck" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier L&#233;pine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dreno" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-in201" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04044259v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guary" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grizeau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00157076" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-662QL8P2-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04044272v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Guary" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-3054.1994.tb08846.x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BFW2610V-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044479v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Guary" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206999v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gillon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Blel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour-Eddine Sabiri" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth A. Cazier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399289v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Thanh Tam Huynh" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980441v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenli Kang" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287264v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04237134v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ploux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165360v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089173v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163698v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089411v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089254v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089436v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089426v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ben Hamouda" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552350v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique M Grizeau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567711v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567632v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567698v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kohei M Yoneda" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567585v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162467v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162295v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089300v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298972v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Navarro" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287247v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287245v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303730v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaslonde" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jactel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick M&#233;jean" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Demange" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424388v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204149v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Descours" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat Leconte" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162838v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnen Kacem" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553245v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tellier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Daligaud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089439v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dutertre" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552504v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kacem" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551463v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hadj Hassine" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04185193v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin J" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Yoneda" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Legrand" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Suzuki" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567613v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567648v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid de Luca" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Pruvost" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Borgne" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567641v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567593v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Claude-Lachenal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162312v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab Ben Alaya" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Connan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lofti Achour" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298988v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benrui Wu" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547368v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh D. Burrows" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria G. Maria G. Campos" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Delattre" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Telma Encarna&#231;&#227;o" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-35020-8" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-35020-8_4" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017203v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Mezdour" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gholamreza Djelveh" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044730v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044722v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>