--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -887,295 +887,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03958849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Support et instruments : les media de la gravure dans la grotte de Cussac (Dordogne, France). Nouvelle approche méthodologique du Panneau du Réticulé</w:t>
+                <w:t xml:space="preserve">Enhancing the learning of evolutionary anthropology skills by combining student‐active teaching with actual and virtual immersion of Master's students in fieldwork, laboratory practice, and dissemination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émilie Brochard</w:t>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Feruglio</w:t>
+                <w:t xml:space="preserve">Dominique Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Bourdier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+                <w:t xml:space="preserve">Maryelle Bessou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Konik</w:t>
+                <w:t xml:space="preserve">David Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PALEO : Revue d'Archéologie Préhistorique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/paleo.7329⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (4), pp.e8825. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.8825⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04206065v1</w:t>
+                <w:t xml:space="preserve">hal-03916825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing the learning of evolutionary anthropology skills by combining student‐active teaching with actual and virtual immersion of Master's students in fieldwork, laboratory practice, and dissemination</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Support et instruments : les media de la gravure dans la grotte de Cussac (Dordogne, France). Nouvelle approche méthodologique du Panneau du Réticulé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Armand</w:t>
+                <w:t xml:space="preserve">Émilie Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryelle Bessou</w:t>
+                <w:t xml:space="preserve">Valérie Feruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Cochard</w:t>
+                <w:t xml:space="preserve">Camille Bourdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Couture</w:t>
+                <w:t xml:space="preserve">Stéphane Konik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (4), pp.e8825. </w:t>
+              <w:t xml:space="preserve">PALEO : Revue d'Archéologie Préhistorique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.126 - 146. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.8825⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/paleo.7329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03916825v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04206065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The last 30,000 to 700,000 years ago: Unravelling the timing of human settlement for the Palaeolithic site of Kozarnika</w:t>
               </w:r>
@@ -1321,51 +1321,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Le luyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélim Natahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1468,51 +1468,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Courtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Convertini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2239,697 +2239,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02887757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The seismicity of Mars</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical Reconstruction of Paleolithic Fires in the Chauvet-Pont d’Arc Cave (Ardèche, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Salmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Giardini</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Mindeguia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Lognonné</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">U. Christensen</w:t>
+                <w:t xml:space="preserve">Jean-Claude Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41561-020-0539-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Method and Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28, pp.604-616. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10816-020-09484-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02526752v1</w:t>
+                <w:t xml:space="preserve">hal-02929184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical Reconstruction of Paleolithic Fires in the Chauvet-Pont d’Arc Cave (Ardèche, France)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Delphine Lacanette</w:t>
+                <w:t xml:space="preserve">The seismicity of Mars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Giardini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lognonné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Banerdt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Mindeguia</w:t>
+                <w:t xml:space="preserve">W. Pike</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Leblanc</w:t>
+                <w:t xml:space="preserve">U. Christensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Method and Theory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 28, pp.604-616. </w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (3), pp.205-212. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10816-020-09484-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41561-020-0539-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02929184v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02526752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment je fais…une greffe intra-ovarienne de cortex ovarien par cœlioscopie</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Choosing rock art locations: geological parameters and social behavior. The example of Cussac Cave (Dordogne, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Zilberman</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Ferrier</w:t>
+                <w:t xml:space="preserve">Jouteau Armance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.-S. Boudy</w:t>
+                <w:t xml:space="preserve">V. Feruglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bourdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Camus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 47, pp.603 - 605. </w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 105, pp.81-96. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gofs.2019.04.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jas.2019.03.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03488100v1</w:t>
+                <w:t xml:space="preserve">hal-02899632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a Fluid–Structure Coupling Validated with a Confined Fire: Application to Painted Caves</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Mindeguia</w:t>
+                <w:t xml:space="preserve">Comment je fais…une greffe intra-ovarienne de cortex ovarien par cœlioscopie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Arfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Owen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colette Sirieix</w:t>
+                <w:t xml:space="preserve">S. Zilberman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Bellivier</w:t>
+                <w:t xml:space="preserve">A.-S. Boudy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fire Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 56 (3), pp.1197-1227. </w:t>
+              <w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 47, pp.603 - 605. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10694-019-00926-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gofs.2019.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03359739v1</w:t>
+                <w:t xml:space="preserve">hal-03488100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Choosing rock art locations: geological parameters and social behavior. The example of Cussac Cave (Dordogne, France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of a Fluid–Structure Coupling Validated with a Confined Fire: Application to Painted Caves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Salmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Mindeguia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jouteau Armance</w:t>
+                <w:t xml:space="preserve">Colette Sirieix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Feruglio</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+                <w:t xml:space="preserve">Axel Bellivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 105, pp.81-96. </w:t>
+              <w:t xml:space="preserve">Fire Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 56 (3), pp.1197-1227. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jas.2019.03.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10694-019-00926-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02899632v1</w:t>
+                <w:t xml:space="preserve">hal-03359739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les vestiges humains gravettiens de la grotte de Gargas (Aventignan, France) : datations 14C AMS directes et contexte chrono-culturel</w:t>
               </w:r>
@@ -2967,51 +2967,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Vercoutère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 116 (1), pp.29-39. </w:t>
@@ -3209,77 +3209,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Lacanette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Mindeguia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Sirieix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Bellivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 139, pp.144-159. </w:t>
@@ -3311,295 +3311,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03358725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte de Cussac (Dordogne)</w:t>
+                <w:t xml:space="preserve">Illuminating the cave, drawing in black: wood charcoal analysis at Chauvet-Pont d'Arc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Jaubert</w:t>
+                <w:t xml:space="preserve">Isabelle Théry-Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Thiebault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Feruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Camille Bourdier</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/nda.5152⟩</w:t>
+              <w:t xml:space="preserve">Antiquity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 92 (362), pp.320 - 333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15184/aqy.2017.222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02296358v1</w:t>
+                <w:t xml:space="preserve">hal-01877648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Illuminating the cave, drawing in black: wood charcoal analysis at Chauvet-Pont d'Arc</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La grotte de Cussac (Dordogne)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Thiebault</w:t>
+                <w:t xml:space="preserve">Jacques Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Feruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Fritz</w:t>
+                <w:t xml:space="preserve">Nathalie Fourment</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bourdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiquity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 92 (362), pp.320 - 333. </w:t>
+              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 154, pp.16-24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15184/aqy.2017.222⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/nda.5152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01877648v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02296358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fertility outcomes in women experiencing severe complications after surgery for colorectal endometriosis</w:t>
               </w:r>
@@ -3713,684 +3713,684 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01782097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of an experimental fire in an underground limestone quarry for the study of Paleolithic fires</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Occupations magdaléniennes entre 20 000 et 15 000 cal BP dans le piémont pyrénéen : la séquence paléolithique du sondage 4 de la grotte de Laa 2 (Arudy, Pyrénées-Atlantiques)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Brodard</w:t>
+                <w:t xml:space="preserve">Jean-Marc Pétillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Laroulandie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Dumontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2017.05.021⟩</w:t>
+              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 57, pp.65-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/galliap.559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01978305v1</w:t>
+                <w:t xml:space="preserve">halshs-01932558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aspects médico-économiques du dépistage échographique des malformations fœtales : revue de la littérature</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ferdinand Dhombres</w:t>
+                <w:t xml:space="preserve">Laser-Induced Breakdown Spectroscopy for elemental characterization of calcitic alterations on cave walls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léna Bassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Guilbaud</w:t>
+                <w:t xml:space="preserve">Vincent Motto-Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Durand-Zaleski</w:t>
+                <w:t xml:space="preserve">Florian Trichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Jouannic</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédéric Pelascini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faten Ammari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gofs.2017.06.007⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 24, pp.2197-2204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-016-7468-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04017398v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02520165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les feux de la grotte Chauvet-Pont d'Arc : approches expérimentales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simulation of an experimental fire in an underground limestone quarry for the study of Paleolithic fires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Mindeguia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Brodard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Bellivier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Bourdier</w:t>
+                <w:t xml:space="preserve">Pierre Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ardèche archéologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 120, pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2017.05.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02081487v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occupations magdaléniennes entre 20 000 et 15 000 cal BP dans le piémont pyrénéen : la séquence paléolithique du sondage 4 de la grotte de Laa 2 (Arudy, Pyrénées-Atlantiques)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Pétillon</w:t>
+                <w:t xml:space="preserve">Les feux de la grotte Chauvet-Pont d'Arc : approches expérimentales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Laroulandie</w:t>
+                <w:t xml:space="preserve">G. Auguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+                <w:t xml:space="preserve">A. Aujoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bellivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bourdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Ardèche archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 34, pp.3-12</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01932558v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02081487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser-Induced Breakdown Spectroscopy for elemental characterization of calcitic alterations on cave walls</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léna Bassel</w:t>
+                <w:t xml:space="preserve">Aspects médico-économiques du dépistage échographique des malformations fœtales : revue de la littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Motto-Ros</w:t>
+                <w:t xml:space="preserve">Ferdinand Dhombres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Trichard</w:t>
+                <w:t xml:space="preserve">L. Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Pelascini</w:t>
+                <w:t xml:space="preserve">I. Durand-Zaleski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faten Ammari</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Marie Jouannic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 24, pp.2197-2204. </w:t>
+              <w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 45 (7-8), pp.408-415. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11356-016-7468-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gofs.2017.06.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02520165v1</w:t>
+                <w:t xml:space="preserve">hal-04017398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of Neanderthals in the Balkans: The infant radius from Kozarnika Cave (Bulgaria)</w:t>
               </w:r>
@@ -4523,77 +4523,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cussac Cave (Dordogne, France): The role of the rock support in the parietal art distribution, technical choices, and intentional and unintentional marks on the cave walls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Konik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Ballade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bourdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4778,51 +4778,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The chronology of human and animal presence in the decorated and sepulchral cave of Cussac (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5046,103 +5046,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Buisson-de-Cadouin, Grotte de Cussac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bourdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Courtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Feruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Aquitaine, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 2014, pp.238-243</w:t>
@@ -5165,295 +5165,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01842936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early Neanderthal constructions deep in Bruniquel Cave in southwestern France</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dominique Genty</w:t>
+                <w:t xml:space="preserve">Fluorescence-based knife-edge beam diameter measurement to characterize X-ray beam profiles in reflection geometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léna Bassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Soulier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hai Cheng</w:t>
+                <w:t xml:space="preserve">Xavier Tauzin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Queffelec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature18291⟩</w:t>
+              <w:t xml:space="preserve">Spectrochimica Acta Part B: Atomic Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 118, pp.98--101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sab.2016.02.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01457213v1</w:t>
+                <w:t xml:space="preserve">hal-01743053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorescence-based knife-edge beam diameter measurement to characterize X-ray beam profiles in reflection geometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léna Bassel</w:t>
+                <w:t xml:space="preserve">Early Neanderthal constructions deep in Bruniquel Cave in southwestern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Jaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Verheyden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Soulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Tauzin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Delphine Lacanette</w:t>
+                <w:t xml:space="preserve">Hai Cheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spectrochimica Acta Part B: Atomic Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 118, pp.98--101. </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 534 (7605), pp.43-44. </w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sab.2016.02.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nature18291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01743053v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01457213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lithostratigraphie et géoarchéologie</w:t>
               </w:r>
@@ -5642,51 +5642,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-block analysis coupled to laser-induced breakdown spectroscopy for sorting geological materials from caves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faten Ammari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Bassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5991,77 +5991,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grotte laboratoire de Leye (Marquay, Dordogne, France) : naissance d’un projet et actualité de la recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Feruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kervazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Konik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Lacanette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6116,51 +6116,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A geophysical tool for the conservation of a decorated cave : a case study for the Lascaux Cave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shan Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Sirieix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6249,64 +6249,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When were the walls of the Chauvet Pont-d’Arc Cave heated? A chronological approach by thermoluminescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brodard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anita Quilès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6447,51 +6447,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ina Reiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Konik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PALEO : Revue d'Archéologie Préhistorique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, n° spécial, " Micro-analyses et datations de l'art préhistorique dans son contexte archéologique "</w:t>
@@ -6520,51 +6520,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude des vermiculations par caractérisation morphologique, chromatique et chimique. L'exemple des grottes de Rouffignac et de Font-de-Gaume (Dordogne, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Konik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lafon-Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6910,536 +6910,536 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02646113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volcanic ash layers illuminate the resilience of Neanderthals and early modern humans to natural hazards</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le Buisson-de-Cadouin. Grotte de Cussac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Jaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Lowe</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Victoria L. Cullen</w:t>
+                <w:t xml:space="preserve">Dominique Henry-Gambier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Aujoulat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Courtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bilan Scientifique de la Région Aquitaine </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2010, pp.193-197</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00779286v1</w:t>
+                <w:t xml:space="preserve">hal-01842991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grotte de Cussac (Le Buisson-de-Cadouin, Dordogne)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Fourment</w:t>
+                <w:t xml:space="preserve">Volcanic ash layers illuminate the resilience of Neanderthals and early modern humans to natural hazards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Lowe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nick Barton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Blockley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Bronk Ramsey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria L. Cullen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bilan Scientifique de la Région Aquitaine </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 109 (34), pp.13532-13537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1204579109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842992v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00779286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volcanic ash layers demonstrate resilience of Neanderthal and early Modern Humans to natural hazards</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Victoria L. Cullen</w:t>
+                <w:t xml:space="preserve">Grotte de Cussac (Le Buisson-de-Cadouin, Dordogne)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Jaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dutailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Fourment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 109 (34), pp.13532-13537</w:t>
+              <w:t xml:space="preserve">Bilan Scientifique de la Région Aquitaine </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2011, pp.213-217</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842863v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Buisson-de-Cadouin. Grotte de Cussac</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patrice Courtaud</w:t>
+                <w:t xml:space="preserve">Volcanic ash layers demonstrate resilience of Neanderthal and early Modern Humans to natural hazards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Lowe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nick Barton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Blockley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Bronk Ramsey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria L. Cullen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bilan Scientifique de la Région Aquitaine </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 2010, pp.193-197</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 109 (34), pp.13532-13537</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842991v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Découverte de la mandibule d'un jeune enfant dans un niveau gravettien de la grotte de Gargas (Hautes-Pyrénées, France)</w:t>
               </w:r>
@@ -7451,51 +7451,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina San Juan-Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Henry-Gambier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Vercoutère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7598,51 +7598,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefanka Ivanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svoboda Sirakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 223-224, pp.94-106</w:t>
@@ -7671,313 +7671,313 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An ancient continuous human presence in the Balkans and the beginnings of human settlement in western Eurasia: A Lower Pleistocene example of the Lower Palaeolithic levels in Kozarnika cave (North-western Bulgaria)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...57 lines deleted...]
-                <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Sirakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Guadelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ivanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sirakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 223-224, pp.94-106. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId266" w:history="1">
+              <w:t xml:space="preserve">, 2010, 223-224, pp.94 - 106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.quaint.2010.02.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00542924v1</w:t>
+                <w:t xml:space="preserve">hal-01676530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An ancient continuous human presence in the Balkans and the beginnings of human settlement in western Eurasia: A Lower Pleistocene example of the Lower Palaeolithic levels in Kozarnika cave (North-western Bulgaria)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...57 lines deleted...]
-                <w:t xml:space="preserve">S. Sirakova</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Sirakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Guadelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefanka Ivanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svoboda Sirakova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 223-224, pp.94 - 106. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId266" w:history="1">
+              <w:t xml:space="preserve">, 2010, 223-224, pp.94-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.quaint.2010.02.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01676530v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00542924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metrology in Africa: role of the CAFMET</w:t>
               </w:r>
@@ -8740,51 +8740,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Tournepiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Desclaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8931,51 +8931,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03476528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (62)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (63)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -9010,51 +9010,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Huard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Génuite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9090,7486 +9090,7611 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05343399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution géomorphologique de l’entrée de Bruniquel et implications sur les fréquentations par Néandertal ancien</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hubert Camus</w:t>
+                <w:t xml:space="preserve">New Data on Altxerri B: An Interdisciplinary Analysis of the Archaeological Deposit at the Foot of Palaeolithic Art (Basque Country)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mª Ángeles Medina-Alcaide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Burlet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
+                <w:t xml:space="preserve">Martin Arriolabengoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Garate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iñaki Intxaurbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée AFEQ 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFEQ, Sep 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">10th World Archaeological Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, WAC, Jun 2025, Darwin, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04746156v1</w:t>
+                <w:t xml:space="preserve">hal-05556805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">35,000 years of recurrent visits inside Nerja cave (Andalusia, Spain) based on analyses of charcoals and soot micro‑layers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Iñaki Intxaurbe</w:t>
+                <w:t xml:space="preserve">Evolution géomorphologique de l’entrée de Bruniquel et implications sur les fréquentations par Néandertal ancien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Génuite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Verheyden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Camus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Burlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXe Congrès Mondial UISPP : Interdisciplinarité en Archéologie. S17-1 Multi-faceted Pyroarchaeology: insights on temporality, environmental and cultural proxies (Dir. Vandevelde, Stahlschmidt, Mallol, Miller)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UISPP, Sep 2023, TimiŞoara, Romania</w:t>
+              <w:t xml:space="preserve">Journée AFEQ 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFEQ, Sep 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04380606v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04746156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complémentarité des approches cristallographique et spectroscopique pour l’étude de matériaux naturels. Le cas des cristaux de calcite présents sur les parois des grottes ornées préhistoriques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Pechev</w:t>
+                <w:t xml:space="preserve">35,000 years of recurrent visits inside Nerja cave (Andalusia, Spain) based on analyses of charcoals and soot micro‑layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María-Ángeles Medina Alcaide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Vandevelde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anita Quiles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Pons-Branchu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iñaki Intxaurbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l’Association Française de Cristallographie.Session « cristallographie en science des matériaux »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Grenoble, France</w:t>
+              <w:t xml:space="preserve">XXe Congrès Mondial UISPP : Interdisciplinarité en Archéologie. S17-1 Multi-faceted Pyroarchaeology: insights on temporality, environmental and cultural proxies (Dir. Vandevelde, Stahlschmidt, Mallol, Miller)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UISPP, Sep 2023, TimiŞoara, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03697465v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04380606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Earliest dispersals and migrations to Europe via the Balkans in Lower to Upper Palaeolithic: Evidence from Kozarnika Cave (Northern Bulgaria).</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nikolay Sirakov</w:t>
+                <w:t xml:space="preserve">Complémentarité des approches cristallographique et spectroscopique pour l’étude de matériaux naturels. Le cas des cristaux de calcite présents sur les parois des grottes ornées préhistoriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léna Bassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Delpech</w:t>
+                <w:t xml:space="preserve">René Guinebretière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irena Dimitrova</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Fernandez</w:t>
+                <w:t xml:space="preserve">S. Pechev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Évolution de la biodiversité depuis plus d’un million d’années et rapports entre l’homme et son environnement sur le littoral méditerranéen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre Universitaire Méditerranéen; Institut de Paléontologie Humaine; Laboratoire de Préhistoire Nice-Côte-d’Azur, Oct 2020, Nice, France. 64p., 28 fig., 20 tab</w:t>
+              <w:t xml:space="preserve">Congrès de l’Association Française de Cristallographie.Session « cristallographie en science des matériaux »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03376964v1</w:t>
+                <w:t xml:space="preserve">hal-03697465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Migrations et dispersions vers l’Europe via les Balkans : du Paléolithique inférieur au Paléolithique supérieur en Bulgarie</w:t>
+                <w:t xml:space="preserve">Earliest dispersals and migrations to Europe via the Balkans in Lower to Upper Palaeolithic: Evidence from Kozarnika Cave (Northern Bulgaria).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Guadelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Sirakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irena Dimitrova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Fernandez</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aleta Guadelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Évolution de la biodiversité depuis plus d’un million d’années et rapports entre l’Homme et son environnement sur le littoral méditerranéen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Nice, France</w:t>
+              <w:t xml:space="preserve">Évolution de la biodiversité depuis plus d’un million d’années et rapports entre l’homme et son environnement sur le littoral méditerranéen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Universitaire Méditerranéen; Institut de Paléontologie Humaine; Laboratoire de Préhistoire Nice-Côte-d’Azur, Oct 2020, Nice, France. 64p., 28 fig., 20 tab</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03134476v1</w:t>
+                <w:t xml:space="preserve">hal-03376964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Magdalénien supérieur dans le sud de l’Aquitaine (France). Réflexion à partir des archéoséquences de la grotteBourrouilla (Arancou, Pyrénées-Atlantiques) et de l’abri du Grand Pastou (Sorde-l’Abbaye, Landes)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurelie Ajas</w:t>
+                <w:t xml:space="preserve">Migrations et dispersions vers l’Europe via les Balkans : du Paléolithique inférieur au Paléolithique supérieur en Bulgarie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Guadelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Sirakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleta Guadelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corrélations chrono-stratigraphiques et interactions culturelles au cours du Magdalénien entre l’Espagne cantabrique et le Sud-Ouest de la France … et au-delà. Session XVII du XVIIIème congrès de l’UISPP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Straus L. G et Langlais Mathieu, Jun 2018, Paris, France. pp.65-88</w:t>
+              <w:t xml:space="preserve">Évolution de la biodiversité depuis plus d’un million d’années et rapports entre l’Homme et son environnement sur le littoral méditerranéen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02862921v2</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03134476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un SIG 3D pour l’exploitation de données archéométriques hétérogènes. Application aux grottes ornées</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
+                <w:t xml:space="preserve">Le Magdalénien supérieur dans le sud de l’Aquitaine (France). Réflexion à partir des archéoséquences de la grotteBourrouilla (Arancou, Pyrénées-Atlantiques) et de l’abri du Grand Pastou (Sorde-l’Abbaye, Landes)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Dachary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Merlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Plassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Mora</w:t>
+                <w:t xml:space="preserve">François-Xavier Chauvière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Ajas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIe colloque du GMPCA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Univ Montréal, May 2019, Montréal, Québec, Canada</w:t>
+              <w:t xml:space="preserve">Corrélations chrono-stratigraphiques et interactions culturelles au cours du Magdalénien entre l’Espagne cantabrique et le Sud-Ouest de la France … et au-delà. Session XVII du XVIIIème congrès de l’UISPP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Straus L. G et Langlais Mathieu, Jun 2018, Paris, France. pp.65-88</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02532711v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02862921v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revêtement de calcite sur les parois des grottes ornées préhistoriques : caractérisation structurale du mondmilch à l’aide du rayonnement synchrotron. Démarche méthodologique et premiers résultats</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Bassel</w:t>
+                <w:t xml:space="preserve">Un SIG 3D pour l’exploitation de données archéométriques hétérogènes. Application aux grottes ornées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léna Bassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dutailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette-Puyo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Guinebretière</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">S. Péchev</w:t>
+                <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Rayons X &amp; Matière 2019, Nancy, 19-22 nov. 2019.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Nancy, France</w:t>
+              <w:t xml:space="preserve">XXIIe colloque du GMPCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Univ Montréal, May 2019, Montréal, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03697466v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02532711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accéder en 3D aux données de terrain pluridisciplinaires - un outil pour l’étude des grottes ornées.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+                <w:t xml:space="preserve">Revêtement de calcite sur les parois des grottes ornées préhistoriques : caractérisation structurale du mondmilch à l’aide du rayonnement synchrotron. Démarche méthodologique et premiers résultats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Guinebretière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Bousquet</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lacanette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Péchev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le réel et le virtuel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">Congrès Rayons X &amp; Matière 2019, Nancy, 19-22 nov. 2019.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02440440v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03697466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding space perception by a contextual study of decorated areas of Cussac (Dordogne, France)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Accéder en 3D aux données de terrain pluridisciplinaires - un outil pour l’étude des grottes ornées.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dutailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Feruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th UISPP WORLD CONGRESS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Union Internationale des Sciences Préhistoriques et Protohistoriques, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Le réel et le virtuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04252459v1</w:t>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02440440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte laboratoire de Leye (Marquay, Dordogne) : un outil au service de la conservation des grottes ornées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'occupation funéraire du bassin d'Arudy (Pyrénées-Atlantiques) au Néolithique moyen et final</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Courtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Dumontier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Convertini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Rock Art Congress, IFRAO, 1G : Public policies and rock art : between research and preservation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Valacamonica, Italy</w:t>
+              <w:t xml:space="preserve">"Entre deux mers" &amp; actualités de la recherche, 12e Rencontres Méridionales de Préhistoire Récente.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Bayonne, France. p. 77-87</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02534347v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01949749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grotte ornée de Comarque (Eyzies de Tayac Sireuil, Dordogne) : horizons de recherche et perspectives scientifiques de l'étude de l'art pariétal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bourdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Huard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Langlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th UISPP WORLD CONGRESS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Union Internationale des Sciences Préhistoriques et Protohistoriques, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04252465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'occupation funéraire du bassin d'Arudy (Pyrénées-Atlantiques) au Néolithique moyen et final</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Fabien Convertini</w:t>
+                <w:t xml:space="preserve">Understanding space perception by a contextual study of decorated areas of Cussac (Dordogne, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armance Jouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bourdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Feruglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Camus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Entre deux mers" &amp; actualités de la recherche, 12e Rencontres Méridionales de Préhistoire Récente.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Bayonne, France. p. 77-87</w:t>
+              <w:t xml:space="preserve">18th UISPP WORLD CONGRESS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Union Internationale des Sciences Préhistoriques et Protohistoriques, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01949749v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04252459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le réel et le virtuel pour un rapprochement entre recherche et formation en master bio-géosciences (BGS) à l’université de Bordeaux : l’exemple du projet Immersion dans les terrains de l’anthropologie biologique et de la Préhistoire (ITAP)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">David Cochard</w:t>
+                <w:t xml:space="preserve">La grotte laboratoire de Leye (Marquay, Dordogne) : un outil au service de la conservation des grottes ornées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette-Puyo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léna Bassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le réel et le virtuel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 144e Congrès national des sociétés historiques et scientifiques, May 2018, Marseille, France</w:t>
+              <w:t xml:space="preserve">20th International Rock Art Congress, IFRAO, 1G : Public policies and rock art : between research and preservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Valacamonica, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05329267v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02534347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cussac cave. Choosing the location of the decorated panels: geological determinism or cultural determinism?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jouteau Armance</w:t>
+                <w:t xml:space="preserve">Le réel et le virtuel pour un rapprochement entre recherche et formation en master bio-géosciences (BGS) à l’université de Bordeaux : l’exemple du projet Immersion dans les terrains de l’anthropologie biologique et de la Préhistoire (ITAP)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Feruglio</w:t>
+                <w:t xml:space="preserve">Dominique Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Bourdier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+                <w:t xml:space="preserve">Maryelle Bessou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Caux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th international rock art congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IFRAO, Aug 2018, Val Camonica, Italy</w:t>
+              <w:t xml:space="preserve">Le réel et le virtuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 144e Congrès national des sociétés historiques et scientifiques, May 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04252475v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05329267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception d’une base de données de cavités du bassin versant de la Vézère (Dordogne, France) : un outil pour l’étude des faciès d’altération de paroi dans les grottes ornées</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bastien Chadelle</w:t>
+                <w:t xml:space="preserve">Cussac cave. Choosing the location of the decorated panels: geological determinism or cultural determinism?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jouteau Armance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Feruglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bourdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Camus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIe colloque du GMPCA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, univ Rennes, Apr 2017, Rennes, France</w:t>
+              <w:t xml:space="preserve">20th international rock art congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFRAO, Aug 2018, Val Camonica, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02541495v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04252475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser Induced Breakdown Spectroscopy mapping as a complementary tool to isotopic data and dating to understand the formation of coralloid-like speleothems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conception d’une base de données de cavités du bassin versant de la Vézère (Dordogne, France) : un outil pour l’étude des faciès d’altération de paroi dans les grottes ornées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bosq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Bassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Florian Trichard</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faten Ammari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Chadelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. International Climate Change : The Karst Record (KR8) conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Texas, May 2017, Austin, United States</w:t>
+              <w:t xml:space="preserve">XXIe colloque du GMPCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, univ Rennes, Apr 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02541132v1</w:t>
+                <w:t xml:space="preserve">hal-02541495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-block analysis coupled to Laser-Induced Breakdown Spectroscopy for elemental characterization of geological materials from caves</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laser Induced Breakdown Spectroscopy mapping as a complementary tool to isotopic data and dating to understand the formation of coralloid-like speleothems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Bassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Motto-Ros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Cheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Trichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Laser-Induced Breakdown Spectroscopy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">8. International Climate Change : The Karst Record (KR8) conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Texas, May 2017, Austin, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01729817v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02541132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photons and electrons for the study of a white veil covering some walls in prehistoric caves</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Queffelec</w:t>
+                <w:t xml:space="preserve">Raw material procurement and use at Gargas Cave (Hautes-Pyrénées, France):a Pyrenean-foothill economy during the Gravettian period</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina San Juan-Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Vercoutère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Roger Séronie-Vivien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMEKO International Conference on Metrology for Archaeology and Cultural Heritage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21014/acta_imeko.v6i3.483⟩</w:t>
+              <w:t xml:space="preserve">UISPP XVII, session HOME A-6b</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Burgos, Spain. pp.253-268, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21630/maa.2016.67.mis10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02542767v1</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02085830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raw material procurement and use at Gargas Cave (Hautes-Pyrénées, France):a Pyrenean-foothill economy during the Gravettian period</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Carole Vercoutère</w:t>
+                <w:t xml:space="preserve">Les sépultures saisonnières d'altitude à l'âge du Bronze : l'exemple des Pyrénées occidentales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Dumontier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Courtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Convertini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UISPP XVII, session HOME A-6b</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">"De la tombe au territoire" et actualités de la recherche : actes des 11e Rencontres Méridionales de Préhistoire récente, Montpellier, 25-27 septembre 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Montpellier, France. pp.153-164</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02085830v1</w:t>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01835119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sépultures saisonnières d'altitude à l'âge du Bronze : l'exemple des Pyrénées occidentales</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrice Courtaud</w:t>
+                <w:t xml:space="preserve">Multi-block analysis coupled to Laser-Induced Breakdown Spectroscopy for elemental characterization of geological materials from caves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faten Ammari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léna Bassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"De la tombe au territoire" et actualités de la recherche : actes des 11e Rencontres Méridionales de Préhistoire récente, Montpellier, 25-27 septembre 2014</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9th International Conference on Laser-Induced Breakdown Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Chamonix, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2016.06.052⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01835119v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01729817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude d’échantillons géologiques par LIBS et XRF couplés à des méthodes chimiométriques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Faten Ammari Ammari</w:t>
+                <w:t xml:space="preserve">Photons and electrons for the study of a white veil covering some walls in prehistoric caves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Bassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Mauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferrier Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Queffelec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chimiométrie XVII</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IMEKO International Conference on Metrology for Archaeology and Cultural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Politecnico, Oct 2016, Turin, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21014/acta_imeko.v6i3.483⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02544028v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02542767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser-Induced Breakdown Spectroscopy for elemental characterization of calcitic alterations on cave walls</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Étude d’échantillons géologiques par LIBS et XRF couplés à des méthodes chimiométriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faten Ammari Ammari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Bassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Faten Ammari</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette-Puyo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Laser-Induced Breakdown Spectroscopy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Chimiométrie XVII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Namur, Belgique</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01729816v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02544028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying ancient materials with multi-physics for preventive purposes. The case of prehistoric wall paintings.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laser-Induced Breakdown Spectroscopy for elemental characterization of calcitic alterations on cave walls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Bassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Motto-Ros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Trichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Pelascini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faten Ammari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LAPHIA Cluster of Excellence Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9th International Conference on Laser-Induced Breakdown Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Chamonix, France. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-016-7468-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02544031v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01729816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison between LIBS and XRF analyses of geological samples</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Delphine Lacanette-Puyo</w:t>
+                <w:t xml:space="preserve">Simulation of a fire in a gallery of an archaeological cave (Chauvet-Pont d’Arc, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Mindeguia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th Euro-Mediterranean Symposium on LIBS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Linz, Austria</w:t>
+              <w:t xml:space="preserve">Proceedings of CHT-15 : 6th International Symposium on Advances in Computational Heat Transfer, Rutgers University, New Brunswick, NJ, USA, 25-29 mai 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, New Brunswick, France. pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01729886v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01833402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiblock PCA applied to geological and archeological samples</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biomeneralisation and corraloides: two calcitic facies involved in the conservation of Paleolithic rock art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faten Ammari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Bassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Delphine Lacanette-Puyo</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">congrès annuel Chimiométrie XVI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Genêve, Jan 2015, Genêve, Switzerland</w:t>
+              <w:t xml:space="preserve">XIXe International Rock Art Conference IFRAO 2015: "Symbols in the Landscape: Rock Art and its Context"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Caceres, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02544038v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01729880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un outil de relevés 3D partagé en ligne : premières applications pour l’art et la taphonomie des parois ornées de la grotte de Cussac (ArTaPOC / programme LaScArBx)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Camille Bourdier</w:t>
+                <w:t xml:space="preserve">Analyses multi-techniques de matériaux géologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léna Bassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faten Ammari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette-Puyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual retrospect 2013 : actes du colloque de Pessac (France), 27-29 novembre 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Pessac, France. pp.49-54</w:t>
+              <w:t xml:space="preserve">Journées LIBS France : « La LIBS pour les applications environnementales et industrielles »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Verneuil en Halatte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01833233v1</w:t>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01729884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of a fire in a gallery of an archaeological cave (Chauvet-Pont d’Arc, France)</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Gravettian Human remains from the Gargas cave (Hautes-Pyrénées, France): symbolic and chrono-archaeological context.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina San Juan-Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Vercoutère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of CHT-15 : 6th International Symposium on Advances in Computational Heat Transfer, Rutgers University, New Brunswick, NJ, USA, 25-29 mai 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, New Brunswick, France. pp.4</w:t>
+              <w:t xml:space="preserve">XIXème Congrès international d’art rupestre - IFRAO 2015 - "Symboles dans le paysage: l’art rupestre et son contexte", Session Grottes et abris ornés à restes humains : deux types d'appropriation spirituelle de l’espace karstique (Feruglio V. et al., dir)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Cáceres, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01833402v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03112565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyses multi-techniques de matériaux géologiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Studying ancient materials with multi-physics for preventive purposes. The case of prehistoric wall paintings.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferrier Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Bassel</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées LIBS France : « La LIBS pour les applications environnementales et industrielles »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Verneuil en Halatte, France</w:t>
+              <w:t xml:space="preserve">LAPHIA Cluster of Excellence Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01729884v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02544031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomeneralisation and corraloides: two calcitic facies involved in the conservation of Paleolithic rock art</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparison between LIBS and XRF analyses of geological samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léna Bassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faten Ammari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette-Puyo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIXe International Rock Art Conference IFRAO 2015: "Symbols in the Landscape: Rock Art and its Context"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Caceres, Spain</w:t>
+              <w:t xml:space="preserve">8th Euro-Mediterranean Symposium on LIBS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Linz, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01729880v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01729886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Gravettian Human remains from the Gargas cave (Hautes-Pyrénées, France): symbolic and chrono-archaeological context.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Carole Vercoutère</w:t>
+                <w:t xml:space="preserve">Un outil de relevés 3D partagé en ligne : premières applications pour l’art et la taphonomie des parois ornées de la grotte de Cussac (ArTaPOC / programme LaScArBx)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Feruglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dutailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Ballade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bourdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIXème Congrès international d’art rupestre - IFRAO 2015 - "Symboles dans le paysage: l’art rupestre et son contexte", Session Grottes et abris ornés à restes humains : deux types d'appropriation spirituelle de l’espace karstique (Feruglio V. et al., dir)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Cáceres, Espagne</w:t>
+              <w:t xml:space="preserve">Virtual retrospect 2013 : actes du colloque de Pessac (France), 27-29 novembre 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Pessac, France. pp.49-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03112565v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01833233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche taphonomique des loci à restes humains de la grotte de Cussac</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multiblock PCA applied to geological and archeological samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léna Bassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faten F. Ammari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Francois Leveque</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette-Puyo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIX International Rock Art Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">congrès annuel Chimiométrie XVI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Genêve, Jan 2015, Genêve, Switzerland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02264016v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02544038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcitic facies on prehistoric cave walls: XRF and LIBS first analyses, Euroanalysis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Delphine Lacanette-Puyo</w:t>
+                <w:t xml:space="preserve">Approche taphonomique des loci à restes humains de la grotte de Cussac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Courtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dutailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Konik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Leveque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euroanalysis 2015, 18th European Conference on Analytical Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XIX International Rock Art Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Caceres, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30861/9780860549918⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01729885v1</w:t>
+                <w:t xml:space="preserve">hal-02264016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Function of the fires of the cave Chauvet-Pont d’Arc: contributions of the experiment and the digital simulation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dominique Baffier</w:t>
+                <w:t xml:space="preserve">Calcitic facies on prehistoric cave walls: XRF and LIBS first analyses, Euroanalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léna Bassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faten Ammari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette-Puyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIXe International Rock Art Conference IFRAO 2015: "Symbols in the Landscape: Rock Art and its Context"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Caceres, Spain</w:t>
+              <w:t xml:space="preserve">Euroanalysis 2015, 18th European Conference on Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01729878v1</w:t>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01729885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional simulation of a fire in a simplified gallery of the Chauvet-Pont d’Arc cave</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Function of the fires of the cave Chauvet-Pont d’Arc: contributions of the experiment and the digital simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Lacanette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Mindeguia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Baffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The three-dimensions of archaeology : proceedings of the XVIIe UISPP World Congress (1-7 September 2014, Burgos, Spain). Vol. 7, Sessions A4b and A12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Burgos, Spain. pp.49-60</w:t>
+              <w:t xml:space="preserve">XIXe International Rock Art Conference IFRAO 2015: "Symbols in the Landscape: Rock Art and its Context"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Caceres, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01832861v1</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01729878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les rubéfactions des parois de la grotte Chauvet : une histoire de chauffe ?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">B. Kervazo</w:t>
+                <w:t xml:space="preserve">Nouveaux éléments de chronologie relative et radionumérique à Cussac (Dordogne, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Goutas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Henry-Gambier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">É. Kaltnecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Klaric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Konik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du colloque MADAPCA, Micro Analyses et Datations de l’Art Préhistorique dans son Contexte Archéologique, MNHN-C2RMF, 16-18 novembre 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Paris, France. pp.233--235</w:t>
+              <w:t xml:space="preserve">IUSPP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Burgos, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01757452v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02272153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grotte de Cussac (Dordogne) : l’influence du support sur le dispositif pariétal, les choix techniques et l’enregistrement des traces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude photométrique et colorimétrique des impacts thermiques observables sur les parois de la grotte Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lafon-Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Konik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIIth International Union of Prehistoric and Protohistoric Sciences World Congress) congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Université de Burgos, Espagne</w:t>
+              <w:t xml:space="preserve">Matériaux 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01729912v1</w:t>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02078400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouveaux éléments de chronologie relative et radionumérique à Cussac (Dordogne, France)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Konik</w:t>
+                <w:t xml:space="preserve">Les rubéfactions des parois de la grotte Chauvet : une histoire de chauffe ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Brodard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évelyne Debard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Kervazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUSPP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Burgos, Spain</w:t>
+              <w:t xml:space="preserve">Actes du colloque MADAPCA, Micro Analyses et Datations de l’Art Préhistorique dans son Contexte Archéologique, MNHN-C2RMF, 16-18 novembre 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Paris, France. pp.233--235</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02272153v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01757452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude photométrique et colorimétrique des impacts thermiques observables sur les parois de la grotte Chauvet</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Konik</w:t>
+                <w:t xml:space="preserve">Three-dimensional simulation of a fire in a simplified gallery of the Chauvet-Pont d’Arc cave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Mindeguia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Debard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kervazo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Montpellier, France</w:t>
+              <w:t xml:space="preserve">The three-dimensions of archaeology : proceedings of the XVIIe UISPP World Congress (1-7 September 2014, Burgos, Spain). Vol. 7, Sessions A4b and A12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Burgos, Spain. pp.49-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02078400v1</w:t>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01832861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelques applications de la DRX dans le domaine de l'archéologie à PACEA</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laure Dayet</w:t>
+                <w:t xml:space="preserve">Grotte de Cussac (Dordogne) : l’influence du support sur le dispositif pariétal, les choix techniques et l’enregistrement des traces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Konik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Ballade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bourdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Feruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8è Journées de l'Association Bordelaise de Critallographie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">XVIIth International Union of Prehistoric and Protohistoric Sciences World Congress) congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Université de Burgos, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01011926v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01729912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du faciès thermique des parois de la grotte Chauvet Pont-d'Arc (Ardèche) à la caractérisation des feux : expérimentations dans la carrière souterraine de Lugasson (Entre-Deux-Mers, Gironde)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Brodard</w:t>
+                <w:t xml:space="preserve">Quelques applications de la DRX dans le domaine de l'archéologie à PACEA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Queffelec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Ajas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bertran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Boucher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Bourdier</w:t>
+                <w:t xml:space="preserve">Teddy Bos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Cantin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Floréal Daniel</w:t>
+                <w:t xml:space="preserve">Laure Dayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Groupe des Méthodes Pluridisciplinaires Contribuant à l'Archéologie - Archéométrie'2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Caen, France</w:t>
+              <w:t xml:space="preserve">8è Journées de l'Association Bordelaise de Critallographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01729424v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01011926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du faciès thermique des parois de la grotte Chauvet -Pont d’Arc (Ardèche) à la caractérisation des feux. expérimentations dans la carrière souterraine de Lugasson (Entre-deux-Mers, Gironde).</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Du faciès thermique des parois de la grotte Chauvet Pont-d'Arc (Ardèche) à la caractérisation des feux : expérimentations dans la carrière souterraine de Lugasson (Entre-Deux-Mers, Gironde)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Brodard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bourdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Brodard</w:t>
+                <w:t xml:space="preserve">Nadia Cantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Boucher</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">F. Daniel</w:t>
+                <w:t xml:space="preserve">Floréal Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIXe colloque du GMPCA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Caen, France</w:t>
+              <w:t xml:space="preserve">Groupe des Méthodes Pluridisciplinaires Contribuant à l'Archéologie - Archéométrie'2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02272152v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01729424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction : cultures et environnements paléolithiques : mobilité et gestion des territoires des chasseurs-cueilleurs en Quercy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Du faciès thermique des parois de la grotte Chauvet -Pont d’Arc (Ardèche) à la caractérisation des feux. expérimentations dans la carrière souterraine de Lugasson (Entre-deux-Mers, Gironde).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Brodard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Jarry</w:t>
+                <w:t xml:space="preserve">C. Bourdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Cantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philip Brugal</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">F. Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modalités d’occupation et exploitation des milieux au Paléolithique dans le Sud-Ouest de la France : l’exemple du Quercy. Actes de la session C67, XVème Congrès de l’UISPP, Lisbonne, septembre 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Lisbonne, Portugal. pp.13-19</w:t>
+              <w:t xml:space="preserve">XIXe colloque du GMPCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01833949v1</w:t>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02272152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un outil de relevés 3D partagé en ligne : premières applications pour l’art et la taphonomie des parois ornées de la grotte de Cussac (ArTaPOC / programme LaScArBx)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Feruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Dutailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Ballade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bourdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virtual retrospect 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Robert Vergnieux, Nov 2013, Pessac, France. pp.49-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01919004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan des études géologiques dans les sites archéologiques du Quercy : apports à la connaissance des occupations : paléoenvironnements physiques et fiabilité des séries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Kervazo</w:t>
+                <w:t xml:space="preserve">Introduction : cultures et environnements paléolithiques : mobilité et gestion des territoires des chasseurs-cueilleurs en Quercy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Jarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philip Brugal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">H. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modalités d’occupation et exploitation des milieux au Paléolithique dans le Sud-Ouest de la France : l’exemple du Quercy. Actes de la session C67, XVème Congrès de l’UISPP, Lisbonne, septembre 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2006, Lisbonne, Portugal. pp.37-66</w:t>
+              <w:t xml:space="preserve">, Sep 2006, Lisbonne, Portugal. pp.13-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01834512v1</w:t>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01833949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation de l'impact thermomécanique d'un feu expérimental en carrière calcaire souterraine. Implications pour l'étude des feux paléolithiques de la grotte Chauvet-Pont-d'Arc (Ardèche)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre Guibert</w:t>
+                <w:t xml:space="preserve">Bilan des études géologiques dans les sites archéologiques du Quercy : apports à la connaissance des occupations : paléoenvironnements physiques et fiabilité des séries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kervazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-L. Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Camus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Modalités d’occupation et exploitation des milieux au Paléolithique dans le Sud-Ouest de la France : l’exemple du Quercy. Actes de la session C67, XVème Congrès de l’UISPP, Lisbonne, septembre 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Lisbonne, Portugal. pp.37-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03441390v1</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01834512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet collectif de recherche « Grotte de Cussac » (Dordogne, France) : étude d’une cavité ornée à vestiges humains du Gravettien</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marc Delluc</w:t>
+                <w:t xml:space="preserve">Simulation de l'impact thermomécanique d'un feu expérimental en carrière calcaire souterraine. Implications pour l'étude des feux paléolithiques de la grotte Chauvet-Pont-d'Arc (Ardèche)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Mindeguia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Sirieix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Brodard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’art pléistocène dans le monde. Actes du Congrès IFRAO, Tarascon-sur-Ariège, septembre 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Tarascon-sur-Ariège, France. pp.62-63</w:t>
+              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01834279v1</w:t>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03441390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte de Gargas (Hautes-Pyrénées, France) : l’apport du contexte archéologique à l’interprétation de l’art pariétal</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Carole Vercoutère</w:t>
+                <w:t xml:space="preserve">Thermal characterization and TL-dating of ressened walls of the Chauvet Cave (Ardèche, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Brodard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Debard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kervazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’art pléistocène dans le monde. Actes du Congrès IFRAO, Tarascon-sur-Ariège, septembre 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Tarascon-sur-Ariège, France. pp.52-53</w:t>
+              <w:t xml:space="preserve">2nd Luminescence in Archaeology International Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01834245v1</w:t>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01729478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte de Gargas (Hautes-Pyrénées, France) : l'apport du contexte archéologique à l'interprétation de l'art pariétal</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Le projet collectif de recherche « Grotte de Cussac » (Dordogne, France) : étude d’une cavité ornée à vestiges humains du Gravettien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Jaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Aujoulat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Courtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Delluc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'art pléistocène dans le monde</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Tarascon-sur-Ariège, France. pp.52-53</w:t>
+              <w:t xml:space="preserve">L’art pléistocène dans le monde. Actes du Congrès IFRAO, Tarascon-sur-Ariège, septembre 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Tarascon-sur-Ariège, France. pp.62-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00831795v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01834279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal characterization and TL-dating of ressened walls of the Chauvet Cave (Ardèche, France)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Brodard</w:t>
+                <w:t xml:space="preserve">La grotte de Gargas (Hautes-Pyrénées, France) : l’apport du contexte archéologique à l’interprétation de l’art pariétal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina San Juan-Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Vercoutère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Luminescence in Archaeology International Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">L’art pléistocène dans le monde. Actes du Congrès IFRAO, Tarascon-sur-Ariège, septembre 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Tarascon-sur-Ariège, France. pp.52-53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01729478v1</w:t>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01834245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche taphonomique des parois des grottes ornées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La grotte de Gargas (Hautes-Pyrénées, France) : l'apport du contexte archéologique à l'interprétation de l'art pariétal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina San Juan-Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Vercoutère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’art pléistocène dans le monde. Actes du Congrès IFRAO, Tarascon-sur-Ariège, septembre 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Tarascon-sur-Ariège, France. pp.192-193</w:t>
+              <w:t xml:space="preserve">L'art pléistocène dans le monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Tarascon-sur-Ariège, France. pp.52-53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01834239v1</w:t>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00831795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet collectif de recherche « Grotte de Cussac » (Dordogne, France) : étude d’une cavité ornée à vestiges humains du Gravettien</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marc Delluc</w:t>
+                <w:t xml:space="preserve">Approche taphonomique des parois des grottes ornées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Debard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kervazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Aujoulat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Baffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès IFRAO L’art pléistocène dans le monde / Pleistocene art of the world / Arte pleistoceno en el mundo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Tarascon sur Ariège, France</w:t>
+              <w:t xml:space="preserve">L’art pléistocène dans le monde. Actes du Congrès IFRAO, Tarascon-sur-Ariège, septembre 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Tarascon-sur-Ariège, France. pp.192-193</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01922825v1</w:t>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01834239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parois et art pariétal : approche taphonomique. L'exemple de la grotte de Chauvet-Pont d'Arc (Ardèche)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+                <w:t xml:space="preserve">Le projet collectif de recherche « Grotte de Cussac » (Dordogne, France) : étude d’une cavité ornée à vestiges humains du Gravettien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Jaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Aujoulat ✝</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Courtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Delluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XV congrès international de l'UISPP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Lisbonne, Portugal. pp.43-52</w:t>
+              <w:t xml:space="preserve">Congrès IFRAO L’art pléistocène dans le monde / Pleistocene art of the world / Arte pleistoceno en el mundo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Tarascon sur Ariège, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00590923v1</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01922825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environnements périglaciaires et occupations humaines dans le Nord de la Bulgarie au Pléistocène</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Parois et art pariétal : approche taphonomique. L'exemple de la grotte de Chauvet-Pont d'Arc (Ardèche)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kervazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Feruglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Baffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Debard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Claude Leblanc Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion annuelle de l’Association Française du Périglaciaire « Périglaciaire et archéologie »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">XV congrès international de l'UISPP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Lisbonne, Portugal. pp.43-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01466657v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00590923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte de Gargas (Aventignan, Hautes-Pyrénées) : nouvelles perspectives de recherche et premiers résultats sur les occupations gravettiennes.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Environnements périglaciaires et occupations humaines dans le Nord de la Bulgarie au Pléistocène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Guadelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Leblanc Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les sociétés paléolithiques d'un grand Sud-Ouest : nouveaux gisements, nouvelles méthodes, nouveaux résultats.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Bordeaux, France. pp.301-324</w:t>
+              <w:t xml:space="preserve">Réunion annuelle de l’Association Française du Périglaciaire « Périglaciaire et archéologie »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00494329v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01466657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La séquence paléolithique inférieur de la grotte Kozarnika (Nord-Ouest de la Bulgarie)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La grotte de Gargas (Aventignan, Hautes-Pyrénées) : nouvelles perspectives de recherche et premiers résultats sur les occupations gravettiennes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina San Juan-Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Vercoutère</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Les premières expansions humaines en Eurasie à partir de l’Afrique : facteurs limitant ou favorisant.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">Les sociétés paléolithiques d'un grand Sud-Ouest : nouveaux gisements, nouvelles méthodes, nouveaux résultats.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Bordeaux, France. pp.301-324</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01466722v1</w:t>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00494329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte de Gargas (Aventignan, Hautes-Pyrénées) : nouvelles perspectives de recherches</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">La séquence paléolithique inférieur de la grotte Kozarnika (Nord-Ouest de la Bulgarie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Guadelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Sirakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ivanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sirakova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion scientifique de la Société Préhistorique Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, Bordeaux, France</w:t>
+              <w:t xml:space="preserve"> Les premières expansions humaines en Eurasie à partir de l’Afrique : facteurs limitant ou favorisant.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00438069v1</w:t>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01466722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grotte Chauvet - Salle Hillaire et Salle du Crâne : contexte sédimentologique des vestiges d'origine humaine et animale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La grotte de Gargas (Aventignan, Hautes-Pyrénées) : nouvelles perspectives de recherches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. San Juan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Vercoutère</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches pluridisciplinaires dans la grotte Chauvet, actes des Journées SPF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2003, France. pp.35-42</w:t>
+              <w:t xml:space="preserve">Réunion scientifique de la Société Préhistorique Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00199043v1</w:t>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00438069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une séquence du paléolithique inférieur au paléolithique récent dans les Balkans : la grotte Kozarnika à Orechets (Nord-Ouest de la Bulgarie)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elka Anastassova</w:t>
+                <w:t xml:space="preserve">Grotte Chauvet - Salle Hillaire et Salle du Crâne : contexte sédimentologique des vestiges d'origine humaine et animale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Debard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kervazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Perroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">-</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, -, France. pp.87-103</w:t>
+              <w:t xml:space="preserve">Recherches pluridisciplinaires dans la grotte Chauvet, actes des Journées SPF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2003, France. pp.35-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00136044v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00199043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grotte Chauvet (Ardèche - France) : Les dépôts de la Salle Hillaire et le occupations préhistoriques associées</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yves Perrette</w:t>
+                <w:t xml:space="preserve">Une séquence du paléolithique inférieur au paléolithique récent dans les Balkans : la grotte Kozarnika à Orechets (Nord-Ouest de la Bulgarie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Guadelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Sirakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefanka Ivanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svoboda Sirakova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elka Anastassova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate Change : the Karst Record III</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2003, Montpellier, France</w:t>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, -, France. pp.87-103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00150105v1</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00136044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grotte Chauvet (Ardèche - France) : Les dépôts de la Salle Hillaire et le occupations préhistoriques associées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kervazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Debard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Climate Change : the Karst Record III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2003, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00150105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genèse et évolution de la grotte Chauvet : bilan des études karstogéniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16628,51 +16753,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées nationales de la Société Française de Préhistoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2003, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00364331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16682,176 +16807,176 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supports et instruments : les media de la gravure dans la grotte de Cussac (Dordogne, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Feruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bourdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Konik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIVe colloque du GMPCA : Archéométrie 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05005152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The last 30,000 to 600,000 years ago: unravelling the timing of human settlement for the Palaeolithic site of Kozarnika.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryam Heydari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16910,475 +17035,475 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virtual Conference DEUQUA 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Hannover, Germany. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03376223v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revêtement de calcite sur les parois des grottes ornées préhistoriques : caractérisation structurale du mondmilch à l’aide du rayonnement synchrotron. Démarche méthodologique et premiers résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Bassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Guinebretière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Lacanette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislav Péchev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIIème Colloque Rayons X et Matière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02561156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revêtement de calcite sur les parois des grottes ornées préhistoriques : caractérisation structurale du mondmilch à l’aide du rayonnement synchrotron. Démarche méthodologique et premiers résultats.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Bassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Guinebretière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lacanette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Péchev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rayons X et Matière 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02443377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation multiphysique des concrétions calcitiques endokarstiques de la grotte laboratoire de Leye: intérêt pour les grottes ornées paléolithiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Bassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faten Ammari Ammari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferrier Catherine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIe colloque du GMPCA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02561187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gravettian human remains from Gargas (Hautes-Pyrénées, France). Implication for biological diversity and mortuary practices during the Upper Paleolithic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélim Natahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17410,113 +17535,113 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">86th Annual Meetings - American Association of Physical Anthropologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02085831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiblock analyses applied to LIBS and XRF data of geological materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faten F. Ammari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Bassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferrier Catherine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Lacanette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17535,176 +17660,176 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SciX 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Providence, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02561435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand les parois de la Grotte Chauvet Pont-d’Arc ont elles été chauffées ? Une approche chronologique par thermoluminescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brodard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anita Quiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Geneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Baffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque GMPCA 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02539089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17714,182 +17839,182 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlas de la grotte Chauvet-Pont-d'Arc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jm. Geneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.J. Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évelyne Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Clottes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J.J Delannoy et G.M. Geneste. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions de la Maison des Sciences de l'Homme de Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 384 p., 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId433" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02931927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grotte d'Apons à Sarrance (Pyrénées-Atlantiques) : des derniers chasseurs cueilleurs aux premières sociétés agro-pastorales en vallée d'Aspe (8e au 2e millénaire avant notre ère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Dumontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -17898,248 +18023,248 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Courtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi-Mai-Anh Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 14, 138 p., 2016, Préhistoire du Sud-Ouest Supplément</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02109159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Camp à Challignac (Charente) au IIIe millénaire av. J.-C. : un établissement complexe de la culture d’Artenac dans le Centre-Ouest de la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Burnez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Villes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fischer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Landreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Braguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">British Archaeological Reports International Series 2165, 2010, 9781407307091</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId440" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01757027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grotte Chauvet - l'art des origines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Clottes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Aujoulat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18177,51 +18302,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean Clottes. Editions du Seuil, 224 p., 2001, Arts Rupestres, 2-02048648-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02899060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18231,190 +18356,190 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La galerie des Panneaux rouges.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Tosello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId447" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Clottes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In, la grotte Chauvet Pont d'Arc. Art et archéologie. Les premières salles. Dir. JM. Geneste, C. Fritz, V. Feruglio, G. Tosello.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions du Patrimoine. Centre des monuments nationaux., pp.211-313, 2025, 9782715421431</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05063076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La galerie de l'Entrée et la salle des Bauges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Feruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18422,137 +18547,137 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Fosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In, La grotte Chauvet Pont d'Arc. Art et archéologie. Les premières salles. Dir JM Geneste, C Fritz, V Feruglio, G.Tosello</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , pp.135 - 162, 2025, 9782715421431</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05063071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La galerie du Cactus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Tosello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évelyne Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18584,1226 +18709,1226 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In, La grotte Chauvet Pontd'Arc. Art et archéologie. Les premières salles. Dir. JM. Geneste, C. Fritz, V. Feruglio, G. Tosello.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions du Patrimoine. Centre des monuments nationaux., pp.162-207, 2025, 9782757709962</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05063073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les activités humaines dans le contexte des oeuvres pariétales.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gély</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Baffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bourdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId447" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Clottes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In, La grotte Chauvet Pontd'Arc. Art et archéologie. Les premières salles. Dir. JM. Geneste, C. Fritz, V. Feruglio, G. Tosello.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions du Patrimoine. Centre des monuments nationaux., pp.347-363, 2025, 9782757709962</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05063355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La nécropole et les vestiges funéraires [La nécropole néolithique du Camp del Ginèbre à Caramany]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Giresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alain Vignaud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La nécropole du Camp del Ginèbre (Caramany, Pyrénées-Orientales). Entre Catalogne et Languedoc autour du V</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> millénaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions Trabucaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.50-117, 2024, Collection Archéologie Départementale, 978-2-84974-332-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05098417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La carte intégrée des sols : principes et sémiologie</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Jaillet</w:t>
+                <w:t xml:space="preserve">Carte 18. Galerie des Mégacéros</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Feruglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Baffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bourdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évelyne Debard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t>
+              <w:t xml:space="preserve">Jean-Jacques Delannoy; Jean-Michel Geneste. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Atlas de la grotte Chauvet-Pont d'Arc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions de la Maison des Sciences de l'Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.275-282, 2020, Monographie de la grotte Chauvet-Pont d'Arc, 978-2-7351-2560-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.editionsmsh.50075⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03115700v1</w:t>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03480807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carte 14. Salle Hillaire (Partie sud)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valérie Feruglio</w:t>
+                <w:t xml:space="preserve">Cartes 7-8 Salle des Bauges (partie sud)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Debard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferrier Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kervazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Jean-Jacques Delannoy; Jean-Michel Geneste. </w:t>
+              <w:t xml:space="preserve">Delannoy, J.J.; Geneste, J.M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas de la grotte Chauvet-Pont d'Arc</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Monographie de la grotte Chauvet-Pont d’Arc, vol 1 Atlas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Documents d’Archéologie Française, pp.205-212, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03032445v1</w:t>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03022106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carte 14 Salle Hillaire (partie sud)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean Clottes</w:t>
+                <w:t xml:space="preserve">La carte intégrée des sols : principes et sémiologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferrier Catherine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kervazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Delannoy, J.J.; Geneste, J.M. </w:t>
+              <w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monographie de la grotte Chauvet-Pont d’Arc, vol 1 Atlas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Documents d’Archéologie Française, pp.253-258, 2020</w:t>
+              <w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 111 (1), pp.45-84, 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03022073v1</w:t>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03115700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carte 9 Salle des Bauges (quart nord-est)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">É. Debard</w:t>
+                <w:t xml:space="preserve">Carte 14. Salle Hillaire (Partie sud)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Clottes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évelyne Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Kervazo</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Feruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Delannoy, J.J.; Geneste, J.M. </w:t>
+              <w:t xml:space="preserve">Jean-Jacques Delannoy; Jean-Michel Geneste. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monographie de la grotte Chauvet-Pont d’Arc, vol 1 Atlas</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Atlas de la grotte Chauvet-Pont d'Arc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maison des Sciences de l'Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.249-254, 2020, Monographie de la grotte Chauvet-Pont d'Arc, 978-2-7351-2533-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.editionsmsh.50040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03038214v1</w:t>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartes 7-8 Salle des Bauges (partie sud)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Carte 14 Salle Hillaire (partie sud)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Baffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Clottes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferrier Catherine</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Kervazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Delannoy, J.J.; Geneste, J.M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monographie de la grotte Chauvet-Pont d’Arc, vol 1 Atlas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Documents d’Archéologie Française, pp.205-212, 2020</w:t>
+              <w:t xml:space="preserve">, Documents d’Archéologie Française, pp.253-258, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03022106v1</w:t>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03022073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carte 18. Galerie des Mégacéros</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Évelyne Debard</w:t>
+                <w:t xml:space="preserve">Carte 9 Salle des Bauges (quart nord-est)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">É. Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kervazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Jean-Jacques Delannoy; Jean-Michel Geneste. </w:t>
+              <w:t xml:space="preserve">Delannoy, J.J.; Geneste, J.M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas de la grotte Chauvet-Pont d'Arc</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Monographie de la grotte Chauvet-Pont d’Arc, vol 1 Atlas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.213-220, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03480807v1</w:t>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03038214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Galerie d’Entrée, écroulements et fermeture de la Grotte Chauvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Sadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferrier Catherine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -19813,87 +19938,87 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 111 (1), 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03115724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salle Brunel (partie sud) de la Grotte Chauvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferrier Catherine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19901,137 +20026,137 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Baffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Feruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la Grotte Chauvet Pont d'Arc</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03115734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salle Brunel (partie nord) de la Grotte Chauvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferrier Catherine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Feruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Baffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20067,655 +20192,655 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 111 (1), pp.384, 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03115737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carte 15. Salle Hillaire (partie Nord)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId345" w:history="1">
+                <w:t xml:space="preserve">Base de l’Éboulis d’Entrée de la grotte Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Debard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferrier Catherine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Debard</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kervazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Jean-Jacques Delannoy et Jean-Michel Geneste. </w:t>
+              <w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas de la grotte Chauvet-Pont d'Arc</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.258-263, 2020, Monographie de la Grotte Chauvet-Pont-d'Arc, 978-2-7351-2533-3</w:t>
+              <w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 111 (1), pp.384, 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03032452v1</w:t>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03115732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Base de l’Éboulis d’Entrée de la grotte Chauvet</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Gely</w:t>
+                <w:t xml:space="preserve">Carte 11. Galerie du Cactus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Kervazo</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t>
+              <w:t xml:space="preserve">Jean-Jacques Delannoy et Jean-Michel Geneste. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 111 (1), pp.384, 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t>
+              <w:t xml:space="preserve">Atlas de la grotte Chauvet-Pont d'Arc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maison des Sciences de l'Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.228-233, 2020, Monographie de la grotte Chauvet-Pont d'Arc, 978-2-7351-2533-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03115732v1</w:t>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carte 11. Galerie du Cactus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
+                <w:t xml:space="preserve">Carte 15. Salle Hillaire (partie Nord)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferrier Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Clottes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Debard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Jacques Delannoy et Jean-Michel Geneste. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la grotte Chauvet-Pont d'Arc</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId461" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.228-233, 2020, Monographie de la grotte Chauvet-Pont d'Arc, 978-2-7351-2533-3</w:t>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maison des SCiences de l'Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.258-263, 2020, Monographie de la Grotte Chauvet-Pont-d'Arc, 978-2-7351-2533-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03032428v1</w:t>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Buisson-de-Cadouin. Grotte de Cussac.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Feruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Fourment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DRAC Nouvelle Aquitaine, SRA, MCC, DGP, SDA. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique de la région Nouvelle Aquitaine 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.507-510, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04060111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'occupation funéraire du bassin d'Arudy (Pyrénées-Atlantiques) au Néolithique moyen et final</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Courtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Dumontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Convertini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20738,242 +20863,242 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">P. Marticonera, V. Ard, A. Hasler, J. Cauliez, C. Gilabert, I. Sénépart (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entre deux mers » &amp; actualités de la recherche, actes des 12e Rencontres Méridionales de Préhistoire Récente (Bayonne, Pyrénées-Atlantiques, 27 septembre au 1er octobre 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Toulouse, Archives d'écologie préhistorique, pp.77-87, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03931779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'art mobilier de la grotte des Gorges (Amange, Jura, France). Approche méthodologique et premiers résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pigeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Battesti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Cailhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Corbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cleyet-Merle J.-J., Geneste J.-M., Man-Estier E. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'art au quotidien, objets ornés du Paléolithique supérieur. Actes du colloque international, Les Eyzies-de-Tayac, 16-20 juin 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.553-574, 2017, Paléo n° spécial 2016, 978-2-911233-12-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02477633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre montagne et piémont, témoignages agropastoraux du Néolithique à l’âge du Fer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Dumontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Courtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Convertini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20982,217 +21107,217 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rendu, C. and Calastrenc, C. and Le Couédic, M. and Berdoy, A. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Estives d’Ossau : 7 000 ans de pastoralisme dans les Pyrénées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Pas d’oiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.175-203, 2016, 978-2-917971-60-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Gravettian Human remains from the Gargas cave (Hautes-Pyrénées, France): symbolic and chrono-archaeological context.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. San Juan–foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Henry-Gambier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Vercoutere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ferrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFRAO, XIX International Rock Art Conference "Symbols in the Landscape: Rock Art and its Context", Session 19: "Cave and shelters with Rock Art and human remains: a spiritual appropriation of the karstic space?" Càceres, 31 August-4 September 2015,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.425-426, 2015, ARKEOS 37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03132214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conclusion. Geochronology of the Middle Palaeolithic sequence - Hypothesis II.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -21225,302 +21350,302 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ginter, B., Koslowski, J.K., Guadelli, J.-L., Sirakova, S. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Temnata Cave, Excavations in Karlukovo Karst Area, Bulgaria. vol.3. Middle Palaeolithic sequence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Avalon, Sofia, pp.140-142, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00650624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratigraphie des dépôts du Paléolithique moyen de la grotte Temnata.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Leblanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ginter, B., Koslowski, J.K., Guadelli, J.-L., Sirakova, S. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Temnata Cave, Excavations in Karlukovo Karst Area, Bulgaria. vol.3. Middle Palaeolithic sequence.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Avalon, Sofia, pp.13-30, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00654584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">№1 Prouchvaniya na Paleolitnoto nahodishte v peshtera Kozarnika, Belogradchishko prez 2009g.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Sirakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Guadelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Sirakov</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">S. Sirakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ivanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Popov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Natsionalen Arhelogicheski Institut I Musei - BAN. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arheologicheski Otkritia i Razkopki prez 2009g.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Avangard, ISSN 1313-0889, pp.23-26, 2010, №1 Prouchvaniya na Paleolitnoto nahodishte v peshtera Kozarnika, Belogradchishko prez 2009g</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01466914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géoarchéologie et karstologie de la grotte Chauvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Perroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21569,371 +21694,371 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Audra. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Grottes et karsts de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association française de karstologie, pp.98-99, 2010, Karstologia Mémoires, n° 19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00486658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N°2. Sondazhni prouchvaniya v peshtera Golemi Petsh, Belogradchishko (N°2. Les sondages à la grotte Golemi Petch, région de Belogradtchik).</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">N°1. Niva i rayoni na obitavane ot kraiya na ranniya i sredniya paleolit v pleystotsenskata sekventsiya na peshtera Kozarnika, Belogradchishko (N°1. Niveaux d'occupation de la fin du Paléolithique inférieur et du Paléolithique moyen dans la séquence pléistocène de la grotte Kozarnika, Région de Belogradtchick).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Guadelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Sirakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svoboda Sirakova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefanka Ivanova</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stanimira Taneva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut National d'Archéologie et Musée, Académie Bulgare des Sciences, Sofia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arheologicheski Otkritia i Razkopki prez 2007 g (Les fouilles et les découvertes archéologiques de l'année 2007)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Faber, Sofia, pp.27-30, 3 Fig., 2008</w:t>
+              <w:t xml:space="preserve">, Faber, Sofia, pp.23-27, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00346185v1</w:t>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00346052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N°1. Niva i rayoni na obitavane ot kraiya na ranniya i sredniya paleolit v pleystotsenskata sekventsiya na peshtera Kozarnika, Belogradchishko (N°1. Niveaux d'occupation de la fin du Paléolithique inférieur et du Paléolithique moyen dans la séquence pléistocène de la grotte Kozarnika, Région de Belogradtchick).</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">N°2. Sondazhni prouchvaniya v peshtera Golemi Petsh, Belogradchishko (N°2. Les sondages à la grotte Golemi Petch, région de Belogradtchik).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefanka Ivanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Sirakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Guadelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stefanka Ivanova</w:t>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanimira Taneva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut National d'Archéologie et Musée, Académie Bulgare des Sciences, Sofia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arheologicheski Otkritia i Razkopki prez 2007 g (Les fouilles et les découvertes archéologiques de l'année 2007)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Faber, Sofia, pp.23-27, 2008</w:t>
+              <w:t xml:space="preserve">, Faber, Sofia, pp.27-30, 3 Fig., 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId499" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00346052v1</w:t>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00346185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sondajna prouchvane v peshtera Golemi Pech: Paleolit, rannojelyazna epoha.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Taneva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Sirakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-L. Guadelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21956,73 +22081,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Natsionalen Arhelogicheski Institut I Musei – BAN. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arheologicheski Otkritia i Razkopki prez 2008 g. </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.28-32, 2008, Sondajna prouchvane v peshtera Golemi Pech: Paleolit, rannojelyazna epoha</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01466906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grotte dans son cadre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -22081,180 +22206,180 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean Clottes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La grotte Chauvet. L'art des origines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Seuil, pp.14-26, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00111925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le cadre chronologique et paléoenvironnemental des occupations gravettiennes de la grotte de Temnata à Karlukovo (Bulgarie).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Laville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Delpech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Guadelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Marambat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J.K. Kozlowski, H. Laville, B. Ginter. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Temnata Cave. Excavations in Karlukovo Karst Area, Bulgaria. 1.2.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1.2., Jagellonian University Press, Cracow, pp.315-326, 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00136038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22264,51 +22389,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude taphonomique des sols et des parois, Grotte Chauvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -22317,257 +22442,257 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kervazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Perroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Panczer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008, 26p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00369058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arancou (Bourrouilla), Bilan scientifique 2006 du Service Régional de l'Archéologie Aquitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Dachary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Chauvière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Daulny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Eastham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00331469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport sur l'état d'avancement des travaux sur le sondage de la galerie d'entrée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gély</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Maksud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kervazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22592,87 +22717,87 @@
                 </w:rPr>
                 <w:t xml:space="preserve">E. Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008, 15p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00369050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sondajni razkopki v peshtera Golemi Pech, Obshtina Chuprene (Les sondages à la grotte Golemi Petch, commune de Chuprene)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanimira Taneva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Sirakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22680,221 +22805,221 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Guadelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00358619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arancou (Bourrouilla), Bilan scientifique 2005 du Service Régional de l'Archéologie Aquitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Dachary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Chauvière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Costamagno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Daulny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Eastham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00331818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude géologique et karstologique de la cavité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kervazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -22916,117 +23041,117 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007, 34p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00369099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude géologique et karstologique de la cavité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Perroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23034,103 +23159,103 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006, 26p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00369102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude géologique et karstologique de la cavité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -23182,73 +23307,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005, 51p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00369111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude géologique et karstologique de la cavité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -23300,87 +23425,87 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004, 22p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00369115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude géologique et karstologique de la cavité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Perroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23418,73 +23543,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kervazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2003, 18p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00369119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grotte Chauvet - Etude géologique et karstologique de la cavité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -23536,73 +23661,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00115679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude géologique et karstologique de la cavité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -23654,51 +23779,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kervazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2002, 16p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00369123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -23708,815 +23833,815 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intervention au sommet du Locus 3. rapport de l'équipe Anthropologie et Géoarchéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eline M. J. Schotsmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Konik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Service régional d’Archéologie de la région nouvelle-aquitaine. 2025, pp.371-412</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05157193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 6 – Sondage au contact éboulis d’entrée / salle des bauges de la grotte de Bruniquel ». In : Jaubert J., Verheyden S. (Dir.) &amp; Soulier M. et al. Grotte de Bruniquel (Bruniquel, Tarn-et-Garonne). Rapport d’opération archéologique programmée 2024 et de Triennale 2022-2024.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Génuite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture et de la Communication, DRAC-SRA Occitanie (Toulouse). 2024, pp.197-238</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05517337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Gisement du Cuzoul de Gramat (Lot), Fouille programmée triannuelle, 1er rapport intérmédiaire (campagne 2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Valdeyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Constans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Gardeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garcia-Tarac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mallye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DRAC-SRA Occitanie. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId530" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04755011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 7 – Poursuite du sondage au contact éboulis d’entrée / salle des bauges». In : Jaubert J., Verheyden S. (Dir.) &amp; Soulier M. Grotte de Bruniquel (Bruniquel, Tarn-et-Garonne). Rapport intermédiaire 2023 d’opération archéologique programmée. Triennale 2022-2024.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Génuite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture et de la Communication, DRAC-SRA Occitanie (Toulouse). 2023, pp.109-133</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05517290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 11 – Sondages au contact éboulis d’entrée / salle des bauges». In : Jaubert J., Verheyden S. (Dir.) &amp; Soulier M. Grotte de Bruniquel (Bruniquel, Tarn-et-Garonne). Rapport 2021 d’opération archéologique programmée. Triennale 2018-20-2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Puig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture et de la Communication, DRAC-SRA Occitanie (Toulouse). 2021, pp.143-164</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05517253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId536" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ORIGINES II : espaces et expressions Rapport scientifique 2008-2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Guadelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Aujoulat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Barbazza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco D’errico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Région Aquitaine. 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId539" w:history="1">
-              <w:r>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03148153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport préliminaire de la Mission Préhistorique française en Bulgarie du Nord « Les plus anciennes manifestations de la présence humaine dans les Balkans »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Guadelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Sirakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Dimitrova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -24532,187 +24657,187 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CNRS-Univ. Bordeaux I; Institut d’Archéologie et Musée de l’Académie bulgare des Sciences. 2010, 136 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02898915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de la Mission Préhistorique française en Bulgarie du Nord «Les plus anciennes manifestations de la présence humaine dans les Balkans»</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Guadelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Sirakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Dimitrova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] MAE, Projet de recherche conjoint CNRS-Univ. Bordeaux I / Institut d’Archéologie et Musée de l’Académie bulgare des Sciences. 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02995390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId544"/>
+      <w:footerReference w:type="default" r:id="rId547"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -24859,51 +24984,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530236v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim G&#233;nuite" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Verheyden" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Camus" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Burlet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2026.109866" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709038v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Vandevelde" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma &#193;ngeles Medina-Alcaide" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Rueff" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yafit Kedar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gail Higginbottom" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2024.104503" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709044v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#170; &#193;ngeles Medina-Alcaide" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2024.104511" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561300v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lacanette" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Bassel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Salmon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Portais" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bousquet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5038/1827-806X.52.2.2442" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086896v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-&#193;ngeles Medina Alcaide" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Quiles" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Pons-Branchu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Intxaurbe" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-32544-1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958849v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Deldicque" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Rouzaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria &#193;ngeles Medina-Alcaide" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.186" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206065v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Brochard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Feruglio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bourdier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Konik" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleo.7329" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916825v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Armand" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryelle Bessou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cochard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Couture" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8825" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03751923v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Heydari" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gu&#233;rin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Sirakov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fernandez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107645" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621005v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Le&#160;luyer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Villotte" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;lim Natahi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Thibeault" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.9810" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615782v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dumontier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.2913" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-1HLHQ9PW-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03148338v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Crestani" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Abdel Wahab" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Arfi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ploteau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Kolanska" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hropen/hoab003" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03307913v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Salmon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Mindeguia" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacanette" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sirieix" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Leblanc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tust.2020.103806" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287568v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pastre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Debard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fialin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard G&#233;ly" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.52" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03276391v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Breban" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-S Boudy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hropen/hoaa023" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02887757v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Hini" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferrier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Owen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arfi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Touboul" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2020.03.004" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526752v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Giardini" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lognonn&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Banerdt" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Pike" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Christensen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-020-0539-8" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929184v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Mindeguia" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Leblanc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-020-09484-5" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488100v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zilberman" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Boudy" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2019.04.003" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359739v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Sirieix" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Bellivier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10694-019-00926-5" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899632v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouteau Armance" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Feruglio" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2019.03.008" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250278v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Foucher" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina San Juan - Foucher" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vercout&#232;re" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2019.14981" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02144762v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Mauran" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12434" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358725v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2019.01.025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296358v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jaubert" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fourment" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.5152" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01877648v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Th&#233;ry-Parisot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Thiebault" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fritz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2017.222" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782097v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ferrier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Roman" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Alzahrani" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. d'Argent" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bendifallah" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dex375" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978305v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Brodard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guibert" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2017.05.021" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017398v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Dhombres" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guilbaud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Durand-Zaleski" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Jouannic" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2017.06.007" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081487v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Auguin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aujoux" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bellivier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01932558v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc P&#233;tillon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laroulandie" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.559" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520165v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Motto-Ros" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Trichard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pelascini" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Ammari" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-7468-5" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652862v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Tillier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleta Guadelli" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svoboda Sirakova" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2017.06.002" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140140v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ballade" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chapoulie" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2016.04.002" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140149v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Queffelec" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21014/acta_imeko.v6i3.483" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009528v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Genty" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Valladas" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2016.01.052" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346049v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Andrieux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertran" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deschodt" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lenoble" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.7717" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842936v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457213v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Soulier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Cheng" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature18291" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743053v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tauzin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2016.02.016" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842872v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842607v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina San Juan-Foucher" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Roger S&#233;ronie-Vivien" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21630/maa.2016.67.mis10" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743036v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2016.06.052" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X0DL49QH-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842596v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kervazo" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02331987v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Debard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842608v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842631v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Xu" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lacanette-Puyo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Riss" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/arp.1513" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2WSSF655-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743060v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Quil&#232;s" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Geneste" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baffier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2015.04.007" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QH7PVXK4-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842725v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Plassard" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Reiche" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842720v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lafon-Pham" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Aujoulat" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842798v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia Large" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiola Bastian" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646113v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2012.10.012" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XJ4JKDMG-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00779286v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Lowe" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Barton" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blockley" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Bronk Ramsey" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria L. Cullen" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1204579109" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842992v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dutailly" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842863v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842991v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Henry-Gambier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842845v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00521024v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolai Sirakov" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Guadelli" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanka Ivanova" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00542924v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2010.02.023" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZHDJ9J26-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01676530v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sirakov" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Guadelli" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ivanova" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sirakova" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03428215v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderafi Charki" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bonnier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berrada" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hassani" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00769-009-0496-9" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369326v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Foucher" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. San Juan" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couchoud" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vercout&#232;re" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198771v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Belle" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Labarere" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fourny" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vanzetto" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113367v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Debard" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117047v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111715v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00280523v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delagnes" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Tournepiche" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Desclaux" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Diot" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.1999.11013" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476528v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rassoulzadegan" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4319/lo.1991.36.4.0657" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343399v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Fuentes" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Huard" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746156v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Burlet" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04380606v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697465v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Guinebreti&#232;re" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pechev" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376964v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Delpech" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Dimitrova" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134476v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862921v2" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Dachary" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Merlet" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Chauvi&#232;re" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Ajas" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532711v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mora" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697466v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bassel" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guinebreti&#232;re" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P&#233;chev" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440440v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252459v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armance Jouteau" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534347v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252465v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Langlais" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01949749v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329267v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Caux" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252475v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541495v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bosq" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Chadelle" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541132v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Cheng" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729817v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542767v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferrier Catherine" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085830v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835119v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544028v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Ammari Ammari" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729816v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544031v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729886v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544038v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten F. Ammari" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833233v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833402v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729884v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729880v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03112565v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264016v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Leveque" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30861/9780860549918" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729885v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729878v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832861v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757452v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kervazo" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729912v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272153v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Goutas" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Henry-Gambier" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Kaltnecker" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Klaric" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078400v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011926v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ajas" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Bos" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Dayet" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729424v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boucher" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cantin" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flor&#233;al Daniel" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272152v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brodard" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boucher" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourdier" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Daniel" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833949v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jarry" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Martin" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919004v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834512v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Berthet" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Camus" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441390v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834279v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Delluc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834245v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831795v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729478v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834239v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922825v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Aujoulat &#10013;" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00590923v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01466657v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Leblanc Jean" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494329v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01466722v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fernandez" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00438069v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Foucher" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199043v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Perroux" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00136044v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elka Anastassova" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150105v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00364331v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005152v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376223v2" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561156v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav P&#233;chev" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02443377v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561187v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085831v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561435v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539089v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Geneste" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931927v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm. Geneste" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Delannoy" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Clottes" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-msh.fr/livre/?GCOI=27351100204910" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109159v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Mai-Anh Bui" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757027v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Burnez" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Villes" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fischer" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Landreau" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899060v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Clottes" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05063076v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tosello" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Az&#233;ma" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05063071v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fosse" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05063073v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05063355v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05098417v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vignaud" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duday" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Giresse" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jallet" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trabucaire.com/boutique/nouveautes/la-necropole-du-camp-del-ginebre-caramany-pyrenees-orientales-entre-catalogne-et-languedoc-autour-du-ve-millenaire/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115700v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032445v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fmsh.fr/fr/diffusion-des-savoirs/30808" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsmsh.50040" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022073v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038214v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Debard" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022106v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03480807v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-msh.fr/livre/?GCOI=27351100204910&amp;amp;fa" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsmsh.50075" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115724v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sadier" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115734v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115737v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032452v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115732v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gely" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032428v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060111v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Genty" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03931779v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02477633v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge David" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pigeaud" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Battesti" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Corb&#233;" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838019v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lepasdoiseau.fr/estives-ossau/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132214v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. San Juan&#8211;foucher" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vercoutere" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650624v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00654584v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01466914v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Popov" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00486658v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00346185v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanimira Taneva" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00346052v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01466906v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Taneva" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111925v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00136038v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Laville" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Marambat" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369058v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Panczer" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331469v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Daulny" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Eastham" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369050v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Maksud" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358619v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331818v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369099v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369102v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369111v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369115v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369119v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115679v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369123v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157193v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline M. J. Schotsmans" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517337v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755011v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Valdeyron" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Constans" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gardeur" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Garcia-Tarac" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mallye" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517290v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517253v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Puig" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148153v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Raynal" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barbazza" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;errico" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898915v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dimitrova" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995390v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Guadelli" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530236v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim G&#233;nuite" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Verheyden" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Camus" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Burlet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2026.109866" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709038v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Vandevelde" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma &#193;ngeles Medina-Alcaide" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Rueff" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yafit Kedar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gail Higginbottom" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2024.104503" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709044v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#170; &#193;ngeles Medina-Alcaide" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2024.104511" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561300v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lacanette" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Bassel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Salmon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Portais" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bousquet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5038/1827-806X.52.2.2442" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086896v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-&#193;ngeles Medina Alcaide" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Quiles" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Pons-Branchu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Intxaurbe" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-32544-1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958849v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Deldicque" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Rouzaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria &#193;ngeles Medina-Alcaide" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.186" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916825v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Armand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryelle Bessou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cochard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Couture" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8825" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206065v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Brochard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Feruglio" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bourdier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Konik" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleo.7329" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03751923v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Heydari" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gu&#233;rin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Sirakov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fernandez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107645" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621005v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Le&#160;luyer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Villotte" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;lim Natahi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Thibeault" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.9810" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615782v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dumontier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.2913" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-1HLHQ9PW-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03148338v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Crestani" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Abdel Wahab" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Arfi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ploteau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Kolanska" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hropen/hoab003" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03307913v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Salmon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Mindeguia" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacanette" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sirieix" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Leblanc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tust.2020.103806" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287568v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pastre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Debard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fialin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard G&#233;ly" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.52" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03276391v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Breban" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-S Boudy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hropen/hoaa023" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02887757v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Hini" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferrier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Owen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arfi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Touboul" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2020.03.004" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929184v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Mindeguia" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Leblanc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-020-09484-5" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526752v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Giardini" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lognonn&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Banerdt" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Pike" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Christensen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-020-0539-8" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899632v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouteau Armance" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Feruglio" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2019.03.008" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488100v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zilberman" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Boudy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2019.04.003" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359739v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Sirieix" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Bellivier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10694-019-00926-5" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250278v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Foucher" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina San Juan - Foucher" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vercout&#232;re" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2019.14981" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02144762v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Mauran" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12434" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358725v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2019.01.025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01877648v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Th&#233;ry-Parisot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Thiebault" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fritz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2017.222" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296358v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jaubert" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fourment" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.5152" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782097v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ferrier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Roman" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Alzahrani" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. d'Argent" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bendifallah" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dex375" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01932558v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc P&#233;tillon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laroulandie" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.559" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520165v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Motto-Ros" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Trichard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pelascini" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Ammari" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-7468-5" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978305v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Brodard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guibert" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2017.05.021" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081487v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Auguin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aujoux" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bellivier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017398v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Dhombres" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guilbaud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Durand-Zaleski" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Jouannic" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2017.06.007" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652862v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Tillier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleta Guadelli" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svoboda Sirakova" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2017.06.002" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140140v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ballade" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chapoulie" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2016.04.002" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140149v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Queffelec" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21014/acta_imeko.v6i3.483" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009528v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Genty" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Valladas" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2016.01.052" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346049v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Andrieux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertran" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deschodt" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lenoble" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.7717" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842936v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743053v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tauzin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2016.02.016" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457213v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Soulier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Cheng" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature18291" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842872v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842607v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina San Juan-Foucher" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Roger S&#233;ronie-Vivien" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21630/maa.2016.67.mis10" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743036v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2016.06.052" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X0DL49QH-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842596v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kervazo" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02331987v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Debard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842608v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842631v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Xu" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lacanette-Puyo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Riss" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/arp.1513" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2WSSF655-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743060v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Quil&#232;s" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Geneste" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baffier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2015.04.007" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QH7PVXK4-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842725v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Plassard" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Reiche" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842720v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lafon-Pham" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Aujoulat" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842798v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia Large" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiola Bastian" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646113v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2012.10.012" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XJ4JKDMG-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842991v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Henry-Gambier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00779286v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Lowe" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Barton" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blockley" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Bronk Ramsey" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria L. Cullen" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1204579109" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842992v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dutailly" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842863v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842845v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00521024v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolai Sirakov" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Guadelli" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanka Ivanova" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01676530v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sirakov" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Guadelli" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ivanova" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sirakova" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2010.02.023" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZHDJ9J26-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00542924v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03428215v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderafi Charki" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bonnier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berrada" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hassani" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00769-009-0496-9" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369326v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Foucher" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. San Juan" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couchoud" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vercout&#232;re" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198771v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Belle" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Labarere" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fourny" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vanzetto" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113367v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Debard" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117047v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111715v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00280523v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delagnes" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Tournepiche" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Desclaux" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Diot" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.1999.11013" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476528v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rassoulzadegan" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4319/lo.1991.36.4.0657" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343399v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Fuentes" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Huard" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556805v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Arriolabengoa" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Garate" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746156v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Burlet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04380606v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697465v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Guinebreti&#232;re" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pechev" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376964v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Delpech" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Dimitrova" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134476v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862921v2" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Dachary" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Merlet" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Chauvi&#232;re" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Ajas" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532711v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mora" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697466v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bassel" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guinebreti&#232;re" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P&#233;chev" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440440v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01949749v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252465v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Langlais" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252459v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armance Jouteau" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534347v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329267v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Caux" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252475v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541495v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bosq" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Chadelle" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541132v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Cheng" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085830v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835119v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729817v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542767v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferrier Catherine" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544028v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Ammari Ammari" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729816v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833402v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729880v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729884v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03112565v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544031v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729886v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833233v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544038v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten F. Ammari" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264016v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Leveque" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30861/9780860549918" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729885v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729878v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272153v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Goutas" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Henry-Gambier" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Kaltnecker" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Klaric" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078400v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757452v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kervazo" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832861v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729912v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011926v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ajas" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Bos" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Dayet" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729424v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boucher" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cantin" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flor&#233;al Daniel" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272152v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brodard" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boucher" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourdier" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Daniel" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919004v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833949v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jarry" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Martin" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834512v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Berthet" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Camus" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441390v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729478v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834279v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Delluc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834245v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831795v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834239v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922825v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Aujoulat &#10013;" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00590923v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01466657v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Leblanc Jean" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494329v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01466722v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fernandez" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00438069v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Foucher" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199043v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Perroux" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00136044v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elka Anastassova" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150105v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00364331v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005152v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376223v2" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561156v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav P&#233;chev" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02443377v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561187v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085831v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561435v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539089v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Geneste" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931927v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm. Geneste" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Delannoy" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Clottes" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-msh.fr/livre/?GCOI=27351100204910" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109159v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Mai-Anh Bui" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757027v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Burnez" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Villes" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fischer" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Landreau" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899060v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Clottes" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05063076v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tosello" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Az&#233;ma" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05063071v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fosse" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05063073v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05063355v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05098417v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vignaud" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duday" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Giresse" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jallet" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trabucaire.com/boutique/nouveautes/la-necropole-du-camp-del-ginebre-caramany-pyrenees-orientales-entre-catalogne-et-languedoc-autour-du-ve-millenaire/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03480807v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-msh.fr/livre/?GCOI=27351100204910&amp;amp;fa" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsmsh.50075" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022106v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115700v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032445v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fmsh.fr/fr/diffusion-des-savoirs/30808" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsmsh.50040" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022073v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038214v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Debard" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115724v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sadier" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115734v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115737v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115732v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gely" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032428v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032452v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060111v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Genty" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03931779v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02477633v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge David" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pigeaud" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Battesti" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Corb&#233;" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838019v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lepasdoiseau.fr/estives-ossau/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132214v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. San Juan&#8211;foucher" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vercoutere" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650624v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00654584v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01466914v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Popov" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00486658v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00346052v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00346185v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanimira Taneva" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01466906v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Taneva" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111925v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00136038v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Laville" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Marambat" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369058v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Panczer" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331469v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Daulny" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Eastham" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369050v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Maksud" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358619v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331818v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369099v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369102v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369111v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369115v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369119v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115679v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369123v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157193v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline M. J. Schotsmans" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517337v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755011v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Valdeyron" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Constans" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gardeur" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Garcia-Tarac" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mallye" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517290v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517253v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Puig" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148153v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Raynal" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barbazza" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;errico" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898915v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dimitrova" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995390v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Guadelli" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>