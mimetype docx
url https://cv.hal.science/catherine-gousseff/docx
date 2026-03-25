--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -316,2250 +316,2250 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04384406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pologne-Ukraine: une frontière dans la tourmente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Droit de Vivre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03896513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Flige, Sandormokh. Le livre noir d'un lieu de mémoire, Paris, les belles lettres, 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Histoire Moderne et Contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03896709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Flige, Sandormokh, le livre noir d'un lieu de mémoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03903995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Memorial, une histoire sans fin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écrire l'histoire - Histoire, Littérature, Esthétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/elh.3088⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03896722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Leonid Livak, Histoire culturelle de l'émigration russe en France, Paris, Eur'orbem, 2022.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gousseff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers du Monde russe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03897054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...44 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faith Hillis, Utopia's Discontents. Russian Emigrés and the Quest for Freedom, 1830s-1930s, Oxford, Oxford University Press, 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Monde russe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...55 lines deleted...]
-              <w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03897046v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'historiographie produite en Russie sur l'émigration russe: un point de vue à travers l'oeuvre d'Oleg Budnickij</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diasporas. Circulations, migrations, histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03896738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Kott, Organiser le monde. Une autre histoire de la guerre froide.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Monde russe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03896796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diaspora : les nouveaux archipels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03903789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Gurvitch, l'itinéraire d'un exclu qui a fait école</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hommes et migrations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Poser pour la liberté Portraits de scientifiques en exil, Hors-série</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03511161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheila Fitzpatrick, White Russians, Red Peril. A Cold War History of Migration to Australia, London- New York, Routledge, 2021.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du monde russe et soviétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Faith Hillis, Utopia's Discontents. Russian Emigrés and the Quest for Freedom, 1830s-1930s, Oxford, Oxford University Press, 2021</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03896773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Famine, un fléau ou une arme ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Werth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoires en jeu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03896915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'entrée de l'apatride dans le droit international</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plein Droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03903779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arkadi Zelster, Unwelcome Memory. Holocaust Monuments in the Soviet Union, Jerusalem, Yad Vashem, 2018.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gousseff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers du Monde russe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03903809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilia Koustova (ed.), Combattre, survivre, témoigner. Expériences soviétiques de la Seconde Guerre mondiale, Emilia Koustova (ed.), Strasbourg, Presses universitaires de Strasbourg, 2020.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Monde russe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Diaspora : les nouveaux archipels</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03903828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La question de Vilnius 1939-1989 : entretien avec Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Le Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matériaux pour l'histoire de notre temps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, La question balte 1939-1989, 133-134, pp.70-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mate.133-134.0070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03735396v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1989 à l'Est : Pourquoi Gorbatchev a laissé faire?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Histoire. Hors Série</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03897081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karol Modzelewski, Nous avons fait galoper l’histoire. Confessions d’un cavalier usé, Paris, FMSH, 2018.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Monde russe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03903847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser les confins. Une histoire et une mémoire en mouvement.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luba Jurgenson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoires en jeu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03896908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les bourgeois traqués</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gousseff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03903966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Russie : les enfants racontent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, L'odyssée des réfugiés. De l'expulsion des Séfarades à la jungle de Calais, 73, pp.42-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">La Famine, un fléau ou une arme ?</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01423559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médiation et assistance : les anciens réprimés polonais dans l’URSS en guerre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Connexe, les espaces postcommunistes en question(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, L’URSS et la Russie contemporaine face à l’humanitaire, 1 (1), pp.75-95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01250137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Russie-URSS-Russie, un siècle d’humanitaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gousseff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Regamey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Connexe, les espaces postcommunistes en question(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, L’URSS et la Russie contemporaine face à l’humanitaire, 1 (1), pp.13-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Poser pour la liberté Portraits de scientifiques en exil, Hors-série</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01250142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La genèse des transferts de populations dans les territoires libérés : l'évacuation « volontaire » des Ukrainiens de Pologne vers l'URSS (septembre 1944-juin 1945)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Monde russe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 49 (2/3), pp.515-535</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00429344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vilnius —die &amp;quot;Anderen&amp;quot; im Gedächtnis der Litauischen Haupstadt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nordost-Archiv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, XV, pp.160-174</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Kott, Organiser le monde. Une autre histoire de la guerre froide.</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00430180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la Grande Guerre aux révolutions. Récits d'adolescents en exil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 89, pp.17-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00429357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'invention d'une politique humanitaire : avant-propos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gousseff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers du Monde russe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2005, 46 (46/4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/monderusse.2847⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">Emilia Koustova (ed.), Combattre, survivre, témoigner. Expériences soviétiques de la Seconde Guerre mondiale, Emilia Koustova (ed.), Strasbourg, Presses universitaires de Strasbourg, 2020.</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02526532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le placement des réfugiés russes dans l'agriculture : L'Etat français et le Zemgor dans l'action internationale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gousseff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers du Monde russe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020</w:t>
+              <w:t xml:space="preserve">, 2005, 46 (4), pp.757-776</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">Arkadi Zelster, Unwelcome Memory. Holocaust Monuments in the Soviet Union, Jerusalem, Yad Vashem, 2018.</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00429353v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le placement des réfugiés russes dans l’agriculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gousseff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers du Monde russe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2005, 46 (46/4), pp.757-776. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/monderusse.9430⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">, 2019</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02526517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des Kresy aux régions frontalières de l'URSS. Le rôle du pouvoir stalinien dans la destruction des confins polonais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Culture d'Europe centrale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 5, pp.25-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...981 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00430083v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">halshs-02526517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identité fonctionnelle, identité communautaire, identité ethnique : les composantes hybrides de la revendication du « peuple » cosaque</w:t>
               </w:r>
@@ -3085,165 +3085,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Soviet approach to the refugees (1918-1946)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The forty Years' Crisis : Refugees in Europe, 1919-1959</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, France. non spécifié</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00532962v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Between Liberation and Peace : the Genesis of the Soviet-Polish Population Exchange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gousseff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New research and conceptualization of World War II</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Stanford, United States. non spécifié</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00532964v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-00532962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Témoignages oraux et écrits des déportés polonais du Goulag</w:t>
               </w:r>
@@ -3848,164 +3848,164 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01423553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’URSS et la Russie contemporaine face à l’humanitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Regamey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Université libre de Bruxelles &amp; Université de Genève, 1 (1), 2015, Connexe, Les Espaces postcommunistes en question(s, collectif, 978-2-87-263044-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01250153v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Échanger les peuples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gousseff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fayard, 2015, Fayard Histoire, 978-2-213-67189-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01250127v1</w:t>
-              </w:r>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">halshs-01250153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Union soviétique et la Seconde Guerre mondiale. The Soviet Union and World War II</w:t>
               </w:r>
@@ -4378,1202 +4378,1202 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03101019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Tout témoignage matériel du passé fait-il archive ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Dubourg Glatigny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patrick Nardin, Catherine Perret, Soko Phay, Anna Seiderer. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archives au présent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Vincennes, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01646369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La déportation : vies et destins brisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gousseff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etienne François, Thomas Serrier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Europa Notre histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les Arènes, pp.113-120, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01646354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tout témoignage matériel du passé fait-il archive ? De la mise en archives et de son usage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Dubourg Glatigny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">P. Nardin, C. Perret, S. Phay, A. Seiderer, Archives au présent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03903863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fuir la Révolution; Le corps révolutionnaire russe en France ou la Révolution transplantée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C. Ajam, A. Blum, S. Coeuré, S. Dullin (eds) Et 1917 devient révolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03903927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Tout témoignage matériel du passé fait-il archive ? De la mise en archives et de son usage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Dubourg Glatigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Patrick Nardin, Catherine Perret, Soko Phay, Anna Seiderer. </w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Perret, Catherine; Nardin, Patrick; Seiderer, Anna; Phay, Soko. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives au présent</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses universitaires de Vincennes, 2017</w:t>
+              <w:t xml:space="preserve">, PUV, pp.13-28, 2017, 978-2-84292-743-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...65 lines deleted...]
-              <w:t xml:space="preserve">P. Nardin, C. Perret, S. Phay, A. Seiderer, Archives au présent</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03992760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La déportation, vies et destins brisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E. François, T. Serrier (eds), Europa notre histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03903880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vom Krieg erzwungen oder historisch gewachsen? Die Bug-San-Linie als vertikal Scheidelinie im östlichen Europa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rita Aldenhoff-Hübinger, Catherine Gousseff, Thomas Serrier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Europa Vertikal. Zur Ost-West-Gliederung im 19. und 20. Jahrhundert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 5, Wallstein Verlag, pp.175-190, 2016, Phantomgrenzen im östlichen Europa, 978-3-8353-1954-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, PUV, pp.13-28, 2017, 978-2-84292-743-1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01423556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Est et l’Ouest entre consensus et divergence face aux DPs d’Allemagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Corine Defrance, Juliette Denis, Julia Maspero. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Personnes déplacées et guerre froide en Allemagne occupée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.37-58, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01250183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ukraine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gildas Simon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire des migrations internationales. Approche géohistorique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Armand Colin, pp.624-632, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 5, Wallstein Verlag, pp.175-190, 2016, Phantomgrenzen im östlichen Europa, 978-3-8353-1954-7</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01250193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les faits et le fil du souvenir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Déportés en URSS. Récits d'Européens au goulag</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Autrement, p. 48-61, 2012, Mémoires/histoire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Peter Lang, pp.37-58, 2015</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00695310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapatriation versus Evacuation : the Polish-Ukrainian Exchange of Population, 1944-1946</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Klein-Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Disentanglement of populations : Migration, Expulsion and Displacement in Post-War Europe, 1944-1949</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palgrave Macmillan, pp.91-111, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Armand Colin, pp.624-632, 2015</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00532780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subir et impulser : les transferts de populations d'Est en Ouest de la Pologne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M-C Maurel &amp; F. Mayer. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Europe et ses représentations du passé. Les tourments de la mémoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, l'Harmattan, pp.83-99, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Autrement, p. 48-61, 2012, Mémoires/histoire</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00430124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des migrations de sorties de guerre qui reconfigurent la frontière : ouverture et refermeture de l'URSS avant la Guerre froide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sophie coeuré, Sabine Dullin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les frontières du communisme. Réalités et mythologies de la division de l'Europe de la Révolution d'Octobre au mur de Berlin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La découverte, pp.428-442, 2007, Recherches</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Palgrave Macmillan, pp.91-111, 2011</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00429359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Russkie evrei vo Francii : Evolucija i čislennost' soobščestva (1900-1939)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Russkoe evrejstvo v zarubezh'e, T. 4 (9)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PK, Jérusalem, pp.18-33, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, l'Harmattan, pp.83-99, 2008</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00760033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rostov vo Vremja perepisi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etnologia perepisi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aviaizdat, pp.262-283, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, La découverte, pp.428-442, 2007, Recherches</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00760029v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les déplacements forcés de population aux frontières occidentales de la Russie au cours des deux guerres mondiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La violence de guerre. Approche comparée des deux conflits mondiaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Complexe, Bruxelles, pp.175-192, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...137 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00760035v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-00760033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5897,51 +5897,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873772v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gousseff" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873462v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04384406v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17323/demreview.v9i4.16743" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03897054v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896722v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/elh.3088" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903995v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896513v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896709v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03897046v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896738v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903789v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896773v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896915v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Werth" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511161v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903779v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896796v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903828v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903809v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03897081v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03735396v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Denis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Bourhis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.133-134.0070" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903847v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903966v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896908v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luba Jurgenson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423559v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250137v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250142v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Regamey" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429344v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430180v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429357v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02526532v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/monderusse.2847" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429353v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430083v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02526517v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/monderusse.9430" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430079v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429398v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blum" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954684v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/monderusse.8621" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430073v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00759811v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430088v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745188v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mat.1996.403047" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00532964v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00532962v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00532958v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00532947v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00532951v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004524v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joukovskaia Anna" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04384222v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896934v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02866247v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Serrier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Aldenhoff-H&#252;binger" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01423553v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldenshoff-H&#252;binger Rita" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250127v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250153v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00755085v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziosi Andrea" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430127v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896954v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903752v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101019v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646354v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646369v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dubourg Glatigny" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903863v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903880v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03992760v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903927v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01423556v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250183v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250193v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00695310v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00532780v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Klein-Gousseff" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430124v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429359v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00760029v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00760035v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00760033v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101024v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00755139v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sossinska&#239;a Anna" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873772v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gousseff" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873462v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04384406v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17323/demreview.v9i4.16743" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896513v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896709v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903995v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896722v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/elh.3088" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03897054v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03897046v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896738v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896796v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903789v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511161v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896773v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896915v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Werth" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903779v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903809v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903828v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03735396v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Denis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Bourhis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.133-134.0070" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03897081v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903847v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896908v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luba Jurgenson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903966v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423559v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250137v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250142v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Regamey" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429344v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430180v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429357v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02526532v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/monderusse.2847" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429353v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02526517v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/monderusse.9430" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430083v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430079v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429398v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blum" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954684v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/monderusse.8621" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430073v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00759811v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430088v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745188v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mat.1996.403047" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00532962v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00532964v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00532958v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00532947v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00532951v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004524v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joukovskaia Anna" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04384222v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896934v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02866247v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Serrier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Aldenhoff-H&#252;binger" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01423553v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldenshoff-H&#252;binger Rita" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250153v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250127v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00755085v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziosi Andrea" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430127v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896954v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903752v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101019v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646369v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dubourg Glatigny" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646354v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903863v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903927v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03992760v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903880v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01423556v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250183v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250193v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00695310v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00532780v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Klein-Gousseff" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430124v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429359v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00760033v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00760029v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00760035v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101024v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00755139v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sossinska&#239;a Anna" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>