--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Catherine Guynet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Research scientist CNRS (CR permanent position since 2011)Laboratory of Microbiology and Molecular Genetics, Center of Integrative Biology, Toulouse, France (LMGM-CBI)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">EDUCATION</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024	HDR University Toulouse III, France (Defended 21th November 2024)2004-2008	PhD in Microbiology and Molecular Genetics, University Toulouse III, France (defended 30th May 2008, supervised by M. Chandler & B. Ton-Hoang)2002-2004	Master's degree (Magistère) of Biotechnologies, University of Paris XI, FranceMaster's degree of Microbiology, Cell Biology, Physiology Molecular Genetics, option Microbiology, University Toulouse III, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">EXPERIENCE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019- now	Genome Dynamics team of J.-Y. Bouet & F. Cornet2016-2019 	Dynamics of bacterial replicons team of J.-Y. Bouet2011-2016 	Transposable elements team of B. Ton-Hoang et M. Chandler2008-2011 	Post-doctoral fellow, Instituto de Biomedicina y Biotecnología de Cantabria, departamento de Biología Molecular, Universidad de Cantabria, Santander, Espagne (groupe du Pr. F. de la Cruz)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA Segregation in Enterobacteria.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cornet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Blanchais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romane Dusfour-Castan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Quebre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EcoSal Plus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11 (1), eesp00382020. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/ecosalplus.esp-0038-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04136123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atypical low-copy number plasmid segregation systems, all in one?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Siguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Campos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cornet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plasmid</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 127, pp.102694. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.plasmid.2023.102694⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04134336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the DNA Binding Domain of StbA, A Key Protein of A New Type of DNA Segregation System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Quebre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irene del Campo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Cuevas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Siguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Rech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 434 (19), pp.167752. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmb.2022.167752⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03837249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TnpAREP and REP sequences dissemination in bacterial genomes: REP recognition determinants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Corneloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Caumont-Sarcos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Kamgoue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phan thai nguyen Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (12), pp.6982-6995. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gkab524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03408707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intracellular Positioning Systems Limit the Entropic Eviction of Secondary Replicons Toward the Nucleoid Edges in Bacterial Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Dauverd -Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Planchenault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine C Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Schiavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Siguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 432 (3), pp.745-761. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmb.2019.11.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IS200/IS605 family single-strand transposition: mechanism of IS608 strand transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Siguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.B. Hickman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dyda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 41 (5), pp.3302-3313. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gkt014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-stranded DNA transposition is coupled to host replication.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Ton-Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pasternak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Siguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.B. Hickman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 142 (3), pp.398-408. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cell.2010.06.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00557930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resetting the site: redirecting integration of an insertion sequence in a predictable way.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.T. Ton-Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Barabas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.B. Hickman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 34, pp.612-619</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00407191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro reconstitution of a single-stranded transposition mechanism of IS608.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.B. Hickman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Barabas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dyda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chandler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 29, pp.302-312</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00268914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanism of IS200/IS605 family DNA transposases: activation and transposon-directed target site selection.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Barabas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.R. Ronning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.B. Hickman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Ton-Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 132, pp.208-220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00268879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Carbohydrate Scavenging through TonB-Dependent Receptors: A Feature Shared by Phytopathogenic and Aquatic Bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Blanvillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 2 (2), pp.e224. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0000224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03295462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of IS911 target selection: how OrfA may ensure IS dispersion.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Loot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ah-Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Ton-Hoag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 63, pp.1701-1709</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00141679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transposition of ISHp608, member of an unusual family of bacterial insertion sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Ton-Hoag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronning D.R.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cointin-Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dyda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 24, pp.3325-3338</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00013995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonhomologous recombination: bacterial transposons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Siguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Chandler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Ton-Hoang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.303-312, 2021, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-378630-2.00310-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03408723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection and Characterization of Transposons in Bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phan Thai Nguyen Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Chandler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Ton-Hoang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Humana Press. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizontal Gene transfer, Methods in Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2075, Springer, pp.81-90, 2020, 978-1-4939-9879-1. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-9877-7_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Biochemical Steps on Bacterial Transposition Pathways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Hallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Ton-Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Humana Press. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizontal gene transfer Methods in Mol Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2075, Springer, pp.157-177, 2019, 978-1-4939-9876-0. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gky235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du mécanisme de transposition de la séquence d'insertion bactérienne IS608</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00356062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intracellular positioning systems limit the entropic eviction of secondary replicons toward the nucleoid edges in bacterial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlene Planchenault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine C Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Schiavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Siguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Rech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du mécanisme de transposition de la Séquence d'Insertion bactérienne IS608</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Toulouse 3 - Paul Sabatier, 2008. Français. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2008TOU30231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04843746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId86"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Catherine Guynet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Research scientist CNRS (CR permanent position since 2011)Laboratory of Microbiology and Molecular Genetics, Center of Integrative Biology, Toulouse, France (LMGM-CBI)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">EDUCATION</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024	HDR University Toulouse III, France (Defended 21th November 2024)2004-2008	PhD in Microbiology and Molecular Genetics, University Toulouse III, France (defended 30th May 2008, supervised by M. Chandler & B. Ton-Hoang)2002-2004	Master's degree (Magistère) of Biotechnologies, University of Paris XI, FranceMaster's degree of Microbiology, Cell Biology, Physiology Molecular Genetics, option Microbiology, University Toulouse III, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">EXPERIENCE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019- now	Genome Dynamics team of J.-Y. Bouet & F. Cornet2016-2019 	Dynamics of bacterial replicons team of J.-Y. Bouet2011-2016 	Transposable elements team of B. Ton-Hoang et M. Chandler2008-2011 	Post-doctoral fellow, Instituto de Biomedicina y Biotecnología de Cantabria, departamento de Biología Molecular, Universidad de Cantabria, Santander, Espagne (groupe du Pr. F. de la Cruz)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atypical low-copy number plasmid segregation systems, all in one?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Siguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Campos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cornet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plasmid</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 127, pp.102694. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.plasmid.2023.102694⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04134336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA Segregation in Enterobacteria.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cornet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Blanchais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romane Dusfour-Castan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Quebre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EcoSal Plus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11 (1), eesp00382020. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/ecosalplus.esp-0038-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04136123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the DNA Binding Domain of StbA, A Key Protein of A New Type of DNA Segregation System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Quebre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irene del Campo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Cuevas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Siguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Rech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 434 (19), pp.167752. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmb.2022.167752⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03837249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TnpAREP and REP sequences dissemination in bacterial genomes: REP recognition determinants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Corneloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Caumont-Sarcos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Kamgoue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phan thai nguyen Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (12), pp.6982-6995. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gkab524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03408707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intracellular Positioning Systems Limit the Entropic Eviction of Secondary Replicons Toward the Nucleoid Edges in Bacterial Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Dauverd -Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Planchenault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine C Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Schiavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Siguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 432 (3), pp.745-761. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmb.2019.11.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IS200/IS605 family single-strand transposition: mechanism of IS608 strand transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Siguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.B. Hickman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dyda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 41 (5), pp.3302-3313. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gkt014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-stranded DNA transposition is coupled to host replication.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Ton-Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pasternak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Siguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.B. Hickman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 142 (3), pp.398-408. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cell.2010.06.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00557930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resetting the site: redirecting integration of an insertion sequence in a predictable way.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.T. Ton-Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Barabas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.B. Hickman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 34, pp.612-619</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00407191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro reconstitution of a single-stranded transposition mechanism of IS608.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.B. Hickman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Barabas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dyda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chandler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 29, pp.302-312</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00268914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanism of IS200/IS605 family DNA transposases: activation and transposon-directed target site selection.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Barabas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.R. Ronning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.B. Hickman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Ton-Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 132, pp.208-220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00268879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Carbohydrate Scavenging through TonB-Dependent Receptors: A Feature Shared by Phytopathogenic and Aquatic Bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Blanvillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 2 (2), pp.e224. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0000224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03295462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of IS911 target selection: how OrfA may ensure IS dispersion.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Loot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ah-Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Ton-Hoag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 63, pp.1701-1709</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00141679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transposition of ISHp608, member of an unusual family of bacterial insertion sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Ton-Hoag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronning D.R.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cointin-Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dyda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 24, pp.3325-3338</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00013995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonhomologous recombination: bacterial transposons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Siguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Chandler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Ton-Hoang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.303-312, 2021, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-819460-7.00122-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03408723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection and Characterization of Transposons in Bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phan Thai Nguyen Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Chandler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Ton-Hoang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Humana Press. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizontal Gene transfer, Methods in Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2075, Springer, pp.81-90, 2020, 978-1-4939-9879-1. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-9877-7_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Biochemical Steps on Bacterial Transposition Pathways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Hallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Ton-Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Humana Press. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizontal gene transfer Methods in Mol Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2075, Springer, pp.157-177, 2019, 978-1-4939-9876-0. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-9877-7_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du mécanisme de transposition de la séquence d'insertion bactérienne IS608</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00356062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intracellular positioning systems limit the entropic eviction of secondary replicons toward the nucleoid edges in bacterial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlene Planchenault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine C Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Schiavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Siguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Rech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du mécanisme de transposition de la Séquence d'Insertion bactérienne IS608</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guynet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Toulouse 3 - Paul Sabatier, 2008. Français. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2008TOU30231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04843746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId86"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136123v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cornet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Blanchais" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Dusfour-Castan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Meunier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Quebre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/ecosalplus.esp-0038-2020" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134336v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Siguier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Campos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bouet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guynet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plasmid.2023.102694" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837249v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene del Campo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cuevas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rech" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2022.167752" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408707v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Corneloup" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Caumont-Sarcos" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kamgoue" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marty" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan&#160;thai&#160;nguyen Le" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkab524" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392007v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dauverd -Girault" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Planchenault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine C Pons" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Schiavon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2019.11.027" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946739v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. He" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Siguier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.B. Hickman" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dyda" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt014" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557930v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ton-Hoang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pasternak" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2010.06.034" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407191v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Achard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.T. Ton-Hoang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Barabas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00268914v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chandler" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00268879v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. Ronning" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295462v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Blanvillain" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Meyer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Boulanger" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lautier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0000224" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141679v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rousseau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Loot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ah-Seng" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ton-Hoag" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013995v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronning D.R." TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cointin-Marty" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408723v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Chandler" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bao Ton-Hoang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-378630-2.00310-8" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379291v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan Thai Nguyen Le" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9877-7_5" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379282v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Nicolas" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hallet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky235" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356062v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366139v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Planchenault" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04843746v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2008TOU30231" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134336v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Siguier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Campos" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cornet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bouet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guynet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plasmid.2023.102694" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136123v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Blanchais" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Dusfour-Castan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Meunier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Quebre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/ecosalplus.esp-0038-2020" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837249v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene del Campo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cuevas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rech" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2022.167752" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408707v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Corneloup" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Caumont-Sarcos" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kamgoue" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marty" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan&#160;thai&#160;nguyen Le" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkab524" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392007v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dauverd -Girault" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Planchenault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine C Pons" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Schiavon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2019.11.027" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946739v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. He" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Siguier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.B. Hickman" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dyda" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt014" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557930v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ton-Hoang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pasternak" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2010.06.034" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407191v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Achard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.T. Ton-Hoang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Barabas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00268914v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chandler" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00268879v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. Ronning" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295462v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Blanvillain" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Meyer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Boulanger" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lautier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0000224" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141679v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rousseau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Loot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ah-Seng" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ton-Hoag" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013995v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronning D.R." TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cointin-Marty" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408723v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Chandler" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bao Ton-Hoang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-819460-7.00122-5" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379291v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan Thai Nguyen Le" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9877-7_5" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379282v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Nicolas" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hallet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9877-7_12" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356062v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366139v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Planchenault" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04843746v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2008TOU30231" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>