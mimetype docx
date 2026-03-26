--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -260,51 +260,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La collecte et le traitement des données de recherche en régime de containte</w:t>
+                <w:t xml:space="preserve">La collecte et le traitement des données de recherche en régime de contrainte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mirman</w:t>
@@ -722,51 +722,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04012562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engagement et construction de soi. La carrière d'émancipation d'un permanent communiste</w:t>
+                <w:t xml:space="preserve">Activism and Self-Construction: The Liberating Career of a Communist Party Employee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociétés contemporaines</w:t>
             </w:r>
             <w:r>
@@ -776,293 +776,293 @@
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/soco.084.0127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04005530v1</w:t>
+                <w:t xml:space="preserve">hal-05301088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activism and Self-Construction: The Liberating Career of a Communist Party Employee</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Leclercq</w:t>
+                <w:t xml:space="preserve">Les incidences biographiques de l’engagement. Socialisations militantes et mobilité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Pagis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociétés contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 84 (4), pp.127-149. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/soco.084.0127⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 84 (4), pp.5-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.084.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05301088v1</w:t>
-[...48 lines deleted...]
-                <w:t xml:space="preserve">Julie Pagis</w:t>
+                <w:t xml:space="preserve">hal-04005382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Pudal, Un monde défait. Les communistes français de 1956 à nos jours, Bellecombe-en-Bauges, Editions du Croquant, 2009</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Française de Science Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 61 (1), p. 147-148</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Engagement et construction de soi. La carrière d'émancipation d'un permanent communiste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociétés contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 84 (4), pp.5-23. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/soco.084.0005⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 84 (4), pp.127-149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.084.0127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...53 lines deleted...]
-                <w:t xml:space="preserve">hal-04041154v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04005530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les partis s’intéressent-ils à nos enquêtes ? Éléments comparatifs sur la réception des recherches sur les partis</w:t>
               </w:r>
@@ -1411,165 +1411,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Malheur militant et désengagement : axes d'analyse et retour sur une trajectoire sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de master de l'EHESS,"Les échos des mouvements sociaux"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Denis Rayer; Gökçe Tuncel, Apr 2025, Aubervilliers (Campus Condorcet), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05025861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Analyser le champ journalistique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Médias &amp; actualité sociale et syndicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut CGT d'histoire sociale. Institut départemental de la Vienne (IHS CGT 86); Centre de recherches interdisciplinaires en histoire, histoire de l'art et musicologie (CRIHAM); Groupe de recherches sociologiques sur les sociétés contemporaines (GRESCO), May 2025, Poitiers (Université de Poitiers), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05060819v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-05025861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La sociologie dans l'espace médiatique : enjeux et conditions de la diffusion de la connaissance sociologique</w:t>
               </w:r>
@@ -2334,260 +2334,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04810089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Fillieule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Le Malheur militant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Lille 2, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02498004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Autour du livre &amp;lt;i&amp;gt;Jeunesses françaises. Bac+5 made in banlieue&amp;lt;/i&amp;gt;, avec Fabien Truong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Grande conférence du département de sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Poitiers, UFR SHA, amphi Descartes, Mar 2016, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05364745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présidence et animation de la séance « La nuit, terrain d'expérimentation de pratiques politiques spécifiques »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Usages et représentations politiques de la nuit de la Révolution à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Département d'histoire de l'Université de Poitiers, org. François Dubasque et Guillaume Garnier, Nov 2016, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04328038v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">hal-02498004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mot d'ouverture</w:t>
               </w:r>
@@ -2800,290 +2800,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04332650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Discussion de l'atelier « Espace et politique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « Territoire(s) et réseaux locaux : quelles perspectives théoriques et méthodologiques en sciences sociales ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GRESCO – Groupe de recherches sociologiques sur les sociétés contemporaines, May 2013, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04364125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La fonction critique des sciences sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Gaxie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willy Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence-débat "Révoltes!"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Champ libre aux sciences sociales, Jun 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04046388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carrières du désengagement et travail biographique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’étude des devenirs biographiques. Techniques et concepts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04012536v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04364125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation et animation de la conférence de Bernard Pudal</w:t>
               </w:r>
@@ -3270,385 +3270,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04046314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Choix politiques et identités sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Chamboduc de Saint Pulgent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comment étudier les milieux populaires urbains de la fin du Moyen Âge ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Séminaire de François Menant, ENS Ulm, Dec 2011, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04328134v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Organisation et animation de la projection-débat du film « Le Président » en présence du réalisateur Yves Jeuland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Documenter le métier politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRAPUL – Centre de recherche sur l'action politique de l'Université de Lausanne (UNIL), Mar 2011, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04328056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Diane Chamboduc de Saint Pulgent</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Se désengager en “gardant son âme”. La construction d’un “communisme à soi” chez les anciens militants du PCF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comment étudier les milieux populaires urbains de la fin du Moyen Âge ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Séminaire de François Menant, ENS Ulm, Dec 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">Politiques de l’âme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de sciences sociales des religions, Feb 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04012538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyser la sortie d'un parti politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de master de Frédéric Sawicki</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Département de science politique, Université Paris 1 Panthéon-Sorbonne, Dec 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04332625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyser les trajectoires de désengagement des militants du PCF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « Communismes »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre d'histoire sociale – Université Paris 1 – Bibliothèque Maitron, Jan 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04328029v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04012538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écriture, restitution et réception des travaux sur les partis politiques</w:t>
               </w:r>
@@ -3766,165 +3766,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04328024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La fidélité dans le désengagement. Discours et pratiques de la continuité chez les anciens militants du PCF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international IFRESI-CLERSE-USTL-CERAPS « Comment penser les continuités et discontinuités du militantisme ? Trajectoires, pratiques et organisations militantes »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFRESI; CLERSE; USTL; CERAPS, Jun 2006, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Partis » : le PCF au prisme de ses anciens militants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « Approches du communisme » coordonné par Marc Lazar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEP de Paris, Jun 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04332629v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04041109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’identité partisane au prisme de la désidentification. Une approche microsociologique du désengagement au PCF</w:t>
               </w:r>
@@ -4275,165 +4275,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04051453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le désengagement des militants ouvriers dans la fédération communiste du Pas-de-Calais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude « Le PCF : idéologie, politique, société"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GEODE, Apr 2001, Nanterre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04046385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Histoires d’“ex”. Pour une sociologie compréhensive du désengagement communiste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'étude "Le désengagement militant"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GERMM; AFSP, Jun 2001, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04046384v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04046385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4647,51 +4647,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les incidences biographiques de l'engagement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Pagis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociétés contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 84 (4), 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5190,50 +5190,145 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Conclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Masclet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tous moyens ? Idées reçues sur les classes moyennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Cavalier Bleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 979-10-318-0779-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05232246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Une histoire de « crocs-en-jambe » ? Le doctorat comme enjeu de luttes dans le processus d’institutionnalisation de la science politique en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -5246,304 +5341,209 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Verschueren; Laurie Aoustet; Pierre Bataille; Arnaud Desvignes; Lucie Lachenal; Cécile Obligi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La thèse et le doctorat. Socio-histoire d'un grade universitaire (XIXe-XXIe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions de la Sorbonne et Presses universitaires de Franche-Comté, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04853017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Conclusion</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Masclet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Catherine Leclercq; Olivier Masclet. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tous moyens ? Idées reçues sur les classes moyennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 979-10-318-0779-9</w:t>
+              <w:t xml:space="preserve">, Le Cavalier Bleu, 2025, Idées reçues, 979-10-318-0779-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Olivier Masclet</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05236314v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les classes moyennes valorisent la culture. »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Catherine Leclercq; Olivier Masclet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tous moyens ? Idées reçues sur les classes moyennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Le Cavalier Bleu, 2025, Idées reçues, 979-10-318-0779-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...71 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05236321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5603,217 +5603,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04600875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les tribulations de l’engagement. Contribution à une sociologie des affects</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rémi Lefebvre</w:t>
+                <w:t xml:space="preserve">La relégation. Un ouvrier communiste “quitté par le parti”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Olivier Fillieule; Catherine Leclercq; Rémi Lefebvre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le malheur militant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, De Boeck Supérieur; De Boeck, pp.7-31, 2022, Ouvertures politiques, </w:t>
+              <w:t xml:space="preserve">, De Boeck Supérieur; De Boeck, pp.195-216, 2022, Ouvertures politiques, </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/dbu.filli.2022.01.0007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/dbu.filli.2022.01.0195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04005415v1</w:t>
+                <w:t xml:space="preserve">hal-04005408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La relégation. Un ouvrier communiste “quitté par le parti”</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Leclercq</w:t>
+                <w:t xml:space="preserve">Les tribulations de l’engagement. Contribution à une sociologie des affects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Fillieule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Olivier Fillieule; Catherine Leclercq; Rémi Lefebvre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le malheur militant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, De Boeck Supérieur; De Boeck, pp.195-216, 2022, Ouvertures politiques, </w:t>
+              <w:t xml:space="preserve">, De Boeck Supérieur; De Boeck, pp.7-31, 2022, Ouvertures politiques, </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/dbu.filli.2022.01.0195⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/dbu.filli.2022.01.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04005408v1</w:t>
+                <w:t xml:space="preserve">hal-04005415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les &amp;quot;nouveaux&amp;quot; mouvements politiques sont-ils nouveaux?</w:t>
               </w:r>
@@ -6919,51 +6919,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="559C1AED"/>
+    <w:nsid w:val="16CD5DE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7067,51 +7067,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="50933F88"/>
+    <w:nsid w:val="277EA88A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7301,51 +7301,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catherine-leclercq" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411000v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Leclercq" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mirman" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411045v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852246v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012573v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186493v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/es0101-73302016165996" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012562v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.022.0043" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005530v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.084.0127" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301088v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005382v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pagis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.084.0005" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041154v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01847023v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bachelot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Combes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dechezelles" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Haegel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.174.0031" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00805536v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam A&#239;t-Aoudia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bargel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.174.0007" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012566v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060819v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025861v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363479v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038618v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493180v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fillieule" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474357v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364011v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041018v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rotman" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328044v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041411v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051454v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364599v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810089v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364745v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328038v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02498004v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Lefebvre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497182v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Pelletier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364707v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332650v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Neyrat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046388v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gaxie" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lenoir" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Pinto" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012536v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364125v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328034v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328139v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046314v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328056v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328134v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Chamboduc de Saint Pulgent" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332625v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328029v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012538v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046379v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328024v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332629v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041109v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012547v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046382v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332645v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fretel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012554v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Platone" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051453v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046384v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046385v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051477v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410990v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005417v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01847019v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ethuin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218249v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Masclet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lecavalierbleu.com/livre/tous-moyens/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005426v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lefebvre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.filli.2022.01" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005434v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenceslas Liz&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Stevens" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.cairn.info/bourdieu-et-les-sciences-sociales--9782843032639?lang=fr" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/disp.lecle.2015.01" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853017v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232246v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236314v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236321v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600875v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005415v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.filli.2022.01.0007" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005408v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.filli.2022.01.0195" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005514v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.coper.2019.01.0439" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186943v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005437v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/disp.lecle.2015.01.0007" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005520v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005553v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Platone" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005543v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936499v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian de Montlibert" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497177v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364061v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Palheta" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332639v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Champ Libre Aux Sciences Sociales" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051472v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04046430v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catherine-leclercq" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411000v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Leclercq" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mirman" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411045v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852246v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012573v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186493v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/es0101-73302016165996" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012562v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.022.0043" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301088v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.084.0127" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005382v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pagis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.084.0005" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041154v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005530v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01847023v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bachelot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Combes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dechezelles" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Haegel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.174.0031" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00805536v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam A&#239;t-Aoudia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bargel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.174.0007" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012566v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025861v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060819v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363479v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038618v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493180v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fillieule" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474357v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364011v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041018v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rotman" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328044v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041411v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051454v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364599v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810089v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02498004v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Lefebvre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364745v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328038v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497182v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Pelletier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364707v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332650v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Neyrat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364125v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046388v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gaxie" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lenoir" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Pinto" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012536v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328034v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328139v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046314v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328134v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Chamboduc de Saint Pulgent" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328056v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012538v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332625v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328029v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046379v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328024v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041109v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332629v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012547v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046382v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332645v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fretel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012554v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Platone" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051453v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046385v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046384v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051477v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410990v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005417v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01847019v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ethuin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218249v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Masclet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lecavalierbleu.com/livre/tous-moyens/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005426v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lefebvre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.filli.2022.01" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005434v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenceslas Liz&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Stevens" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.cairn.info/bourdieu-et-les-sciences-sociales--9782843032639?lang=fr" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/disp.lecle.2015.01" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232246v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853017v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236314v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236321v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600875v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005408v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.filli.2022.01.0195" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005415v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.filli.2022.01.0007" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005514v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.coper.2019.01.0439" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186943v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005437v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/disp.lecle.2015.01.0007" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005520v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005553v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Platone" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005543v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936499v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian de Montlibert" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497177v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364061v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Palheta" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332639v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Champ Libre Aux Sciences Sociales" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051472v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04046430v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>