--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -398,3394 +398,3394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05158747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'animal qui cache la forêt : quand nos sens priorisent ce que l’on perçoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Cloarec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Association Francis Hallé pour la forêt primaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, https://www.foretprimaire-francishalle.org/s-informer/cecite-botanique/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">En tête à tête avec Catherine Lenne, botaniste : &amp;quot;Le monde des arbres est plus fort que celui des animaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Guinet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 546, pp.114-122</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le ginkgo, l’arbre qui pondait des œufs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ginkgo, el árbol que pone huevos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Conversation (Spain)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04888661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Le ginkgo, l’arbre qui pondait des œufs</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’arbre, un allié de bois (et de poids !)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Après-demain : journal mensuel de documentation politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, N ° 68 (4), pp.13-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/apdem.068.0013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La controverse du Wood Wide Web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Pihen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Epsiloon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05071846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'une chercheuse fascinée par les arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Demarty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tikographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Odyssée des graines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour la science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n° 566 (12), pp.19-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pls.566.0019a⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un arbre pousse-t-il toute sa vie ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ca m'intéresse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884595v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The influence of socioeconomic status, working memory and academic self-concept on academic achievement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Chevalère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loreleï Cazenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Wollast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruben Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Psychology of Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38, pp.287-309. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10212-022-00599-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La partie immergée de l'arbre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid van Houdenhove</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terre vivante - Les 4 saisons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Hors-série n°30, pp.32-37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04891875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauvaises graines, critique du livre de Katia Astafieff, Ed Dunod 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour la science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, N° 533 – mars (2), pp.23a-23a. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pls.533.0023a⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04892250v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compensating the socioeconomic achievement gap with computer‐assisted instruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Chevalère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loreleï Cazenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruben Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazenod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Computer Assisted Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 38 (2), pp.366-378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jcal.12616⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03428446v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des arbres et des Hommes, Influences - Histoires sensibles &amp;quot;Dans la peau d'un arbre : la métamorphose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Garden_Lab</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.178</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04892222v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aux arbres citoyens : &amp;quot;Il y a aujourd'hui une volonté d’humaniser les arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Sémat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marianne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04892013v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réchauffement climatique : Les plantes de nos jardins peuvent-elles nous aider à faire face?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandrine Civard-Racinais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Curieux!</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Science</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04891985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A quoi pensent les arbres ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dialogos Université Catholique de l'Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Dialogos, 1, pp.18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Computer-assisted instruction versus inquiry-based learning: The importance of working memory capacity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Chevalère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loreleï Cazenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruben Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazenod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16 (11), pp.e0259664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0259664⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03428421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Critique du livre &amp;quot;L’intelligence des plantes en question&amp;quot; de Marc-William Debono (Ed), ed. Hermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 29 (2), pp.238 - 257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/nss/2021041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854222v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« 1 2 3 Plant’haie ! » : faire pousser les écocitoyens de demain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Conversation France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...57 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Cloarec</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03208527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chasse au trésor : les arbres bizarres sont partout autour de nous mais comment les reconnaître ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie van Praagh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association Francis Hallé pour la forêt primaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, https://www.foretprimaire-francishalle.org/s-informer/cecite-botanique/</w:t>
+              <w:t xml:space="preserve">Journal La Montagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Cyril Guinet</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les plantes pensent-elles ? La communauté scientifique est divisée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 546, pp.114-122</w:t>
+              <w:t xml:space="preserve">Marianne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Catherine Lenne</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vivant, concert polychronique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Mestre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Après-demain : journal mensuel de documentation politique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Socialter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, HS 10</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Marie-Pierre Demarty</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854250v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand les arbres se moquent de la physique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tikographie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+              <w:t xml:space="preserve">ESpèces - Revue d’Histoire naturelle </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 41, pp.14-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Pihen</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pionnier d'une &amp;quot;science de l'arbre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Moulia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Sergent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epsiloon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+              <w:t xml:space="preserve">La Croix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Lundi 8 juillet 2019, pp.21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">L’Odyssée des graines</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02192509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La recherche sur les arbres pour les comprendre et les aimer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Naturactive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 32, pp.20-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04894978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La recherche sur les arbres pour les comptrendre et les aimer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Naturactive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 32, pp.20-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03070216v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coté végétaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Moulia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Monde des Ados</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, L17535 (433), pp.12-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02274484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une communication pleine de sens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour la science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n° 566 (12), pp.19-19. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2018, 101 (Novembre-décembre), pp.30-35</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...562 lines deleted...]
-                <w:t xml:space="preserve">Catherine Lenne</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01908152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Et pourtant elles bougent !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bodeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour la science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, N° 533 – mars (2), pp.23a-23a. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2018, 101 (Novembre-décembre), pp.16-23</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...283 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...405 lines deleted...]
-                <w:t xml:space="preserve">Quand les arbres se moquent de la physique</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01908166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'intelligence des arbres : mythe ou réalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESpèces - Revue d’Histoire naturelle </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 41, pp.14-21</w:t>
+              <w:t xml:space="preserve">, 2018, 27, pp.58-65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Catherine Lenne</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01743992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elles perçoivent les sons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Briet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dialogos Université Catholique de l'Ouest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Dialogos, 1, pp.18</w:t>
+              <w:t xml:space="preserve">Sciences et Avenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 189, pp.71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Catherine Lenne</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01604227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elles dialoguent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Naturactive</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 32, pp.20-21</w:t>
+              <w:t xml:space="preserve">Sciences et Avenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 189, pp.66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La recherche sur les arbres pour les comprendre et les aimer</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01604229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Naturactive</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 32, pp.20-21</w:t>
+              <w:t xml:space="preserve">L'Éléphant : la revue de culture générale : histoire, sciences, philosophie, société, international, littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 14, pp.44-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...70 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01601913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les plantes le disent avec des fleurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Monde des Ados</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, L17535 (433), pp.12-13</w:t>
+              <w:t xml:space="preserve">L'Éléphant : la revue de culture générale : histoire, sciences, philosophie, société, international, littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...87 lines deleted...]
-                <w:t xml:space="preserve">Denis Sergent</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01601936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'arbre. Droit comme un &amp;quot;I</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Croix</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Lundi 8 juillet 2019, pp.21</w:t>
+              <w:t xml:space="preserve">Le Courrier de la Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 289 (mai-juin 2015), pp.28-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Catherine Lenne</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01269048v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">To respond or not to respond, the recurring question in plant mechanosensitivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Fournier-Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie M. Decourteix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESpèces - Revue d’Histoire naturelle </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5, pp.401-401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2014.00401⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01149373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment les arbres tiennent-ils debout longtemps, dans un environnement fluctuant ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digitalis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10, pp.23-33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Et pourtant elles bougent !</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01269085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Percevoir et bouger : les plantes aussi !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bodeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour la science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 101 (Novembre-décembre), pp.16-23</w:t>
+              <w:t xml:space="preserve">, 2014, 438 (Avril 2014), pp.40-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...48 lines deleted...]
-                <w:t xml:space="preserve">Catherine Lenne</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vrai ou Faux : Les plantes communiquent-elles ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bodeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour la science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 101 (Novembre-décembre), pp.30-35</w:t>
-[...769 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, 2013, 423 (Janvier 2013), 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01269086v1</w:t>
               </w:r>
             </w:hyperlink>
@@ -4412,51 +4412,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Posture control and skeletal mechanical acclimation in terrestrial plants: Implications for mechanical modeling of plant architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Coutand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4804,6027 +4804,6027 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Intelligence(s) : un webinaire pour explorer la thématique de la Fête de la science​ 2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Gasking</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Druet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Depecker Caroline</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fête de la science 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fête de la science AURA, Apr 2025, Webinaire, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05158807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vous avez dit biz'arbres ? Conférence UOCA 2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence rencontre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Ouverte Clermont Auvergne, Feb 2025, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04950342v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'arbre droit comme un i</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence Marsat Nature - Préva</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marsat nature, May 2025, Marsat, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05071850v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bases de physiologie végétale et flux de sèves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Formation Les apprentis du vivant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ver de terre Production et association Arbre et Paysage 32 (AP32), Jan 2025, Web Conference, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04950409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vous avez dit biz'arbres ? Mons, Belgique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférences MUMONS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Musée de l'Université de Mons (MUMONS), Apr 2025, Mons université, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05158774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vous avez dit biz'arbres ? Saint-Genès-Champanelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférences Commission Culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Municipalité de Saint-Genès-Champanelle, Mar 2025, Saint-Genès-Champanelle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05158762v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre - Conférence Chamalières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférences Amicale Laïque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Chamalières, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05158838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vous avez dit biz'arbres ? Riom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférences Association Science-toi !</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Riom, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05158791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Forêt et changement climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Cochard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assises départementales de la forêt Haute-Loire 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Conseil départemental 43, Feb 2025, Le Puy-en-Velay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04950363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La sensibilité des plantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence rencontre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les Jardiniers du dimanche, Jan 2025, Genay (69), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04950353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les arbres, mystères et bizarreries des géants qui nous entourent - Mur-sur-Allier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférences Association Mur Allier Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Mur-sur-Allier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05158783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vous avez dit biz'arbres ? Montpensier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférences Association Culture Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Montpensier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05158685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rencontre forestière : échanges avec Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre forestière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Recrue d'essences, Jun 2025, Cunlhat, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05158853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Catherine Lenne</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Débat autour du film &amp;quot;Opération reine des Alpes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gouix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférences Amicale Laïque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Chamalières, France</w:t>
+              <w:t xml:space="preserve">Rencontres Montagnes et Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...366 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04950389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vous avez dit biz'arbres ? - Conférence Muséum Grenoble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférences du Muséum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Amis du Muséum de Grenoble, Mar 2025, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05158751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dans la peau d'un arbre - Conférence Chazelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférences Université pour tous</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ACMM association culturelle, Mar 2025, Chazelles sur Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05158703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...81 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La sensibilité des arbres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférences de la Fondation Evertéa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fondation Evertéa, May 2025, Valence (Drôme), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05158825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vous avez dit biz'arbres - Aurillac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférences du l'Université Inter-âge de Haute-Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Aurillac (15), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05158756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Vous avez dit biz'arbres ? Conférence UOCA 2025</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vous avez dit biz'arbres ? Blanzat 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence à La Muscade</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Avalben, May 2024, Blanzat, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04891576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balade scientifique &amp;quot;L’arbre en ville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Paulin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Naturellement ! 3ème rencontres du vivant et de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fédération BioGée, Dec 2024, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nos forêts, enjeux et avenir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médéric Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Baubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Au Bar des Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association ABDS, Nov 2024, Cournon-d'Auvergne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888890v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Conférence à Langeac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université pour tous, Mar 2024, Langeac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Martres 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Les Martres de Veyre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04891604v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balade scientifique à l'ombre des arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fête de l'arbre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Biloba, Jun 2024, Saint-Bonnet-près-Orcival, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soirée-débat : nos forêts face aux changements environnementaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Tillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Hallé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Viovy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Vincenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Naturellement ! 3ème rencontres du vivant et de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fédération BioGée, Dec 2024, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Webconférence La sensibilité des arbres, Groupe national de surveillance des arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La sensibilité des arbres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe National de Surveillance des Arbres (GNSA), Feb 2024, L’Haÿ-Les-Roses, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vous avez dit biz'arbres ? Conférence Clermont, 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence rencontre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université Ouverte Clermont Auvergne, Feb 2025, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">, Association Alliance française de Clermont-Ferrand, Mar 2024, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...80 lines deleted...]
-                <w:t xml:space="preserve">Depecker Caroline</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand Petit chêne deviendra grand, Conférence à Saint-Saturnin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fête de la science 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Fête de la science AURA, Apr 2025, Webinaire, France</w:t>
+              <w:t xml:space="preserve">Projet Le Chêne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Saint-Saturnin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Webinaire UVED MOOC Arbres : &amp;quot;La formation des enseignants dans le domaine des arbres et des forêts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MOOC Arbres - Les Directs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UVED, Mar 2024, Webinaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04881706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Webconférence La sensibilité des arbres, Groupe national de surveillance des arbres</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vous avez dit biz'arbres ? Comment faire face aux traumas de la vie quand on est arbre, Lyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La sensibilité des arbres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe National de Surveillance des Arbres (GNSA), Feb 2024, L’Haÿ-Les-Roses, France</w:t>
+              <w:t xml:space="preserve">Conférences filmées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bibliothèque municipale de Lyon La Part-Dieu, Dec 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Vous avez dit biz'arbres ? Conférence Clermont, 2024</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vous avez dit biz'arbres, Conférence Les Vinzelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence rencontre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Alliance française de Clermont-Ferrand, Mar 2024, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Conférence de la librairie-café Les Vinzelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Volvic, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Quand Petit chêne deviendra grand, Conférence à Saint-Saturnin</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La sensorimotricité des arbres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projet Le Chêne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2024, Saint-Saturnin, France</w:t>
+              <w:t xml:space="preserve">Colloque sur l'arbre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agrocampus Tours-Fondette, Apr 2024, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Dans la peau d'un arbre, Martres 2024</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ciné-débat autour du film &amp;quot;Il était une forêt&amp;quot;, réalisateur Luc Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Hallé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-André Selosse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Naturellement ! 3ème rencontres du vivant et de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fédération BioGée, Dec 2024, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vision du végétal à travers les âges, Conférence introductive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17ème Colloque scientifique "Sensibilité des Plantes : Mythes et réalités"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Nationale d'Horticulture de France, May 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'arbre droit comme un i, Saint-Galmier 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'arbre droit comme un i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Roseraie de Saint-Galmier, Feb 2024, Saint-Galmier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conférence &amp;quot;C'est quoi, un arbre ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Naturellement ! 3ème rencontres du vivant et de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fédération BioGée, Dec 2024, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'arbre, un monde en soi - Centre Diocésain de Pastorale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Temps d'échange</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Equipe Laudato Si du Diocèse, Sep 2024, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Table ronde : Les particularités des arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Marsilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Naturellement ! 3ème rencontres du vivant et de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fédération BioGée, Dec 2024, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888841v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Conférence Lempdes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2024, Les Martres de Veyre, France</w:t>
+              <w:t xml:space="preserve">, Association Natur'à Lempdes, Jan 2024, Lempdes (Clermont-Ferrand), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Balade scientifique à l'ombre des arbres</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balade scientifique &amp;quot;Dans la peau d'un arbre&amp;quot;, Festival Histoires de passage, Argentat-sur-Dordogne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fête de l'arbre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Biloba, Jun 2024, Saint-Bonnet-près-Orcival, France</w:t>
+              <w:t xml:space="preserve">Histoires de passages - La vie végétale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Argentat-sur-Dordogne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...154 lines deleted...]
-                <w:t xml:space="preserve">Dans la peau d'un arbre, Conférence à Langeac</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Montferrand 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université pour tous, Mar 2024, Langeac, France</w:t>
+              <w:t xml:space="preserve">, Comité des quartiers de Montferrand, Feb 2023, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...905 lines deleted...]
-                <w:t xml:space="preserve">Dans la peau d'un arbre, Conférence Lempdes</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884803v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Valuéjols 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Association Natur'à Lempdes, Jan 2024, Lempdes (Clermont-Ferrand), France</w:t>
+              <w:t xml:space="preserve">, Médiathèque de Valuéjols, Jul 2023, Valuéjols (15), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...90 lines deleted...]
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les arbres face au changement climatique, Theix 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les rendez-vous du CPIE 2023 : Les arbres face au changement climatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre Permanent d'Initiatives pour l'Environnement - CPIE Clermont-Dômes, Oct 2023, Saint-Genès-Champanelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04855516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Dans la peau d'un arbre, Valuéjols 2023</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MOOC Arbres - La nutrition de l'arbre : d'air pur et d'eau fraîche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MOOC Arbres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UVED, Jan 2023, Canal-UVED, MOOC Arbres, cours en ligne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cycle Esprit critique par et pour les sciences - La communication entre les arbres : mythe ou réalité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Hartmann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Esprit critique par et pour les sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Café-lecture Les Augustes, Clermont-Ferrand, Oct 2023, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Montpensier 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Médiathèque de Valuéjols, Jul 2023, Valuéjols (15), France</w:t>
+              <w:t xml:space="preserve">, Association Culture Nature, Nov 2023, Montpensier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Dans la peau d'un arbre, Montferrand 2023</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Néris-les-bains 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Comité des quartiers de Montferrand, Feb 2023, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">, Les Amis des Arbres de Montluçon, Sep 2023, Néris-les-Bains, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">MOOC Arbres - La nutrition de l'arbre : d'air pur et d'eau fraîche</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855521v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'arbre, rôles et avenir : Dans la peau de l’arbre champêtre, acteur dans les crises de la biodiversité et du climat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOOC Arbres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UVED, Jan 2023, Canal-UVED, MOOC Arbres, cours en ligne, France</w:t>
+              <w:t xml:space="preserve">Conférence sur l'arbre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Haies du Puy-de-Dôme, Apr 2023, Gerzat, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Félix Hartmann</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04891744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, St-Galmier 2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Esprit critique par et pour les sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Café-lecture Les Augustes, Clermont-Ferrand, Oct 2023, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Les amis de la roseraie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les amis de la roseraie de Saint-Galmier, Mar 2023, Saint-Galmier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Dans la peau d'un arbre, Montpensier 2023</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, St-Amant 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Association Culture Nature, Nov 2023, Montpensier, France</w:t>
+              <w:t xml:space="preserve">, Association Les Serves, Oct 2022, Saint-Amant-Roche-Savine, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Dans la peau d'un arbre, Néris-les-bains 2023</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Mozac 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Les Amis des Arbres de Montluçon, Sep 2023, Néris-les-Bains, France</w:t>
+              <w:t xml:space="preserve">, Festival On connait la chanson, Jul 2022, Mozac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...236 lines deleted...]
-                <w:t xml:space="preserve">Dans la peau d'un arbre, Clermont 2022</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884836v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Foire Humus 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Librairie Les Volcans, Oct 2022, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">, Foire Humus, May 2022, Chateldon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Dans la peau d'un arbre, Cébazat 2022</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, St-Flour 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, Librairie La Cité du Vent, Oct 2022, Saint-Flour (15), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les arbres sont-ils intelligents ? Chavaniac-Lafayette 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26ème Fête des plantes - Thème "Arbres"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Jardins Fruités; Conservatoire botanique national du Massif central; Département de Haute-Loire, Jun 2022, Chavaniac-Lafayette (43), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Nancy 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Centrale d'Horticulture de Nancy, Dec 2022, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les plantes sont-elles sensibles ? Choiseul, Tours, 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7ème rencontre pour comprendre le monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Salons de Choiseul, Jan 2022, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ciné-débat Le génie des arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Moulia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le génie des arbres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Cournon d'Auvergne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855372v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’intelligence des plantes : mythe ou réalité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférences et rencontres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Muséum de Nantes, Mar 2022, Nantes (44000), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Noirétable 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Festival des troncs sonnés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Troncs sonnés, Jun 2022, Noirétable, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Centre d'ailleurs 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre d'Ailleurs, May 2022, Saint-Jean-des-Ollières, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Clermont 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Librairie Les Volcans, Oct 2022, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Cébazat 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, Association Forêts de poche, May 2022, Cébazat, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04884815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Table-ronde : La nature comme lieu d’humanité, d’apprentissage scientifique et de citoyenneté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Ameisen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Chuine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Delforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Activons les sciences en classe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fondation la Main à la pâte, Mar 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04886313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peut-on parler d'intelligence végétale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Hiernaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Tassin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Lachowsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Débats au cœur de la science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bibliothèque nationale de France, May 2022, Paris (Bibliothèque Nationale de France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04886258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L’intelligence des plantes : mythe ou réalité ?</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La communication entre les arbres : mythe ou réalité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférences et rencontres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Muséum de Nantes, Mar 2022, Nantes (44000), France</w:t>
+              <w:t xml:space="preserve">Conférences de l'APBG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des Professeurs de Biologie et Géologie, Feb 2022, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Dans la peau d'un arbre, Noirétable 2022</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balade-Conférence sous les arbres, Montlosier 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Festival des troncs sonnés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Les Troncs sonnés, Jun 2022, Noirétable, France</w:t>
+              <w:t xml:space="preserve">Grand Défi Biodiversité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CPIE Clermont-Dôme, Jun 2022, Aydat, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Dans la peau d'un arbre, Centre d'ailleurs 2022</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04892324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La communication entre les arbres, Ecomusée du Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C'est pas faux, Les RDV des sciences pour tous</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecomusée du Véron, Nov 2022, Savigny-en-Véron, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Festival des Nuées ardentes, Les laboratoires de la foreuse : Le Laboratoire des plantes de demain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Festival des Nuées Ardentes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Clermont Auvergne, Jun 2022, Orcines, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04892337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debout les plantes !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Legué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Brunel-Michac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Chauvet-Thiry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Caulus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférences expérimentales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESPCI - PSL, Jun 2021, Web Conference, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Aurillac 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Centre d'Ailleurs, May 2022, Saint-Jean-des-Ollières, France</w:t>
+              <w:t xml:space="preserve">, Musée des Volcans, Oct 2021, Aurillac (15), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Bruno Moulia</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04885631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Webconférence L'invité du Jeudi - CNAM Bretagne : Dans la peau d'un arbre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le génie des arbres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Cournon d'Auvergne, France</w:t>
+              <w:t xml:space="preserve">L'invité du jeudi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNAM Bretagne, Oct 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...98 lines deleted...]
-                <w:t xml:space="preserve">Dans la peau d'un arbre, Nancy 2022</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855378v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Riom 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Société Centrale d'Horticulture de Nancy, Dec 2022, Nancy, France</w:t>
+              <w:t xml:space="preserve">, Communauté d'agglomération Riom Limagne et Volcans, Jun 2021, Riom, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Balade-Conférence sous les arbres, Montlosier 2022</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04885537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'arbre, un être au sens de l'orientation développé.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Grand Défi Biodiversité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CPIE Clermont-Dôme, Jun 2022, Aydat, France</w:t>
+              <w:t xml:space="preserve">Conférence de la Société d'Histoire Naturelle d'Auvergne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Muséum Henri Lecoq, Oct 2021, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...236 lines deleted...]
-                <w:t xml:space="preserve">Dans la peau d'un arbre, St-Flour 2022</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03376714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Aydat 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Librairie La Cité du Vent, Oct 2022, Saint-Flour (15), France</w:t>
+              <w:t xml:space="preserve">, Forêt des Arboris, Jul 2021, Aydat, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Dans la peau d'un arbre, Mozac 2022</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04885628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand les arbres se parlent... La communication entre les arbres : mythe ou réalité ? Chartres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Festival On connait la chanson, Jul 2022, Mozac, France</w:t>
+              <w:t xml:space="preserve">, MLédiathèque L'Apostrophe, Mar 2019, Chartres, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Dans la peau d'un arbre, Foire Humus 2022</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886485v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Genay 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Foire Humus, May 2022, Chateldon, France</w:t>
+              <w:t xml:space="preserve">, Les Jardiniers du Dimanche, Nov 2021, Genay (69), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...482 lines deleted...]
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04886830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'arbre, un être hypersensible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'arbre, un être hypersensible</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les amis du Museum de Grenoble, Apr 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03208644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les arbres sont-ils intelligents ? Brives-Charensac 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'intelligence des arbres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jardins Fruités, Dec 2021, Brives-Charensac (43), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04891465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...71 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Caulus</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les plantes sont-elles sensibles ? Paris, 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférences expérimentales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ESPCI - PSL, Jun 2021, Web Conference, France</w:t>
+              <w:t xml:space="preserve">Conférence - Cycle L'intelligence des plantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bibliothèque Publique d'Informations - Centre Pompidou, Sep 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Dans la peau d'un arbre, Aurillac 2021</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debout les arbres !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Musée des Volcans, Oct 2021, Aurillac (15), France</w:t>
+              <w:t xml:space="preserve">Conférences de la médiathèque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Médiathèque Jardins de la culture, May 2020, Riom, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...90 lines deleted...]
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04885834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les plantes, ces êtres hypersensibles, Maison de la Comté 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférences en forêt de la Comté</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Conseil général du Puy-de-Dôme, Sep 2020, Sallèdes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885868v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-04855155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'eau dans les branches</w:t>
               </w:r>
@@ -10873,1545 +10873,1545 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'arbre au fil des saisons, Chamalières 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'arbre au fil des saisons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AMOPA, Association des Membres de l'Ordre des Palmes Académiques, Apr 2019, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'arbre au fil des saisons, Manglieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'arbre au fil des saisons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Manglieu (63), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'arbre droit comme un i</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférences du musée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Musée d'Allard, Oct 2019, Montbrison, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le langage des arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Utopiades</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Alter Échos, Dec 2019, Vertolaye, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perception et sensibilité chez les plantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférences 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADASTA, May 2019, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les arbres se tiennent debout, comme les Hommes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEDx Talks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, TEDx Clermont, Jan 2019, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La vision du végétal à travers les âges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Société d'Horticulture et de Viticulture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04894480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Exposition scientifique BU Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bibliothèque universitaire de Clermont., Mar 2019, Clermont-Fd, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02094721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exposition A.R.B.R.E.S.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Exposition A.R.B.R.E.S.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Musée d'Allard., May 2019, Montbrison, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02272586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Les arbres se tiennent debout, comme les Hommes</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, Maison de la Comté 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEDx Talks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, TEDx Clermont, Jan 2019, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Conférences en forêt de la Comté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conseil Général du Puy-de-Dôme, Sep 2019, Sallèdes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Perception et sensibilité chez les plantes</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04885874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'arbre en voit de toutes les couleurs, Nîmes 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférences 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ADASTA, May 2019, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Conférences du muséum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Muséum de Nîmes, Apr 2019, Nîmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le langage des arbres</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sensibilité aux signaux chimiques de l'environnement et communication chez les plantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Utopiades</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Alter Échos, Dec 2019, Vertolaye, France</w:t>
+              <w:t xml:space="preserve">Fascination of Plants Days : La communication chez les végétaux : mytes ou réalité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Académie d'Agriculture de France (AAF). FRA., May 2019, Paris, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'arbre droit comme un i</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02159602v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La communication entre les arbres : mythe ou réalité ? Besse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférences du musée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Musée d'Allard, Oct 2019, Montbrison, France</w:t>
+              <w:t xml:space="preserve">Quand les arbres se parlent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mairie de Besse-et-Saint-Anastaise, Jun 2019, Besse et Saint Anastaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'arbre au fil des saisons, Manglieu</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand les arbres se parlent... La communication entre les arbres : mythe ou réalité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WebTV de l'UCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bibliothèques Universitaires de Clermont, Mar 2019, Aubière, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre, un être sensible, Aulteribe 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées européennes du Patrimoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Culture et Patrimoine à Sermentizon, Sep 2019, Château d'Aulteribe, Sermentizon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04885652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La communication entre les arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées nationales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des Professeurs de Biologie et Géologie, Nov 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'arbre au fil des saisons, ITL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'arbre au fil des saisons</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jan 2019, Manglieu (63), France</w:t>
+              <w:t xml:space="preserve">, Institut du Temps Libre, Jan 2019, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...374 lines deleted...]
-                <w:t xml:space="preserve">L'arbre au fil des saisons, ITL</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886870v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'arbre au fil des saisons, Lempdes 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'arbre au fil des saisons</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Institut du Temps Libre, Jan 2019, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">, Mar 2019, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...206 lines deleted...]
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04886874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand les arbres se parlent...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème conférence "Les RDV de la station bio Besse"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UCA et Commune de Besse et Saint-Anastaise., Jun 2019, Besse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02272589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L'arbre au fil des saisons, Chamalières 2019</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S'aimer toutes fleurs dehors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'arbre au fil des saisons</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AMOPA, Association des Membres de l'Ordre des Palmes Académiques, Apr 2019, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Conferénce Le Grand Chambery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Grand Chambéry. FRA., Mar 2018, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01763241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droit comme un i</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence au Cabaret le Poulailler</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cabaret le Poulailler., Mar 2018, St-Pierre-Roche, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01765436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intelligence de l'arbre, de quoi parle-t-on?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soirée-débat UFA de Bavay</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UFA de Bavay., Mar 2018, Arras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01765438v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01763241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les plantes à fleur de pot, voyage dans la sensibilité végétale</w:t>
               </w:r>
@@ -12887,1381 +12887,1381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04886689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Perception et sensibilité chez les plantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les végétaux revisités : approches scientifiques et didactiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFPSVT., Jun 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01601130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ciné-Débat autour du film &amp;quot;L'intelligence des arbres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence-débat autour du film de Julia Dordel et Guido Tölke</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Clermont-Fd, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01671123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Perception et sensibilité chez les plantes</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment les arbres tiennent-ils debout ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les végétaux revisités : approches scientifiques et didactiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFPSVT., Jun 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées Portes Ouvertes INRA Crouel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Clermont-Fd, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01601099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'une plante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence Association des jardins fruitiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des Jardins Fruitiers., Oct 2016, Le Puy en Velay, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01601024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand les plantes se parlent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence Société d'Horticulture de Savoie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d'Horticulture de Savoie. FRA., Mar 2016, Chambéry, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01600954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La sensibilité des plantes : des êtres à fleur de pot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Institut du Temps Libre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut du Temps Libre. FRA., Jan 2016, Clermont-Fd, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01601118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au cœur de l'arbre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres Nationales d'Arboricultures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Vichy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01601101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droit comme un i : comment l'arbre tient-il debout?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les chevilles de la découverte</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les chevilles de la découverte., Oct 2016, Saint Sandoux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01601116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les plantes, des êtres sensibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Festival Gondwana</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Domaine du Rayol, le Jardin des Méditerranées. FRA., Oct 2016, Rayol, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01601023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Catherine Lenne</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conférence-débat &amp;quot;Dans la peau d'une plante.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Association des jardins fruitiers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association des Jardins Fruitiers., Oct 2016, Le Puy en Velay, France</w:t>
+              <w:t xml:space="preserve">Librairie Les Volcans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Librairie Les Volcans., Jun 2015, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Catherine Lenne</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02791804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chez les plantes, l'heure, c'est l'heure.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Portes Ouvertes INRA Crouel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Clermont-Fd, France</w:t>
+              <w:t xml:space="preserve">SHNA - Musée Lecoq</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SHNA - Musée Lecoq., Jun 2015, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02799097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation du livre 'Dans la peau d'une plante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Festival Chapitre Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Festival Chapitre nature., May 2015, Le Blanc, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02793604v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La communication chez les plantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Quand les plantes se parlent" Société National d'Horticulture de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Nationale d'Horticulture de France (SNHF). FRA., Jan 2015, Annecy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02793609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Biomécanique des arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence Société Botanique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Societe Botanique de France. FRA., Jan 2015, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02793530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment les arbres tiennent-ils debout longtemps ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PULP (Petite Université libre et Populaire de Tence)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Petite Université Libre et Populaire. FRA., Mar 2015, Tence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02794695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dans la peau d'une plante - 1/Vivre d'air et d'eau fraîche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Institut du temps libre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut du Temps Libre. FRA., Mar 2015, Clermont-Fd, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02792060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...206 lines deleted...]
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dans la peau d'un arbre.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole des Sciences, conférence annuelle de l'Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ecole des Sciences., May 2015, Châteauneuf-les-bains, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02792056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les plantes, pas si légumes que ça.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Commune de Vic-le-Comte</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Commune de Vic-Le-Comte. FRA., May 2015, Longues, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02792055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dans la peau d'une plante - 2/La vie fixée mais pas figée.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Institut du temps libre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut du Temps Libre. FRA., May 2015, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02792418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...136 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trees feel mechanical strain: from genes expression to cambium activity modulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14450,51 +14450,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trees acclimation to strains induced by wind: from genes expression to stem structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leblanc-Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14575,51 +14575,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trees acclimation to strains induced by wind: from genes expression to stem structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic L. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Fournier-Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15804,169 +15804,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04884349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'une plante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">POINTS</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, 256 p., 2023, Points Documents, 9782757898314</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dans la peau d'un arbre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">POINTS</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, 480 p., 2023, Points Terre - Essais, 9782757897027</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04855592v1</w:t>
-              </w:r>
-[...69 lines deleted...]
-                <w:t xml:space="preserve">hal-04855590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dans la peau d'un arbre. Secrets et Mystères des Géants qui vous entourent.</w:t>
               </w:r>
@@ -16124,247 +16124,247 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Abécédaire de la forêt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Auraix-Jonchière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Barantal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Baudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Bercerol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Blairon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ABÉCÉDAIRE DE LA FORÊT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Honoré Champion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 400 p., 2024, 9782380960822</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La nutrition de l'arbre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arbres, le livre numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UVED</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.16-21, 2024, MOOC Arbres</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04894619v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-04855586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu'est-ce que l'arbre ?</w:t>
               </w:r>
@@ -16501,51 +16501,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Percevoir et bouger : quand les plantes s’animent !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bodeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16613,64 +16613,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des arbres qui tiennent debout longtemps dans un environnement de plus en plus fluctuant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16832,51 +16832,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le monde secret des arbres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16972,6928 +16972,6928 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Film &amp;quot;L'enfeuillement du monde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Tassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05071867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CQFD, Podcast Radio Télévision Suisse RTS : &amp;quot;Les trognes, ces arbres quʹon cultive comme des jardins suspendus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04950332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CQFD, Série de Podcasts Radio Télévision Suisse, RTS, &amp;quot;Dans l'intimité des arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Les P'tits Bateaux : Comment reconnaît-on les filles des garçons chez les arbres ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Crosnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04963785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Film &amp;quot;Les arbres remarquables au cœur de la biodiversité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Feterman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05071860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...26 lines deleted...]
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exposition photographique et scientifique &amp;quot;Dans la peau d'un arbre&amp;quot;, Festival Nuées ardentes 2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05158845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Les P'tits Bateaux : &amp;quot;Comment avoir une pelouse qui ressemble à celle d'un golf sans utiliser de produit chimique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Crosnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025</w:t>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">CQFD, Podcast Radio Télévision Suisse RTS : &amp;quot;Les trognes, ces arbres quʹon cultive comme des jardins suspendus</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855164v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émission radio Arverne - Chez nous, c'est comme ça : &amp;quot;Les biz'arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vannaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Sciences et vie RCF : &amp;quot;Biz'arbres à plusieurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Les P'tits Bateaux : &amp;quot;Pourquoi le bois des troncs d'arbres est-il marron ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Guérin</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+                <w:t xml:space="preserve">Camille Crosnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">CQFD, Série de Podcasts Radio Télévision Suisse, RTS, &amp;quot;Dans l'intimité des arbres</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Le Temps d'un Bivouac : &amp;quot;À la découverte des arbres et de leurs bizarreries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Fiévet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Les P'tits Bateaux : &amp;quot;Pourquoi les arbres restent debout ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Guérin</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+                <w:t xml:space="preserve">Camille Crosnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855158v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Débats et Rencontres, &amp;quot;Dialogue : Dans les arbres&amp;quot;, 38ème fête du livre de Saint-Étienne, 11-13/10/2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Jenni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...75 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio H2O Découvertes : &amp;quot;Vous avez dit Biz'arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Noiseux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855163v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Sciences et vie RCF : &amp;quot;Vous avez dit biz'arbres ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886131v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Balade H2O : &amp;quot;A la découverte des Biz'arbres de Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Noiseux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Autour de la question - RFI : &amp;quot;Comment poussent les arbres, les plantes et les fleurs?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Parcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Lachowsky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04891511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio La fabrique de l'Info : &amp;quot;Au Puy en Velay, l'école de Taulhac se lance dans le projet 1,2,3 Plant'haie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Longin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rencontre-dédicace-interview à la Librairie Les Volcans autour du livre &amp;quot;Vous avez dit biz'arbres?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Forêt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889021v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio H2O en Balade : &amp;quot;A la découverte des liens qui unissent les arbres et les champignons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Noiseux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio H2O en Balade : &amp;quot;A la découverte des Biz'arbres de Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Noiseux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio H2O Découvertes : &amp;quot;L'année écolo de la botaniste Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Noiseux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exposition photographique et scientifique &amp;quot;Dans la peau d'un arbre&amp;quot;, Médiathèque Les Temps Modernes, Tarnos, 01/03/2024 - 23/03/2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Sciences et vie RCF : &amp;quot;Biz'arbres par accident</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886211v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Un autre regard RCF : &amp;quot;Enseignante-chercheuse, un double engagement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Pétiard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Les P'tits Bateaux : &amp;quot;À quelle profondeur vont les plus grandes racines des arbres ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Crosnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio RCF Puy-de-Dôme, Actualités : &amp;quot;Quel impact sur la santé des arbres en Auvergne ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Marcelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...1133 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melody Boulissière</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">hal-04855554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...56 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Documentaire film &amp;quot;Incroyables Plantes !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Moulia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...57 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Malèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId374" w:history="1">
-              <w:r>
-[...188 lines deleted...]
-            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Elise Tang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Festival International du Film Ornithologique - FIFO Ménigoute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, https://www.youtube.com/watch?v=E_3SA2EJjps</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio, 3 questions à... Auvergne , RCF : &amp;quot;Quelles conséquences a eu le mois d'octobre sur nos arbres en Auvergne ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-04855558v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exposition photographique et scientifique &amp;quot;Dans la peau d'un arbre&amp;quot;, Vichy 2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855535v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balade scientifique sous les arbres, Montmeyre 2023, Fête de l'arbre Biloba</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04892143v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission Chronique Consommation, radio RCF : &amp;quot;Émission 8 : La vie secrète des arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Podcast Émission radio RCF Puy-de-Dôme, Actualités : &amp;quot;Quel impact sur la santé des arbres en Auvergne ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Expertise sur Courts-métrages d'animation 2D &amp;quot;Patouille&amp;quot;, France 5, Ep 1 à 26</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Marcelot</w:t>
+                <w:t xml:space="preserve">Melody Boulissière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Campos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04855554v1</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">hal-04884737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balade scientifique sous les arbres, Festival Art'Air, Château de Montlosier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04891700v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exposition photographique et scientifique CPIE Objectif Nature : &amp;quot;Microscop'arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Web Revue ZeGreenWeb : &amp;quot;Quels sont les points communs entre les hommes et les arbres ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exposition photographique et scientifique &amp;quot;DANS LA PEAU D'UN ARBRE&amp;quot;- St-Amant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio H2O Côté Experts : &amp;quot;Au chevet des arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Noiseux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855353v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio LSD, La Série Documentaire : &amp;quot;L'intelligence du vivant - Ep1 : Définir le vivant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Dussutour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Kreutzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855114v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Cinq minutes en Limousin : &amp;quot;Les arbres parlent aux arbres !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Deau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886164v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre&amp;quot; : conférence et dédicace du livre, à la Librairie Les Volcans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Le Labo des savoirs : Intelligence des arbres, ne vous plantez pas !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast AirZen Radio - Nature insolite : quels sont les sens cachés des plantes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Nougué</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04892309v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Le chêne et la compagnie des arbres. Épisode 1: La vie d'un chêne.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio H2O Côté Experts : &amp;quot;Comment les arbres peuvent-ils s'adapter au Changement Climatique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Noiseux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans la peau d'un arbre&amp;quot; : rencontre-dédicace du livre, à la Librairie Les Volcans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Sciences et vie RCF : &amp;quot;Les arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exposition photographique en ligne &amp;quot;DANS LA PEAU D'UN ARBRE&amp;quot;- Festival Les Nuées ardentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Studio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vidéo &amp;quot;Dans la peau d'un arbre - Y'a de la vie SUR l'arbre&amp;quot;, Dialogue avec Catherine Lenne Bibliothèques Université Clermont Auvergne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les 4 saisons de l'arbre (suite)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03206897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Sciences et vie RCF : &amp;quot;Les arbres 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886204v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio La Balade H2O : &amp;quot;Dans la peau d'un arbre avec Catherine Lenne - 2ème Partie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Noiseux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio La Balade H2O : &amp;quot;Dans la peau d'un arbre avec Catherine Lenne - 1ère Partie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Noiseux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Olma, Episode 5 : &amp;quot;Dans la peau de l’arbre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Sarfaty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Olma, épisode 4 : &amp;quot;La vie d'un arbre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Sarfaty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio De cause à effets, le magazine de l'environnement : &amp;quot;Devenir arbres, se sentir plantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Mancuso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Luneau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Balade H2O : &amp;quot;Dans la peau d'un arbre avec Catherine Lenne - 2ème Partie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Noiseux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio H2O : &amp;quot;Dans la peau d'un arbre avec Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Noiseux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7ème salon du livre de jardin, Domaine d'Orvès (83), Conversation publique &amp;quot;Comment envisager l'arbre sans verser dans l'anthropomorphisme ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Tassin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04893928v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vidéo &amp;quot;Dans la peau d'un arbre - Résilience et Sensibilité&amp;quot;, Dialogue avec Catherine Lenne, Bibliothèques Université Clermont Auvergne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio L'onde porteuse : &amp;quot;De quel bois se chauffent les arbres ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bouscarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lathuillière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Auraix-Jonchière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Planchat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émission radio Le Chantier : &amp;quot;Un arbre est aussi intelligent qu'une bactérie, un ver de terre, un navet ou un homme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886115v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émission radio Arverne - Chez nous, c'est comme ça : &amp;quot;Dans la peau d'un arbre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vannaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Barbatruc : &amp;quot;Promenons-nous en hiver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lasserre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Barba</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le livre sur la place à Nancy, stand &amp;quot;Les sciences sur la place&amp;quot;, Rencontre-dédicace du livre &amp;quot;Dans la peau d'un arbre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04893877v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Court-métrage d'animation 2D &amp;quot;Patouille&amp;quot;, Ep1 : Le pissenlit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melody Boulissière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Campos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855119v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exposition &amp;quot;INTELLIGENCES. DIFFÉRENTES PAR NATURE&amp;quot;? Nantes, muséum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Minute Papillon ! : &amp;quot;Comment un arbre fonctionne-t-il ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio H2O : &amp;quot;1,2,3 plant'haies avec Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Noiseux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exposition photographique et scientifique DANS LA PEAU D'UN ARBRE - Office de Tourisme de Riom - Pays d’art et d’histoire de Riom, Limagne et Volcans.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Balade H2O : &amp;quot;Dans la peau d'un arbre avec Catherine Lenne - 1ère Partie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Noiseux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu'est-ce qu'un arbre ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...105 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03206935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vidéo &amp;quot;Dans la peau d'un arbre - Croissance et développement&amp;quot;, Dialogue avec Catherine Lenne, Bibliothèques Université Clermont Auvergne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855134v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exposition photographique DANS LA PEAU D'UN ARBRE, 01/10/21-28/1121, Médiathèque L'Apostrophe, Chartres.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Planète Bleu : &amp;quot;Les secrets des arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Prospero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mayr</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853700v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Autour de la question : &amp;quot;Comment se glisser dans la peau d’un arbre ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Lachowsky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Sciences et vie RCF : &amp;quot;Les saisons des arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio H2O L'invité : &amp;quot;Bilan 2020 avec la botaniste Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Noiseux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2022</w:t>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Sciences et vie RCF : &amp;quot;La sensibilité de l'arbre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emission de la chaine Youtube Radio Saint-Vincent : &amp;quot;Les super-pouvoirs des arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Furic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pourquoi sommes-nous tous si sensibles au toucher ? Emission de Radio rfi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Tassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lachowsky C. Caroline</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03069565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émission France TV C’est toujours pas sorcier, Saison 2 Épisode 10 : &amp;quot;La vie secrète des arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les arbres ont-ils des muscles ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03118478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Les P'tits Bateaux : &amp;quot;Dans la vie, il y a qu'des cactus...</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Crosnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Les P'tits Bateaux : &amp;quot;Comment l’eau passe dans les racines des plantes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noëlle Bréham</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio L'invité H2O : &amp;quot;Quels sont les impacts de la sécheresse sur les arbres ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Noiseux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2022</w:t>
+              <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exposition photographique ARBRE, DES RACINES ET DES SENS, 03/03/20-29/11/20, Tour de l'Horloge, Issoire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Dauge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La folle histoire des plantes (volume 1) : la BD qui ne raconte pas de salades</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...101 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04894534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio H2O L'invité : &amp;quot;Dans la peau d'un arbre avec Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Noiseux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886046v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’acclimatation des plantes aux sollicitations mécaniques du vent : La thigmomorphogénèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Niez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, pp.57-59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02439980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Podcast Émission radio Les P'tits Bateaux : &amp;quot;Comment les plantes à bulbe font pour se reproduire, donc comment font-elles d’autres bulbes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noëlle Bréham</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...2989 lines deleted...]
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04886085v1</w:t>
-              </w:r>
-[...161 lines deleted...]
-                <w:t xml:space="preserve">hal-04894534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perçoivent-elles leur forme ?</w:t>
               </w:r>
@@ -24327,51 +24327,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="68394A16"/>
+    <w:nsid w:val="0952E6E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -24475,51 +24475,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="0FBA9AB1"/>
+    <w:nsid w:val="EA370EC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -24709,51 +24709,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catherine-lenne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-7783-3785" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/17873280X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/309909399" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000436492852" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158747v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lenne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dor&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888661v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888619v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884790v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Cloarec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881724v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Guinet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881377v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/apdem.068.0013" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889120v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Demarty" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05071846v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Pihen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881380v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pls.566.0019a" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884595v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707470v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Cheval&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorele&#239; Cazenave" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Wollast" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Berthon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Martinez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-022-00599-9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891875v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid van Houdenhove" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04892222v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04892013v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; S&#233;mat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891985v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Civard-Racinais" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04892250v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pls.533.0023a" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428446v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mazenod" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcal.12616" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889281v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie van Praagh" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03208527v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04854222v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2021041" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428421v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0259664" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04854247v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Brunet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04854250v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mestre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04854240v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04854257v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03070216v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04894978v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274484v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moulia" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192509v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Badel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Sergent" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743992v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908166v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bodeau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908152v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604227v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Briet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604229v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chauveau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601936v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601913v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269048v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149373v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fournier-Leblanc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie M. Decourteix" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2014.00401" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269085v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268518v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269086v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964610v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Moulia" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Lenne" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Peyret" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842840v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gourcilleau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Armenise" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Julien" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/dnares/dsr001" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189327v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Fournier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Azri" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Henry" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpn011" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964638v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fournier-Leblanc Leblanc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Coutand" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Crouzet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole N. Brunel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3040.2008.01785.x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964864v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic L. Martin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Fournier-Leblanc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189136v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189291v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ichrak Ben Rejeb" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leblanc-Fournier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;da Ammar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2004.06.002" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1RNSX52G-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687158v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garcia" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rodgers" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rolland" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sailland" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04950363v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cochard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04950353v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158783v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158685v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158853v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158838v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158791v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158774v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158762v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05071850v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04950409v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158751v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158703v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04950389v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gouix" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158825v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158756v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04950342v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158807v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Gasking" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Druet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Depecker Caroline" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881706v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855509v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881705v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881432v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891604v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889149v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888856v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tillon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Hall&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Viovy" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Vincenot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881707v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888890v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;d&#233;ric Aubry" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Baubet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888834v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Paulin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881699v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881733v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881714v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888824v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Martin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Selosse" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889081v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888809v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855512v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889205v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888841v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Marsilly" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881428v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891576v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855516v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855524v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884803v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855151v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855519v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Hartmann" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884810v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855521v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891744v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884802v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855542v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884845v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884815v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886313v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Ameisen" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chuine" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delforge" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Zwang" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886258v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Hiernaux" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Tassin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lachowsky" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886335v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884830v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884824v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855372v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855538v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884849v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04892324v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886351v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886431v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04892337v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884846v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884836v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884819v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884838v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855529v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886485v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885628v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885537v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03376714v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886830v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03208644v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891465v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886770v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Legu&#233;" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Brunel-Michac" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chauvet-Thiry" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Caulus" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885631v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855378v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885868v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885834v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855155v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885821v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04894480v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094721v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272586v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886796v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886622v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886546v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886655v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886863v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885874v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159602v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886468v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886371v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886894v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886870v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886391v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885652v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886874v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272589v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886881v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765436v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765438v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763241v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765437v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886666v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842087v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Tessier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763233v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763244v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04894472v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886689v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671123v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601130v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601118v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600954v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601101v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601116v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601023v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601024v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601099v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794695v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792060v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793609v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793530v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793604v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792056v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792055v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792418v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799097v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791804v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190306v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804763v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Julien" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ameglio" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269033v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964723v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964557v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Herbette" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris B. Fumanal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi R. Wortemann" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tete Severien T. S. Barigah" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744389v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964746v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814815v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964697v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964632v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189594v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Brunel" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191376v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884349v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belin-editeur.com/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855592v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionspoints.com/ouvrage/dans-la-peau-d-un-arbre-catherine-lenne/9782757897027" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855590v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionspoints.com/ouvrage/dans-la-peau-d-une-plante-catherine-lenne/9782757898314" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03203917v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belin-editeur.com/dans-la-peau-dun-arbre#anchor1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268587v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-belin.com/ewb_pages/f/fiche-article-dans-la-peau-d-une-plante-22921.php?lst_ref=1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04894619v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uved.fr/production-et-coordination-de-mooc/mooc-arbres" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855586v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Auraix-Jonchi&#232;re" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Barantal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baudoin" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Bercerol" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Blairon" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/homecategory/champion" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891938v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lareleveetlapeste.fr/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891964v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03144020v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ds.hypotheses.org/8609" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189439v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884613v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785095v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Schapira" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barral" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05071860v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Duval" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Feterman" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04963785v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Crosnier" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04950332v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gu&#233;rin" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04910101v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158845v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05071867v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855163v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Noiseux" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886131v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nore" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881729v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888923v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Jenni" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855160v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fi&#233;vet" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855158v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855171v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886155v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881683v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vannaire" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855167v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855161v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881688v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Longin" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891511v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Parcy" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889021v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie For&#234;t" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888695v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881437v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886211v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855164v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04892143v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886148v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884737v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Boulissi&#232;re" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Campos" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Bernard" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855535v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886187v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855546v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855558v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mal&#232;vre" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elise Tang" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855554v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marcelot" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891700v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884711v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884564v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886137v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise P&#233;tiard" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855363v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Podevin" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889056v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886164v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Deau" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855114v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dussutour" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno David" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kreutzer" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pierron" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855368v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04892309v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Nougu&#233;" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855173v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884854v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855353v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04893928v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855132v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853691v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bouscarel" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lathuilli&#232;re" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Planchat" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886115v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886107v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853721v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lasserre" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Barba" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853710v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mancuso" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Luneau" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853638v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853625v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855347v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855344v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853653v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vidard" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Sarfaty" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Weber" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853662v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886204v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853728v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Roux" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853715v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Gu&#233;rin" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853635v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853741v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855119v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855147v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03206935v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04893877v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853738v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853676v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853700v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Prospero" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Mayr" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855134v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855139v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886101v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853681v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853647v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Furic" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889038v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886175v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855128v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03206897v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853723v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Studio" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886069v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Br&#233;ham" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855550v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03118478v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853519v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855350v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855150v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Charles" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dauge" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03069565v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lachowsky C. Caroline" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439980v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Niez" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886085v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886046v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04894534v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Boucher" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ferrand" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156973v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891007v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891018v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891021v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891026v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catherine-lenne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-7783-3785" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/17873280X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/309909399" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000436492852" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158747v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lenne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dor&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884790v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Cloarec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881724v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Guinet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888619v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888661v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881377v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/apdem.068.0013" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05071846v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Pihen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889120v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Demarty" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881380v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pls.566.0019a" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884595v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707470v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Cheval&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorele&#239; Cazenave" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Wollast" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Berthon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Martinez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-022-00599-9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891875v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid van Houdenhove" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04892250v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pls.533.0023a" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428446v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mazenod" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcal.12616" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04892222v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04892013v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; S&#233;mat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891985v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Civard-Racinais" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04854257v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428421v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0259664" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04854222v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2021041" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03208527v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889281v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie van Praagh" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04854247v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Brunet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04854250v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mestre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04854240v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192509v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moulia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Badel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Sergent" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04894978v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03070216v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274484v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908152v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908166v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bodeau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743992v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604227v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Briet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604229v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chauveau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601913v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601936v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269048v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149373v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fournier-Leblanc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie M. Decourteix" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2014.00401" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269085v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268518v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269086v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964610v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Moulia" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Lenne" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Peyret" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842840v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gourcilleau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Armenise" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Julien" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/dnares/dsr001" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189327v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Fournier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Azri" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Henry" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpn011" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964638v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fournier-Leblanc Leblanc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Coutand" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Crouzet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole N. Brunel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3040.2008.01785.x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964864v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic L. Martin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Fournier-Leblanc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189136v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189291v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ichrak Ben Rejeb" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leblanc-Fournier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;da Ammar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2004.06.002" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1RNSX52G-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687158v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garcia" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rodgers" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rolland" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sailland" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158807v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Gasking" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Druet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Depecker Caroline" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04950342v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05071850v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04950409v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158774v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158762v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158838v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158791v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04950363v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cochard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04950353v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158783v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158685v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158853v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04950389v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gouix" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158751v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158703v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158825v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158756v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891576v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888834v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Paulin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888890v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;d&#233;ric Aubry" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Baubet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881707v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891604v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889149v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888856v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tillon" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Hall&#233;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Viovy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Vincenot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855509v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881705v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881432v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881706v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881699v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881714v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881733v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888824v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Martin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Selosse" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889205v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855512v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888809v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889081v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888841v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Marsilly" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881428v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855542v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884803v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855524v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855516v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855151v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855519v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Hartmann" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884810v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855521v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891744v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884802v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884838v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884836v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884819v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884846v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855529v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884849v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855538v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855372v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886335v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884830v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884824v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884845v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884815v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886313v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Ameisen" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chuine" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delforge" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Zwang" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886258v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Hiernaux" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Tassin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lachowsky" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886351v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04892324v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886431v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04892337v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886770v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Legu&#233;" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Brunel-Michac" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chauvet-Thiry" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Caulus" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885631v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855378v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885537v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03376714v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885628v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886485v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886830v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03208644v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891465v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855155v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885834v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885868v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885821v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886881v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886863v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886655v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886546v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886622v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886796v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04894480v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094721v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272586v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885874v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886894v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159602v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886371v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886468v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885652v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886391v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886870v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886874v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272589v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763241v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765436v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765438v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765437v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886666v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842087v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Tessier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763233v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763244v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04894472v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886689v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601130v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671123v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601099v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601024v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600954v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601118v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601101v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601116v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601023v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791804v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799097v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793604v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793609v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793530v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794695v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792060v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792056v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792055v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792418v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190306v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804763v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Julien" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ameglio" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269033v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964723v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964557v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Herbette" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris B. Fumanal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi R. Wortemann" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tete Severien T. S. Barigah" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744389v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964746v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814815v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964697v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964632v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189594v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Brunel" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191376v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884349v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belin-editeur.com/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855590v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionspoints.com/ouvrage/dans-la-peau-d-une-plante-catherine-lenne/9782757898314" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855592v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionspoints.com/ouvrage/dans-la-peau-d-un-arbre-catherine-lenne/9782757897027" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03203917v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belin-editeur.com/dans-la-peau-dun-arbre#anchor1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268587v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-belin.com/ewb_pages/f/fiche-article-dans-la-peau-d-une-plante-22921.php?lst_ref=1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855586v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Auraix-Jonchi&#232;re" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Barantal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baudoin" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Bercerol" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Blairon" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/homecategory/champion" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04894619v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uved.fr/production-et-coordination-de-mooc/mooc-arbres" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891938v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lareleveetlapeste.fr/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891964v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03144020v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ds.hypotheses.org/8609" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189439v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884613v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785095v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Schapira" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barral" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05071867v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Duval" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04950332v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gu&#233;rin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04910101v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04963785v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Crosnier" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05071860v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Feterman" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05158845v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855164v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881683v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vannaire" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886155v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nore" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855171v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855160v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fi&#233;vet" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855158v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888923v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Jenni" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855163v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Noiseux" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886131v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881729v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891511v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Parcy" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881688v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Longin" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889021v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie For&#234;t" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855161v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855167v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04881437v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888695v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886211v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886137v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise P&#233;tiard" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855546v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855554v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marcelot" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855558v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mal&#232;vre" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elise Tang" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886187v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855535v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04892143v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886148v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884737v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Boulissi&#232;re" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Campos" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Bernard" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891700v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884711v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884564v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04884854v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855353v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855114v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dussutour" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno David" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kreutzer" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pierron" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886164v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Deau" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889056v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855363v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Podevin" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04892309v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Nougu&#233;" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855368v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855173v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889038v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886175v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853723v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Studio" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855128v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03206897v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vidard" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886204v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855347v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855344v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853662v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Sarfaty" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Weber" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853653v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853710v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mancuso" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Luneau" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853638v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853625v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04893928v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855132v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853691v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bouscarel" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lathuilli&#232;re" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Planchat" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886115v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886107v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853721v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lasserre" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Barba" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04893877v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855119v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853728v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Roux" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853715v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Gu&#233;rin" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853741v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855147v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853635v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03206935v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855134v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855139v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853700v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Prospero" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Mayr" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853738v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853676v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886101v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853681v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853647v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Furic" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03069565v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lachowsky C. Caroline" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04853519v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03118478v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855550v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886069v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Br&#233;ham" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855350v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855150v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Charles" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dauge" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04894534v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Boucher" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ferrand" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886046v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439980v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Niez" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886085v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156973v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891007v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891018v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891021v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04891026v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>