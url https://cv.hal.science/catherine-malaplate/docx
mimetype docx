--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -203,295 +203,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">18F-FDG PET can effectively rule out conversion to dementia and the presence of CSF biomarker of neurodegeneration: a real-world data analysis</w:t>
+                <w:t xml:space="preserve">Increasing the Survival of a Neuronal Model of Alzheimer’s Disease Using Docosahexaenoic Acid, Restoring Endolysosomal Functioning by Modifying the Interactions between the Membrane Proteins C99 and Rab5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Heyer</w:t>
+                <w:t xml:space="preserve">Maxime Vigier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maïa Simon</w:t>
+                <w:t xml:space="preserve">Magalie Uriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Doyen</w:t>
+                <w:t xml:space="preserve">Fathia Djelti-Delbarba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Mortada</w:t>
+                <w:t xml:space="preserve">Thomas Claudepierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Roch</w:t>
+                <w:t xml:space="preserve">Aseel El Hajj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (1), pp.182. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (13), pp.6816. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13195-024-01535-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms25136816⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04695045v1</w:t>
+                <w:t xml:space="preserve">hal-04804116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing the Survival of a Neuronal Model of Alzheimer’s Disease Using Docosahexaenoic Acid, Restoring Endolysosomal Functioning by Modifying the Interactions between the Membrane Proteins C99 and Rab5</w:t>
+                <w:t xml:space="preserve">18F-FDG PET can effectively rule out conversion to dementia and the presence of CSF biomarker of neurodegeneration: a real-world data analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Vigier</w:t>
+                <w:t xml:space="preserve">Sébastien Heyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magalie Uriot</w:t>
+                <w:t xml:space="preserve">Maïa Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fathia Djelti-Delbarba</w:t>
+                <w:t xml:space="preserve">Matthieu Doyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Claudepierre</w:t>
+                <w:t xml:space="preserve">Ali Mortada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aseel El Hajj</w:t>
+                <w:t xml:space="preserve">Véronique Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 25 (13), pp.6816. </w:t>
+              <w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (1), pp.182. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms25136816⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13195-024-01535-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04804116v1</w:t>
+                <w:t xml:space="preserve">hal-04695045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuroprotective effect of curcumin-loaded RGD peptide-PEGylated nanoliposomes</w:t>
               </w:r>
@@ -739,325 +739,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04245557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical reporting following the quantification of cerebrospinal fluid biomarkers in Alzheimer's disease: An international overview</w:t>
+                <w:t xml:space="preserve">Transfer phenomena of nanoliposomes by live imaging of primary cultures of cortical neurons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constance Delaby</w:t>
+                <w:t xml:space="preserve">Elodie Passeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Teunissen</w:t>
+                <w:t xml:space="preserve">Philippe Bun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamil Elkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaj Blennow</w:t>
+                <w:t xml:space="preserve">Michel Linder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Alcolea</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ivan Arisi</w:t>
+                <w:t xml:space="preserve">Catherine Malaplate-Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/alz.12545⟩</w:t>
+              <w:t xml:space="preserve">Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (10), pp.2172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pharmaceutics14102172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03599269v1</w:t>
+                <w:t xml:space="preserve">hal-03881200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transfer phenomena of nanoliposomes by live imaging of primary cultures of cortical neurons</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clinical reporting following the quantification of cerebrospinal fluid biomarkers in Alzheimer's disease: An international overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance Delaby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Passeri</w:t>
+                <w:t xml:space="preserve">Charlotte Teunissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Bun</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kamil Elkhoury</w:t>
+                <w:t xml:space="preserve">Kaj Blennow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Linder</w:t>
+                <w:t xml:space="preserve">Daniel Alcolea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Malaplate-Armand</w:t>
+                <w:t xml:space="preserve">Ivan Arisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceutics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 14 (10), pp.2172. </w:t>
+              <w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/pharmaceutics14102172⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/alz.12545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03881200v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03599269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Targeted Suppression of Lipoprotein Receptor LSR in Astrocytes Leads to Olfactory and Memory Deficits in Mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aseel El Hajj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ameziane Herzine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1281,51 +1281,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alzheimer’s disease: treatment strategies and their limitations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Passeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamil Elkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1333,51 +1333,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaretha Morsink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerensa Broersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Linder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 23 (22), pp.13954. </w:t>
@@ -1409,325 +1409,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03881044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of new water soluble β-Cyclodextrin@Curcumin conjugates and in vitro safety evaluation in primary cultures of rat cortical neurons</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prognostic Impact of 18-F-Florbetaben Amyloid PET Imaging in Patients with Isolated Increases in Cerebrospinal Fluid Phospho-Tau Biomarkers: A Longitudinal Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Frochot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Malaplate-Armand</w:t>
+                <w:t xml:space="preserve">Amory Jardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frances Yen</w:t>
+                <w:t xml:space="preserve">Lucie Hopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Malaplate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Roch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Manca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms22063255⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 80 (4), pp.1389-1394. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JAD-201435⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03242966v1</w:t>
+                <w:t xml:space="preserve">hal-03266987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prognostic Impact of 18-F-Florbetaben Amyloid PET Imaging in Patients with Isolated Increases in Cerebrospinal Fluid Phospho-Tau Biomarkers: A Longitudinal Study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lucie Hopes</w:t>
+                <w:t xml:space="preserve">Synthesis of new water soluble β-Cyclodextrin@Curcumin conjugates and in vitro safety evaluation in primary cultures of rat cortical neurons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Ben Mihoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Acherar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Malaplate</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Véronique Roch</w:t>
+                <w:t xml:space="preserve">Céline Frochot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Malaplate-Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Manca</w:t>
+                <w:t xml:space="preserve">Frances Yen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 80 (4), pp.1389-1394. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (6), pp.3255. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/JAD-201435⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms22063255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03266987v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03242966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of Active Salmon-Lecithin Nanoliposomes to Increase Polyunsaturated Fatty Acid Bioavailability in Cortical Neurons and Mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Passeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamil Elkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1830,77 +1830,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clinical impact of digital and conventional PET control databases for semi-quantitative analysis of brain 18F-FDG digital PET scans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Mairal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Doyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérèse Rivasseau-Jonveaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Malaplate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Guedj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2098,51 +2098,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IMMUNOGLOBULIN PREPARATIONS CAN MISLEAD CLINICAL DECISION-MAKING IN FOLLOW-UP OF DIFFERENTIATED THYROID CANCER.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélissa Yéléhé-Okouma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Malaplate-Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Petipain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2353,77 +2353,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amyloid PETs are commonly negative in suspected Alzheimer’s disease with an increase in CSF phosphorylated-tau protein concentration but an Aβ42 concentration in the very high range: a prospective study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Manca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérèse Rivasseau Jonveaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2526,51 +2526,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mathey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Debouverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Malaplate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Anxionnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2621,90 +2621,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of 18F-Florbetaben Amyloid PET Imaging in Patients with Suspected Alzheimer’s Disease and Isolated Increase in Cerebrospinal Fluid Tau Proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Manca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Hopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Kearney-Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Karcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2889,90 +2889,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Age-related changes in regiospecific expression of Lipolysis Stimulated Receptor (LSR) in mice brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aseel El Hajj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frances T Yen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Oster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Malaplate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynn Pauron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3023,51 +3023,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neurotrophic Effect of Fish-Lecithin Based Nanoliposomes on Cortical Neurons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Malaplate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelia Poerio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3075,51 +3075,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Soligot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Passeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine drugs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 17 (7), pp.406. </w:t>
@@ -3419,429 +3419,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02450425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Neuroprotection Provided by Drug Combination in Neurons Exposed to Cell-Derived Soluble Amyloid-beta Peptide</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Expression profile of hepatic genes related to lipid homeostasis in LSR heterozygous mice contributes to their increased response to high-fat diet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmad Allouche</w:t>
+                <w:t xml:space="preserve">Samina Akbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Pinçon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Lanhers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Claudepierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Chauveau</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Catherine Corbier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lynn Pauron-Gregory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/JAD-151110⟩</w:t>
+              <w:t xml:space="preserve">Physiological Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48 (12), pp.928-935. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/physiolgenomics.00077.2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01575595v1</w:t>
+                <w:t xml:space="preserve">hal-01594183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression profile of hepatic genes related to lipid homeostasis in LSR heterozygous mice contributes to their increased response to high-fat diet</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Membrane raft domains and remodeling in aging brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynn Gregory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Claudepierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Corbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/physiolgenomics.00077.2016⟩</w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 130, pp.178-187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2016.08.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01594183v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membrane raft domains and remodeling in aging brain</w:t>
+                <w:t xml:space="preserve">Improved Neuroprotection Provided by Drug Combination in Neurons Exposed to Cell-Derived Soluble Amyloid-beta Peptide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Allouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lynn Gregory</w:t>
+                <w:t xml:space="preserve">Fabien Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Corbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Claire Lang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Catherine Corbier</w:t>
+                <w:t xml:space="preserve">Lynn Pauron-Gregory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 130, pp.178-187. </w:t>
+              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 52 (3), pp.975-987. </w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2016.08.014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/JAD-151110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01602012v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01575595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increased Susceptibility of Dyslipidemic LSR+/- Mice to Amyloid Stress is Associated with Changes in Cortical Cholesterol Levels</w:t>
               </w:r>
@@ -3866,51 +3866,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie H. Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Allouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie C. Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4147,51 +4147,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Roman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Debouverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Malaplate-Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 15, </w:t>
@@ -4580,51 +4580,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Acherar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Malaplate-Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.T. Yen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4662,51 +4662,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biologie et maladies neurodégénératives : la sclérose en plaques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Malaplate-Armand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le 3ème Congrès International Francophone de Biologie Clinique et Médecine de Laboratoire (3 èmeCIFBCML) &amp; Les 16èmes Journées Marocaines de Biologie Clinique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Rabat, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4731,51 +4731,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les marqueurs du LSC avec profil discordant et imagerie PET amyloïde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Malaplate-Armand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques de la Fédération des Centres Mémoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4800,51 +4800,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aged-related lipid raft modifications and higher susceptibility to amyloid stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Malaplate-Armand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lipids and Brain - Lipids in Alzheimer Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5035,77 +5035,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">International Initiative for Harmonization of Cerebrospinal Fluid Diagnostic comments in Alzheimer's Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte E Teunissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Alcolea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bouaziz Amar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5160,51 +5160,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Membrane remodeling is associated with impaired insulin signaling in aging brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vigier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ameziane Herzine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5285,51 +5285,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and monitoring the effects on the central nervous system of a chronic exposure to low dose of pollutants: an innovative strategy with first results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Claudepierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Desor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5337,51 +5337,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cakir-Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aseel El Hajj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 28th Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Rome, Italy. SETAC Europe 28th Annual Meeting Abstract Book, pp.221, 2018</w:t>
@@ -5468,51 +5468,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Pelleïeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Allouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5740,51 +5740,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695045v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Heyer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;a Simon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Doyen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mortada" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Roch" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-024-01535-3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804116v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vigier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Uriot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathia Djelti-Delbarba" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claudepierre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aseel El Hajj" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25136816" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430808v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Ben Mihoub" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamil Elkhoury" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janske Nel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Acherar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Velot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics15122665" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04245557v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Siniscalco" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Francius" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Tarek" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semiha Kevser Bali" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lapr&#233;vote" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c22196" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03599269v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Delaby" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Teunissen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaj Blennow" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alcolea" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Arisi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.12545" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03881200v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Passeri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bun" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Linder" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Malaplate-Armand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics14102172" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603677v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameziane Herzine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Calcagno" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric D&#233;sor" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathia Djelti" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23042049" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822575v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Llaurad&#243;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Vlacho" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Wargny" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Ruan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Franch-Nadal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12933-022-01657-8" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03881044v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaretha Morsink" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerensa Broersen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232213954" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242966v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Frochot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frances Yen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22063255" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03266987v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amory Jardel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Hopes" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Malaplate" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Manca" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-201435" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03470737v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Camila Jim&#233;nez Garavito" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Desor" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Huguet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms222111859" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03222791v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Mairal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Rivasseau-Jonveaux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guedj" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13550-020-00733-y" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03065397v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Oussalah" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Gleye" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Clerc Urmes" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Laugel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Barb&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eclinm.2020.100554" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930213v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Y&#233;l&#233;h&#233;-Okouma" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Petipain" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Metallo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ziegler" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4158/EP-2020-0053" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930284v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Clerc-Urm&#232;s" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Callet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciaa677" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144154v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Rivasseau Jonveaux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Marie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Karcher" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-019-09315-y" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02007357v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gamraoui" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mathey" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Debouverie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Anxionnat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-019-09212-4" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03266997v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kearney-Schwartz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-181146" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02861688v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lehmann" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Paquet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Malaplate-Armand" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Magnin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schraen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2019.04.081" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02269337v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frances T Yen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Oster" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Pauron" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0218812" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02269351v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Poerio" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Soligot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md17070406" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595232v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Colin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Thomas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Anne Pauron" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pin&#231;on" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Lanhers" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2017.02.015" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02450425v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gervaise-Henry" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gasshan Watfa" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Albuisson" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Kolodziej" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dousset" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-160865" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01575595v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Allouche" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chauveau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Corbier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Pauron-Gregory" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-151110" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594183v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samina Akbar" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.00077.2016" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602012v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Gregory" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Lang" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2016.08.014" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01575780v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pincon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie H. Thomas" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie C. Colin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-142127" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01264449v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Corlier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Rivals" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lagarde" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Hamelin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Corne" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/tp.2015.87" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01575783v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madlyne Becker" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Latarche" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Roman" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12883-015-0330-4" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01562064v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sauvee" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerric Didierlaurent" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Escanye" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Olivier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-131838" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999436v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ferrari" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Masson" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Visvikis-Siest" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lambert" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2005.04.005" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-21BWBCX4-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05156143v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmira Arab-Tehrany" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril J.F. Kahn" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.T. Yen" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058408v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058392v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058401v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01576179v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Colin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Clement" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huguet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Derien" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Yen-Potin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0007-9960(13)70359-6" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842812v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte E Teunissen" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bouaziz Amar" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Beaume" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058438v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03957693v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cakir-Kiefer" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Delannoy" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01955963v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pelle&#239;eux" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Oster" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804116v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vigier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Uriot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathia Djelti-Delbarba" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claudepierre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aseel El Hajj" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25136816" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695045v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Heyer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;a Simon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Doyen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mortada" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Roch" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-024-01535-3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430808v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Ben Mihoub" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamil Elkhoury" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janske Nel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Acherar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Velot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics15122665" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04245557v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Siniscalco" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Francius" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Tarek" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semiha Kevser Bali" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lapr&#233;vote" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c22196" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03881200v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Passeri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bun" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Linder" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Malaplate-Armand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics14102172" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03599269v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Delaby" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Teunissen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaj Blennow" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alcolea" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Arisi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.12545" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603677v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameziane Herzine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Calcagno" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric D&#233;sor" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathia Djelti" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23042049" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822575v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Llaurad&#243;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Vlacho" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Wargny" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Ruan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Franch-Nadal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12933-022-01657-8" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03881044v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaretha Morsink" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerensa Broersen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232213954" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03266987v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amory Jardel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Hopes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Malaplate" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Manca" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-201435" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242966v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Frochot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frances Yen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22063255" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03470737v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Camila Jim&#233;nez Garavito" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Desor" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Huguet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms222111859" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03222791v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Mairal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Rivasseau-Jonveaux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guedj" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13550-020-00733-y" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03065397v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Oussalah" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Gleye" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Clerc Urmes" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Laugel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Barb&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eclinm.2020.100554" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930213v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Y&#233;l&#233;h&#233;-Okouma" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Petipain" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Metallo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ziegler" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4158/EP-2020-0053" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930284v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Clerc-Urm&#232;s" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Callet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciaa677" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144154v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Rivasseau Jonveaux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Marie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Karcher" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-019-09315-y" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02007357v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gamraoui" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mathey" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Debouverie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Anxionnat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-019-09212-4" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03266997v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kearney-Schwartz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-181146" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02861688v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lehmann" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Paquet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Malaplate-Armand" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Magnin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schraen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2019.04.081" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02269337v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frances T Yen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Oster" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Pauron" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0218812" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02269351v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Poerio" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Soligot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md17070406" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595232v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Colin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Thomas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Anne Pauron" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pin&#231;on" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Lanhers" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2017.02.015" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02450425v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gervaise-Henry" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gasshan Watfa" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Albuisson" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Kolodziej" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dousset" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-160865" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594183v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samina Akbar" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Corbier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.00077.2016" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602012v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Gregory" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Lang" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2016.08.014" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01575595v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Allouche" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chauveau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Pauron-Gregory" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-151110" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01575780v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pincon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie H. Thomas" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie C. Colin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-142127" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01264449v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Corlier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Rivals" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lagarde" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Hamelin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Corne" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/tp.2015.87" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01575783v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madlyne Becker" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Latarche" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Roman" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12883-015-0330-4" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01562064v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sauvee" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerric Didierlaurent" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Escanye" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Olivier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-131838" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999436v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ferrari" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Masson" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Visvikis-Siest" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lambert" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2005.04.005" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-21BWBCX4-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05156143v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmira Arab-Tehrany" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril J.F. Kahn" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.T. Yen" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058408v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058392v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058401v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01576179v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Colin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Clement" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huguet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Derien" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Yen-Potin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0007-9960(13)70359-6" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842812v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte E Teunissen" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bouaziz Amar" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Beaume" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058438v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03957693v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cakir-Kiefer" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Delannoy" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01955963v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pelle&#239;eux" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Oster" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>