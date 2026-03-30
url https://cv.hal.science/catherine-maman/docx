--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -1205,173 +1205,173 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le management du Dr House: le pouvoir de l’énigme et des émotions dans un management authentique.</w:t>
+                <w:t xml:space="preserve">Le mirage de la gentillesse (Chapitre 48)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Maman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Giordano, F., Pierronnet, R., Szpirglas, M., &amp; Gamassou, C. E. </w:t>
+              <w:t xml:space="preserve">Dickason, R., De Greuser, F., &amp; Guenette, A.M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management en séries-Saison 1: Scénariser, produire, mettre en scène le management avec les séries TV.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Management &amp; Société, 2025, Management et Société, 782386301711</w:t>
+              <w:t xml:space="preserve">Littérature, management et travail : la littérature comme révélateur du travail réel et de l'expérience intérieure du management : trajectoires temporelles, spatiales, (im)matérielles et de transformations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Tome 2, L'Harmattan, pp.319-326, 2025, Conception et dynamique des organisations, 978-2-336-54774-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05487169v1</w:t>
+                <w:t xml:space="preserve">hal-05487944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le mirage de la gentillesse (Chapitre 48)</w:t>
+                <w:t xml:space="preserve">Le management du Dr House: le pouvoir de l’énigme et des émotions dans un management authentique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Maman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Dickason, R., De Greuser, F., &amp; Guenette, A.M. </w:t>
+              <w:t xml:space="preserve">Giordano, F., Pierronnet, R., Szpirglas, M., &amp; Gamassou, C. E. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Littérature, management et travail : la littérature comme révélateur du travail réel et de l'expérience intérieure du management : trajectoires temporelles, spatiales, (im)matérielles et de transformations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Tome 2, L'Harmattan, pp. 319-326, 2025, Conception et dynamique des organisations, 978-2-336-54774-9</w:t>
+              <w:t xml:space="preserve">Management en séries-Saison 1: Scénariser, produire, mettre en scène le management avec les séries TV.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Management &amp; Société, 2025, Management et Société, 782386301711</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05487944v1</w:t>
+                <w:t xml:space="preserve">hal-05487169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le management d'une unité d'élite -le RAID- entre 2013 et 2017 : Le rôle de la vision stratégique du chef et de sa prise en compte des émotions.</w:t>
               </w:r>
@@ -2246,51 +2246,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480425v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Dickason" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Maman" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/rfg.2025.68" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827367v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278621v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rola Hussant-Zebian" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363970v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevrier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dizambourg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/admed.174.0075" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229625v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527515v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623700v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856762v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134571v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Abramovici" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsvives.1280" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623990v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jougleux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bancel-Charensol" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364252v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364264v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818378v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487169v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487944v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722827v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Fauvergue" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333462v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553088v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818352v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818347v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818341v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446349v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970368v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623993v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Pellegrin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480425v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Dickason" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Maman" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/rfg.2025.68" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827367v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278621v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rola Hussant-Zebian" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363970v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevrier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dizambourg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/admed.174.0075" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229625v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527515v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623700v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856762v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134571v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Abramovici" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsvives.1280" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623990v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jougleux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bancel-Charensol" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364252v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364264v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818378v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487944v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487169v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722827v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Fauvergue" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333462v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553088v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818352v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818347v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818341v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446349v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970368v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623993v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Pellegrin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>